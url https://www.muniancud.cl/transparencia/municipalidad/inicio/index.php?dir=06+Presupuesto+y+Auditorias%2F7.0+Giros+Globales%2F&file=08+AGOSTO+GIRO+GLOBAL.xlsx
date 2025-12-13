--- v0 (2025-10-22)
+++ v1 (2025-12-13)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://muniancud-my.sharepoint.com/personal/yorka_subiabre_muniancud_cl/Documents/Documentos/CONTABILIDAD 2025/GIROS GLOBALES/AGOSTO 2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="60" documentId="8_{F753FF21-7387-4413-BF62-09EF232FE3F2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E7CD6485-56CA-4C7A-82F3-5BBBAB1EEEA8}"/>
+  <xr:revisionPtr revIDLastSave="72" documentId="8_{F753FF21-7387-4413-BF62-09EF232FE3F2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{945C96E9-36A0-4ED5-817C-3B5A19D042CE}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="660" windowWidth="29040" windowHeight="15720" tabRatio="993" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="993" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="55">
   <si>
     <t>Otras Compras y Adquisiciones</t>
@@ -1330,62 +1330,62 @@
           <a:pathLst/>
         </a:custGeom>
         <a:solidFill>
           <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="090000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="400000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="JUAN%20MILLATUREO/MEMO%20282,%20FECHA%2022%20DE%20AGOSTO%202025,%20DA%201445.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="CLAUDIA%20CARDENAS/DECRETO%201354%20GG%20CLAUDIA%20CARDENAS%2013%20MAYO%202025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="CLAUDIA%20CARDENAS/MEMO%20303%20CLAUDIA%20CARDENAS%20DECRETO%201354.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="ALFREDO%20CARO/MEMO%20289,%20GG%20ALFREDO%20CARO%2027%20AGOSTO%202025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="ALFREDO%20CARO/MEMO%20298,%20GG%20ALFREDO%20D%201812%2028%20DE%20AGOSTO%202025.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="ALFREDO%20CARO/DECRETO%201812%20GG%20ALFREDO%20CARO%2008%20DE%20JULIO%202025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="PAOLA%20MALDONADO/DECRETO%201304%20GG%20PAOLA%20MALDONADO%2007%20MAYO%202025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="ALFREDO%20CARO/DECRETO%20694%20GG%20ALFREDO%20CARO%2028%20FEBRERO%202025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="PAOLA%20MALDONADO/DECRETO%20732%20GG%20PAOLA%20MALDONADO%2004%20MARZO%202025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="PAOLA%20MALDONADO/MEMO%20286,%20FECHA%2022%20DE%20AGOSTO%202025,%20DECRETO%201.304.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="JUAN%20MILLATUREO/DECRETO%201445%20GG%20JUAN%20MILLATUREO%2027%20MAYO%202025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="PAOLA%20MALDONADO/MEMO%20301,%20DECRETO%20732,%20PAOLA%20MALDONADO.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/11/MEMO-282-FECHA-22-DE-AGOSTO-2025-DA-1445.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/11/DECRETO-1354-GG-CLAUDIA-CARDENAS-13-MAYO-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/11/MEMO-303-CLAUDIA-CARDENAS-DECRETO-1354.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/09/MEMO-289-GG-ALFREDO-CARO-27-AGOSTO-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/09/MEMO-298-GG-ALFREDO-D-1812-28-DE-AGOSTO-2025.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/09/DECRETO-1812-GG-ALFREDO-CARO-08-DE-JULIO-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/11/DECRETO-1304-GG-PAOLA-MALDONADO-07-MAYO-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/09/DECRETO-694-GG-ALFREDO-CARO-28-FEBRERO-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/11/DECRETO-732-GG-PAOLA-MALDONADO-04-MARZO-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/11/MEMO-286-FECHA-22-DE-AGOSTO-2025-DECRETO-1.304.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/11/DECRETO-1445-GG-JUAN-MILLATUREO-27-MAYO-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/11/MEMO-301-DECRETO-732-PAOLA-MALDONADO.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:W9"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="96" zoomScaleNormal="96" workbookViewId="0">
-      <selection activeCell="Q12" sqref="Q12"/>
+      <selection activeCell="U9" sqref="U9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="7.140625" style="10" customWidth="1"/>
     <col min="2" max="2" width="6.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="10.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="13.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.42578125" style="2" customWidth="1"/>
     <col min="7" max="8" width="11.42578125" style="1"/>
     <col min="9" max="11" width="11.42578125" style="15"/>
     <col min="12" max="12" width="11.42578125" style="1"/>
     <col min="13" max="13" width="13.28515625" style="1" customWidth="1"/>
     <col min="14" max="14" width="18.28515625" style="15" customWidth="1"/>
     <col min="15" max="16" width="11.42578125" style="2"/>
     <col min="17" max="17" width="12.140625" style="16" customWidth="1"/>
     <col min="18" max="18" width="11.42578125" style="3"/>
     <col min="19" max="19" width="13.28515625" style="1" customWidth="1"/>
     <col min="20" max="20" width="10.85546875" style="15" customWidth="1"/>
     <col min="21" max="21" width="12.7109375" style="15" customWidth="1"/>
     <col min="22" max="22" width="15" style="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">