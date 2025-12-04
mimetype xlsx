--- v0 (2025-10-14)
+++ v1 (2025-12-04)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jonat\Desktop\08 AGOSTO\7.0 Transferencias de fondos y aportes económicos entregados\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jonat\Desktop\10 OCTUBRE\7.0 Transferencias de fondos y aportes económicos entregados\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{987CF579-EE0E-44D8-B9E0-BA6BC8CD1FA4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{604E19F5-747C-4F26-AFB2-186D2A0E7BF8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="0" windowWidth="19410" windowHeight="20985" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4603" uniqueCount="1938">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6131" uniqueCount="2432">
   <si>
     <t>TRANSFERENCIAS DE FONDOS PUBLICOS</t>
   </si>
   <si>
     <t xml:space="preserve"> Año </t>
   </si>
   <si>
     <t>Mes</t>
   </si>
   <si>
     <t>Fecha Transparencia</t>
   </si>
   <si>
     <t>Denominación de la Transferencia</t>
   </si>
   <si>
     <t>Monto</t>
   </si>
   <si>
     <t>Unidad Monetaria</t>
   </si>
   <si>
     <t>Imputación presupuestaria</t>
   </si>
   <si>
@@ -5867,120 +5867,1598 @@
     <t>2152401999003132</t>
   </si>
   <si>
     <t>CANCELA SUBVENCION A "CLUB YAMA ARASHI DOJO" DE ACUERDO A DECRETO N°2222 DE 21.08.2025</t>
   </si>
   <si>
     <t xml:space="preserve">CLUB YAMA ARASHI DOJO  </t>
   </si>
   <si>
     <t>CANCELA APORTE ANUAL 2025, SEGUN DECRETO ALCALDICIO NO, 181 DEL 15.01.2025,  Y CONVENIO DE SUBVENCION .-</t>
   </si>
   <si>
     <t>Comité Adelanto Capilla Guabún</t>
   </si>
   <si>
     <t>2152401999003078</t>
   </si>
   <si>
     <t>CANCELA SUBVENCION A "COMITE DE ADELANTO CAPILLA GUABUN"  DE ACUERDO A DECRETO N°2255 DE 25.08.2025</t>
   </si>
   <si>
     <t xml:space="preserve">COMITE DE ADELANTO CAPILLA GUABUN  </t>
   </si>
   <si>
     <t>CANCELA TRASPASO DE FONDOS A  CORPORACION MUNICIPAL CORRESPONDIENTE A PERCAPITA Y LEYES AGOSTO 2025, DE ACUERDO A ORD. N°507 Y 508 DE FECHA 25.08.2025 DE SECRETARIO GENERAL.-</t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS A CORPORACION MUNICIPAL CORRESPONDIENTE A PROGRAMAS DE SALUD "ESTRATEGIAS DE INTERVENCION DE URGENCIAS" S/ORD N°516 DE 28.08.2025 DE SECREATRIO GENERAL.-</t>
+  </si>
+  <si>
+    <t>CANCELA 3ERA. CUOTA APORTE AÑO 2025 SEGUN DECRETO ALCALDICIO NO. 88 DEL 20.03.2025</t>
+  </si>
+  <si>
+    <t>PAGO 3ERA.CUOTA DE SUBVENCION CORPORACION DE REHABILITACION DEL CLUB DE LEONES DE ANCUD, SEGUN DECRETO N°1727, DE FECHA 27.06.2025 DE ASESORIA JURIDICA.</t>
+  </si>
+  <si>
+    <t>PAGO 3ERA CUOTA SUBVENCION MUNICIPAL SEGUN DECRETO ALCALDICIO N° 453 DEL 05-02-2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA ROSA LIDIA NAVARRO VARGAS DE ACUERDO A DECRETO N°2265 DE 26.08.2025</t>
+  </si>
+  <si>
+    <t>NAVARRO VARGAS ROSA LIDIA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA OLGA JEANETTE OYARZO VEASQUEZ DE ACUERDO A DECRETO N°2265 DE 26.08.2025</t>
+  </si>
+  <si>
+    <t>OYARZO VELASQUEZ OLGA JEANNETTE</t>
+  </si>
+  <si>
+    <t>OLGA JEANNETTE</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA IRIS ISBEL VELASQUEZ PIUCOL DE ACUERDO A DECRETO N°2265 DE 26.08.2025</t>
+  </si>
+  <si>
+    <t>VELASQUEZ PIUCOL IRIS ISABEL</t>
+  </si>
+  <si>
+    <t>IRIS ISABEL</t>
+  </si>
+  <si>
+    <t>PIUCOL</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON JOSE RENE GONZALEZ GONZALEZ DE ACUERDO A DECRETO N°2265 DE 26.08.2025</t>
+  </si>
+  <si>
+    <t>GONZALEZ  JOSE RENE</t>
+  </si>
+  <si>
+    <t>JOSE RENE</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARIA ELBA TERUCAN HUENTEO DE ACUERDO A DECRETO N°2265 DE 26.08.2025</t>
+  </si>
+  <si>
+    <t>TERUCAN HUENTEO MARIA ELBA</t>
+  </si>
+  <si>
+    <t>HUENTEO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA NANCY DEL CARMEN  REYES VIDAL DE ACUERDO A DECRETO N°2265 DE 26.08.2025</t>
+  </si>
+  <si>
+    <t>REYES VIDAL NANCY DEL CARMEN</t>
+  </si>
+  <si>
+    <t>NANCY DEL CARMEN</t>
+  </si>
+  <si>
+    <t>REYES</t>
+  </si>
+  <si>
+    <t>PAGO VALORES PERCIBIDOS PERIODOS ENTRE EL 01 AL 30 DE JUNIO DE 2025, POR CONCEPTO DE RMNP, Y QUE DEBEN SER REMITIDOS AL REGISTRO CIVIL, SEGUN CERTIFICADO N°13</t>
+  </si>
+  <si>
+    <t>PAGO VALORES PERCIBIDOS PERIODO ENTRE EL 01 AL 31 DE JULIO DE 2025, Y QUE DEBEN SER REMITIDOS AL REGISTRO CIVIL, SEGUN CERIFICADO N°14, TESORERIA.</t>
+  </si>
+  <si>
+    <t>Centro Gral. de Padres y Apoderados del Colegio Yerbas Buenas</t>
+  </si>
+  <si>
+    <t>2152401999003138</t>
+  </si>
+  <si>
+    <t>PAGO SUBVENCION APORTE CENTRO GENERAL DE PADRES Y APODERADOS COLEGIO YERBAS BUENAS, SEGUN DECRETO N°2300, DE FECHA 29.08.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CENTRO GRAL.DE PADRES Y APODERADOS DEL COLEGIO YERBAS BUENAS  </t>
+  </si>
+  <si>
+    <t>PAGO MULTA DE ALCOHOLES CORRESPONDIENTE AL  MES DE AGOSTO 2025</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO, ORDEN DE PEDIDO N°861, DE FECHA 28.08.2025, SEGUN DECRETO N° 2296, DE FECHA 28.08.2025</t>
+  </si>
+  <si>
+    <t>MERCADO DELGADO ELIANA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>ELIANA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>MERCADO</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO, ORDEN DE PEDIDO N°862, DE FECHA 28.08.2025, SEGUN DECRETO N° 2296, DE FECHA 28.08.2025</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO 2319 DEL 01.09.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO, ORDEN DE PEDIDO N°860, DE FECHA 28.08.2025, SEGUN DECRETO N° 2296, DE FECHA 28.08.2025</t>
+  </si>
+  <si>
+    <t>OYARZUN GOMEZ CLAUDIO ANDRES</t>
+  </si>
+  <si>
+    <t>CLAUDIO ANDRES</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO, ORDEN DE PEDIDO N°859, DE FECHA 28.08.2025, SEGUN DECRETO N° 2296, DE FECHA 28.08.2025</t>
+  </si>
+  <si>
+    <t>NAUTO CARDENAS MARIA MARCIA</t>
+  </si>
+  <si>
+    <t>MARIA MARCIA</t>
+  </si>
+  <si>
+    <t>Club Deportivo Tricolor de Bahia Huelden</t>
+  </si>
+  <si>
+    <t>2152401999003144</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "CLUB DEPORTIVO TRICOLOR DE BAHIA HUELDEN", DE ACUERDO A DECRETO N°2332 DE 02.09.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DEPORTIVO TRICOLOR DE BAHIA HUELDEN  </t>
+  </si>
+  <si>
+    <t>PAGO FONDO COMUN MUNICIPAL CORRESPONDIENTE AL MES DE AGOSTO 2025.</t>
+  </si>
+  <si>
+    <t>Conjunto Folclórico Pasión Cuequera</t>
+  </si>
+  <si>
+    <t>2152401999003134</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "CONJUNTO FOLKLORICO PASION CUEQUERA DE ANCUD"  DE ACUERDO A DECRETO N°2327 DE 01.09.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONJUNTO FOLKLORICO PASION CUEQUERA  </t>
+  </si>
+  <si>
+    <t>CANCELA CONVENIO SUBVENCION A "CORPORACION MUNICIPAL DE ANCUD" DE ACUERDO A DECRETO N°2333 DE 02.09.2025 DE ASESORIA JURIDICA</t>
+  </si>
+  <si>
+    <t>CANCELA 3ERA CUOTA APORTE A DOÑA MARIA LEYTON ROSAS DE ACUERDO A DECRETO N°2221 DE 20.08.2025</t>
+  </si>
+  <si>
+    <t>CANCELA 3ERA CUOTA APORTE ECONOMICO A DOÑA YENIFFER AROCA ULLOA DE ACUERDO A DECRETO N°2221 DE 20.08.2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO O.P NO.735, CORRESPONDE A SEGUNDA CUOTA DE UN TOTAL DE 4 .-</t>
+  </si>
+  <si>
+    <t>CANCELA 2DA CUOTA APORTE A DOÑA EDITH BARRIA GARAY DE ACUERDO A DECRETO N°2215 DE 20.08.2025</t>
+  </si>
+  <si>
+    <t>CANCELA 3ERA CUOTA APORTE A DOÑA TAMARA RELAUQUEN SANTANA DE ACUERDO A DECRETO N°2221 DE 20.08.2025</t>
+  </si>
+  <si>
+    <t>CANCELA 3ERA CUOTA APORTE A DOÑA CAROL SANHUEZA VARGAS DE ACUERDO A DECRETO N°2221 DE 20.08.2025</t>
+  </si>
+  <si>
+    <t>CANCELA 3ERA CUOTA APORTE A DON VICTOR YAÑEZ ALTAMIRANO DE ACUERDO A DECRETO N°2221 DE 20.08.2025</t>
+  </si>
+  <si>
+    <t>CANCELA 3ERA CUOTA APORTE A DON SANTIAGO PEREZ CARDENAS DE ACUERDO A DECRETO N°2221 DE 20.08.2025</t>
+  </si>
+  <si>
+    <t>CANCELA 3ERA CUOTA APORTE A DOÑA MARIA PALMA PANICHEO DE CUERDO A DECRETO N°2221 DE 20.08.2025</t>
+  </si>
+  <si>
+    <t>CANCELA 3ERA CUOTA APORTE A DOÑA SILVIA VERA MIRANDA DE ACUERDO A DECRETO N°2221 DE 20.08.2025</t>
+  </si>
+  <si>
+    <t>CANCELA 3ERA CUOTA APORTE A DOÑA VIVIANA ZUÑIGA BUSTAMANTE DE ACUERDO A DECRETO N°2221 DE 20.08.2025</t>
+  </si>
+  <si>
+    <t>CANCELA 3ERA CUOTA APORTE A DOÑA SONIA PAEGELOW BAHAMONDE SEGUN DECRETO N°2221 DE 20.08.2025</t>
+  </si>
+  <si>
+    <t>CANCELA 3ERA CUOTA APORTE ECONOMICO A DOÑA PAMELA LIZAMA TERUCAN, SEGUN DECERETO N°2221 DE 20.08.2025</t>
+  </si>
+  <si>
+    <t>Club Deportivo Caracoles</t>
+  </si>
+  <si>
+    <t>2152401999003057</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "CLUB DEPORTIVO UNIDAD VECINAL N°5 CARACOLES" DE ACUERDO A DECRETO N°2329 DE 02.09.2025 DE ASESORIA JURIDICA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DEPORTIVO UNIDAD VECINAL NO.5 DE CARACOLES  </t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°170622, DE FECHA 22.08.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA MARISOL DENIS ANTIMAN ZUNIGA RUT 18902583-1 DOMICILIADA EN CALLE RICARDO LICA DIA 72 COMUNA DE ANCUD.O.P.767 DIDECO</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°170104, DE FECHA 12.08.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR VICTOR ALFREDO HUENTEO MILAPICHUN RUT 17714650-1 DOMICILIADO EN EL SECTOR RURAL DE LINAO LA TIZA DE LA COMUNA DE ANCUD.O.P.N. 754 DIDECO</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°170497, DE FECHA 20.08.2025, PARA LA DIRECCION DE DIDECOPARA AYUDA SOCIAL SRA MICAELA AMPUERO NUNEZ RUT 12345499-9 DOMICILIDO EN SECTOR RURAL DE YUSTE COMUNA DE ANCUD OP 778 DIDECO</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°170495, DE FECHA 20.08.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR JULIO ANDRES AGUILAR BARRIA RUT 16206479-7 DOMIICIADO EN CALLE CAPITAN GARCIA DEL PASTIGO 756 COMUNA DE ANCUD O.P.N. 783 DIDECO</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°170496, DE FECHA 20.08.2025, PARA LA DIRECCION DE AYUDA SOCIAL SRA MARIA URIBE MANCILLA RUT 12712559-7 DOMICILIADA EN SECTOR RURAL BELLAVISTA LINAO COMUNA DE ANCUD.O.P.N. 782 DIDECO</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°19484, DE FECHA 21.08.2025, SEGUN Orden de Compra codigo: 2658-1077-AG25 dirigida a COMERCIAL IVAN ALBERTO MELLA VILLARROEL EIRL, PARA LA OFICINA DE EMERGENCIA PARA REPONER STOCK DE INSUMOS DE EMERGENCIA.O.P.N.30 ADM</t>
+  </si>
+  <si>
+    <t>Y UTILIZADOS PARA LAS ACTIVIDADES DEPORTIVAS ORGANIZADA POR LA OFICINA DE DEPORTES.-PAGO FACTURA N°1641, DE FCHA 14.08.2025, SEGUN Orden de Compra codigo: 2658-1068-AG25 dirigida a COMERCIAL BRINE CHILE SPA SEGÚN O.P 759, DIDECO-DEPORTES  POR GALVANOS DE CRISTAL LO SOLICITADO ANTERIORMENTE SERA UTILIZADO PARA HACER GRABADOS EN LA OFICINA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE AÑO 2025,  SEGUN DECRETO ALCALDICIO NO. 1651 DEL 19.06.2025, Y CONVENIO SE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA CLAUDINA ELOISA GONZALEZ VIVEROS DE ACUERDO A DECRETO N°2345 DE 02.09.2025</t>
+  </si>
+  <si>
+    <t>GONZALEZ VIVEROS CLAUDINA ELOISA</t>
+  </si>
+  <si>
+    <t>CLAUDINA ELOISA</t>
+  </si>
+  <si>
+    <t>VIVEROS</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON LUIS ALLENDE POBLETE DE ACUERDO A DECRETO N°2345 DE 02.09.2025</t>
+  </si>
+  <si>
+    <t>ALLENDE POBLETE LUIS ALBERTO</t>
+  </si>
+  <si>
+    <t>ALLENDE</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA ROSA DELGADO GOMEZ DE ACUERDO A DECRETO N°2345 DE 02.09.2025</t>
+  </si>
+  <si>
+    <t>DELGADO GOMEZ ROSA ESTER</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑ MARIA SOTO CHODIL DE ACUERDO A DECRETO N°2345 DE 02.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON EDUARDO ALVARADO VALLEJOS DE ACUERDO A DECRETO N°2345 DE 02.09.2025</t>
+  </si>
+  <si>
+    <t>ALVARADO VALLEJOS EDUARDO EMILIO</t>
+  </si>
+  <si>
+    <t>EDUARDO EMILIO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO ADON JUAN BAHAMONDE PAREDES DE ACUERDO A DECRETO N°2345 DE 02.09.2025</t>
+  </si>
+  <si>
+    <t>BAHAMONDE PAREDES JUAN ALEJANDRO</t>
+  </si>
+  <si>
+    <t>JUAN ALEJANDRO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARCIA BARRIA OJEDA DE ACUERDO A DECRETO N2345 DE 02.09.2025</t>
+  </si>
+  <si>
+    <t>BARRIA OJEDA MARCIA IGON</t>
+  </si>
+  <si>
+    <t>MARCIA IGON</t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS  A CORPORACION MUNICIPAL CORRESPONDIENTE A PROGRAMA DE SALUD AGL TELESALUD, DE ACUERDO A ORD. N°523 DE 03.09.2025 DE SECRETARIO GENERAL.-</t>
+  </si>
+  <si>
+    <t>Ejercito de Salvacion</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152401006004   </t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "EJERCITO DE SALVACION" DE ACUERDO A DECRETO N°2346  DE 03.09.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EJERCITO DE SALVACION  </t>
+  </si>
+  <si>
+    <t>Junta de Vecinos Bórquez Solar</t>
+  </si>
+  <si>
+    <t>2152401999003119</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "JUNTA DE VECINOS BORQUEZ SOLAR" DE ACUERDO A DECRETO N°2337 DE 02.09.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JUNTA DE VECINOS BORQUEZ SOLAR  </t>
+  </si>
+  <si>
+    <t>TRASPASO A CORPORACION MUNICIPAL DE FONDOS "SERVICIO DE ATENCION PRIMARIA DE URGENCIA DE ALTA RESOLUTIVIDAD -SAR" DE ACUERDO A ORD. N°529 DE SECRETARIO GENERAL.-</t>
+  </si>
+  <si>
+    <t>Grupo de Acción Social de Yuste</t>
+  </si>
+  <si>
+    <t>2152401999003121</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "GRUPO ACCION SOCIAL DE YUSTE" DE ACUERDO A DECRETO N°2339 DE FECHA 02.09.2025 DE ASESORIA JURIDICA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRUPO DE ACCION SOCIAL DE YUSTE ANCUD  </t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°1762 DE FECHA 22.08.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SOLANGE VIDAL ALVAREZ RUT 15279014-7 DOMICILIADO EN VISTA HERMOSA CASA 1 COMUNA DE ANCUD.-</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°32 DE 18.08.2025,  PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA CAROL SOLEDAD VERA CORONADO RUT 15278858-4 DOMICILIADA EN POBLACION ALTO DE CARACOLES PASAJE FORTALEZA 4 COMUNA DE ANCUD.</t>
+  </si>
+  <si>
+    <t>ANCUD OP 798 DIDECOSE CANCELA FACTURA N° 170620 FECHA EMISION 22-08-2025 DE SOC.COM. DIMASUR LTDA. POR MATERIALES DE CONSTRUCCION PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR SERGIO GUINEO GUINEO RUT 8268207-K DOMICILIADO EN CAMINO TIERRA VECINAL 1 CAULIN ALTO COMUNA DE</t>
+  </si>
+  <si>
+    <t>SE CANCELA FACTURA N° 170624 FECHA EMISION 22-08-2025 POR COMPRA DE MATERIALES DE CONSTRUCCION PARA LA DIRECCION DE DIDECO  AYUDA SOCIAL SRA PAOLA ANDRE BIGLIA RIVEROS RUT 15387045-4 DOMICILIADO SECTOR RURAL RECTA CHACAO COMUNA DE ANCUD.O.P.N. 804 DIDECO</t>
+  </si>
+  <si>
+    <t>SE CANCELA FACTURA N° 170706 FECHA EMISION 25-08-2025 POR COMPRAS DE MATERIALES DE CONSTRUCCION PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA JUDITH JESUS  BARRIA GODOY RUT 7907052-1 DOMIICLIADA EN LAS HERAS 865 COMUNA DE ANCUD.O.P.N. 790 DIDECO</t>
+  </si>
+  <si>
+    <t>E LA COMUNA DE ANCUD.O.P.N. 774 DIDECOSE CANCELA FACTURA N° 331 FECHA EMISION 25-08-2025 DE SOCIEDAD DE INVERSIONES ALTOS DE COQUIAO SPA, POR COMPRA DE MATERIALES DE CONSTRUCCION, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA NANCY OJEDA SOTO RUT 12345096-5 DOMICILIADA EN AHUI URBANO 80 D</t>
+  </si>
+  <si>
+    <t>Agrupación Deportiva de Rugby Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003020</t>
+  </si>
+  <si>
+    <t>PAGO APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 2363 DE FECHA 04.09.2025 Y CONVENIO DE SUBVENCION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGRUPACIÓN DEPORTIVA DE RUGBY ANCUD  </t>
+  </si>
+  <si>
+    <t>Conjunto Folclórico Pilcan de Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003137</t>
+  </si>
+  <si>
+    <t>PAGO APORTE AÑO 2025, SEGUN DECRETO ALCALIDICIO NO. 2378 DEL 05.09.2025, YCONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGRUPACION MUSICO CULTURAL PILCAN DE ANCUD  </t>
+  </si>
+  <si>
+    <t>Comité Capilla Punta Chilen</t>
+  </si>
+  <si>
+    <t>2152401999003108</t>
+  </si>
+  <si>
+    <t>PAGO APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 2353 DEL 03.09.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMITÉ PRO CONSTRUCCION Y ADELANTO DE CAPILLA PUNTA CHILEN  </t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO N°892, DE FECHA 04.09.2025, SEGUN DECRETO N° 2397, DE FECHA 09.09.2025</t>
+  </si>
+  <si>
+    <t>ERQUIAGA ZAMORA LUIS ALEJANDRO</t>
+  </si>
+  <si>
+    <t>LUIS ALEJANDRO</t>
+  </si>
+  <si>
+    <t>ERQUIAGA</t>
+  </si>
+  <si>
+    <t>ZAMORA</t>
+  </si>
+  <si>
+    <t>CANCELAAPORTE ECONOMICO N°893, DE FECHA 02.09.2025, SEGUN DECRETO N° 2397, DE FECHA 09.09.2025</t>
+  </si>
+  <si>
+    <t>OVALLE DELGADO CRISTINA VALESKA</t>
+  </si>
+  <si>
+    <t>CRISTINA VALESKA</t>
+  </si>
+  <si>
+    <t>OVALLE</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO N°888, DE FECHA 04.09.2025, SEGUN DECRETO N° 2397, DE FECHA 09.09.2025</t>
+  </si>
+  <si>
+    <t>TORRES BARRIENTOS YENIFER CATALINA</t>
+  </si>
+  <si>
+    <t>YENIFER CATALINA</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO O.P.NO. 852, SEGUN DECRETO ALCALDICIO NO. 2435 DE FECHA 12.09.2025.-</t>
+  </si>
+  <si>
+    <t>CATRICURA BARRIA KAREN ANDREA</t>
+  </si>
+  <si>
+    <t>KAREN ANDREA</t>
+  </si>
+  <si>
+    <t>CATRICURA</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO O.P.NO. 912, SEGUN DECRETO ALCALDICIO NO. 2434 DEL 12.09.2025.-</t>
+  </si>
+  <si>
+    <t>VEGA TAPIA DAVID NATANIEL</t>
+  </si>
+  <si>
+    <t>DAVID NATANIEL</t>
+  </si>
+  <si>
+    <t>TAPIA</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO O.P.NO. 923, SEGUN DECRETO ALCALDICIO NO. 2434 DEL 12.09.2025.-</t>
+  </si>
+  <si>
+    <t>REYES REYES YOLANDA ANGELICA</t>
+  </si>
+  <si>
+    <t>YOLANDA ANGELICA</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO O.P.NO. 909, SEGUN DECRETO ALCALDICIO NO. 2434 DEL 12.09.2025.-</t>
+  </si>
+  <si>
+    <t>ARENAS DIAZ BERNARDITA DE LOURDE</t>
+  </si>
+  <si>
+    <t>BERNARDITA DE LOURDE</t>
+  </si>
+  <si>
+    <t>ARENAS</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO O.P.NO. 910, SEGUN DECRETO ALCALDICIO NO. 2434 DEL 12.09.2025.-</t>
+  </si>
+  <si>
+    <t>MALDONADO BARRIA NANCY ADRIANA</t>
+  </si>
+  <si>
+    <t>NANCY ADRIANA</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO O.P.NO. 920, SEGUN DECRETO ALCALDICIO NO. 24340DEL 12.09.2024.-</t>
+  </si>
+  <si>
+    <t>MANSILLA VIDAL YERKO PATRICIO</t>
+  </si>
+  <si>
+    <t>YERKO PATRICIO</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO O.P.NO. 919, SEGUN DECRETO ALCALDICIO NO.24340DEL 12.09.2025.-</t>
+  </si>
+  <si>
+    <t>VELI CARO MARIA ORFA</t>
+  </si>
+  <si>
+    <t>MARIA ORFA</t>
+  </si>
+  <si>
+    <t>VELI</t>
+  </si>
+  <si>
+    <t>CARO</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO O.P.NO. 921, SEGUN DECRETO ALCALDICIO NO.24340DEL 12.09.2025.-</t>
+  </si>
+  <si>
+    <t>ARISMENDI AGUILA JOSE HECTOR</t>
+  </si>
+  <si>
+    <t>JOSE HECTOR</t>
+  </si>
+  <si>
+    <t>Club Deportivo Huracán</t>
+  </si>
+  <si>
+    <t>2152401999003043</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION CLUB DEPORTIVO HURACAN DE PUDETO BAJO DE ACUERDO A DECRETO N° 2451 DE 15.09.2025 DE ASESORIA JURIDICA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DEPORTIVO HURACAN DE PUDETO  </t>
+  </si>
+  <si>
+    <t>SE CANCELA FACTURA N° 335 DE SOCIEDAD DE INVERSIONES ALTOS DE COQUIAO SPA PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA FRESIA GLADYS ALMONACID MUÑOZ RUT 9633855-4 DOMICILIADA EN CALLE 31 DE MAYO NRO. 110 COMUNA DE ANCUD O.P.N. 803 DIDECO</t>
+  </si>
+  <si>
+    <t>Agrupación Florcitas de Caulín</t>
+  </si>
+  <si>
+    <t>2152401999003110</t>
+  </si>
+  <si>
+    <t>PAGO APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 2465 DEL 16.09.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGRUPACION LA FLORCITA DE CAULIN BAJO  </t>
+  </si>
+  <si>
+    <t>CANCELA TRASPASO CORRESPONDIENTE A APORTE, SEGUN DECRETO ALCALDICIO NO, 181 DEL 15.01.2025 Y ORD. N°106-2025 DE CORPORACION CULTURAL DE ANCUD.-</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MIRTA REYES VIDAL DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
+  </si>
+  <si>
+    <t>REYES VIDAL MIRTA JUDITH</t>
+  </si>
+  <si>
+    <t>MIRTA JUDITH</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA NADIA YUDUMAN OJEDA DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
+  </si>
+  <si>
+    <t>YUDUMAN OJEDA NADIA DAMARIS</t>
+  </si>
+  <si>
+    <t>NADIA DAMARIS</t>
+  </si>
+  <si>
+    <t>YUDUMAN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA JESSICA MUÑOZ RIVAS DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON CESAR NANCUCHEO ULE DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
+  </si>
+  <si>
+    <t>NANCUCHEO ULE CESAR DOMINGO</t>
+  </si>
+  <si>
+    <t>CESAR DOMINGO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMIOC A DOÑA ROSA JEREZ RODIRGUEZ DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
+  </si>
+  <si>
+    <t>JEREZ RODRÍGUEZ ROSA INÉS</t>
+  </si>
+  <si>
+    <t>ROSA INÉS</t>
+  </si>
+  <si>
+    <t>JEREZ</t>
+  </si>
+  <si>
+    <t>RODRÍGUEZ</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑAPAULINA HERNANDEZ SORUCO DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON ROLANDO GUARDA MARTINEZ DE ACUERDO A DECRETO 2434 DE 12.09.2025</t>
+  </si>
+  <si>
+    <t>GUARDA MARTINEZ ROLANDO VICENTE</t>
+  </si>
+  <si>
+    <t>ROLANDO VICENTE</t>
+  </si>
+  <si>
+    <t>GUARDA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA JOSELIN ZUÑIHA ALMONACID DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
+  </si>
+  <si>
+    <t>ZUÑIGA ALMONACID JOSELIN DEL ROSA</t>
+  </si>
+  <si>
+    <t>JOSELIN DEL ROSA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA JESSICA AMPUERO GAJARDO DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
+  </si>
+  <si>
+    <t>AMPUERO GAJARDO JESSICA ROXANA</t>
+  </si>
+  <si>
+    <t>JESSICA ROXANA</t>
+  </si>
+  <si>
+    <t>GAJARDO</t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS CORRESPONDIENTE A PER CAPITA MES DE SEPTIEMBRE 2025,ORD. NO. 544 DEL 22.09.2025. CORPOR.MUNICIPAL.-</t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS CORRESPONDIENTE A LEYES MES DE SEPTIEMBRE 2025, ORD. NO. 545DE FECHA 22.09.2025, CORPO.MUNICIPAL.-</t>
+  </si>
+  <si>
+    <t>Junta de Vecinos de Butamanga</t>
+  </si>
+  <si>
+    <t>2152401999003141</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 2482 DEL 22.09.2025 Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">J.VECINOS No.154 DE BUTAMANGA  </t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 2466 DEL 16.09.2025 Y CONVENIO DE SUBVENCION</t>
+  </si>
+  <si>
+    <t>Unidad Vecinal No. 3  Practicante Araneda</t>
+  </si>
+  <si>
+    <t>2152401999003142</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION "UNIDAD VECINAL N°3 PRACTICANTE ARANEDA" DE ACUERDO A DECRETO N°2452 DE 15.09.2025 DE ASESORIA JURIDICA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNIDAD VECINAL NO.3 PRACTICANTE ARANEDA  </t>
+  </si>
+  <si>
+    <t>IDAD MANIFIESTA DE LA COMUNA DE ANCUD.SE CANCELA FACTURA N° 634573 FECHA 08-09-2025 DE  OSCAR JOSÉ VILLARROEL HEINZ, SEGÚN O.P. 839 DIDECO, MATERIALES QUE SERÁN UTILIZADOS COMO AYUDA SOCIAL A SRA. MARÍA CRISTINA CONTRERAS OYARZÚN, DOMICILIADA EN SECTOR RURAL MANAO LOS PATOS, VECINA  CON NECES</t>
+  </si>
+  <si>
+    <t>ECOSE CANCELA FACTURA N° 346 FECHA 10-09-2025 DE SOCIEDAD DE INVERSIONES ALTOS DE COQUIAO SPA PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA EDITH LORENA ULLOA ARO RUT 12345646-7 DOMICILIADA EN VISTA HERMOSA PASAJE 3 NRO. 26 COMUNA DE ANCUD.O.P.N. 836 DID</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°417 DE FECHA 11.09.2025,  PARA LA DIRECCION DE DIDECO PARA INSUMOS Y AYUDAS TECNICAS PARA BENEFICIARIS DEL PROGRAMA ATENCION DOMICILIARIA MUNICIPAL AÑO 2025</t>
+  </si>
+  <si>
+    <t>ES DE CONSTRUCCION.SE CANCELA FACTURA N° 633940 FECHA 26-08-2025 DE OSCAR JOSÉ VILLARROEL HEINZ, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL MARGARITA YANEZ BARRIA RUT 8839514-K DOMICILIADA EN CALLE EX LINEA FERREA SN PUDETO BAJO COMUNA DE ANCUD.O.P.N. 777 DIDECO MATERIAL</t>
+  </si>
+  <si>
+    <t>CUD.O.P.N. 865 DIDECOSE CANCELA FACTURA N° 171686 FECHA 12-09-2025 DE SOC.COM. DIMASUR LTDA. POR MATERIALES DE CONSTRUCCION, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR WALTER ESTEBAN MARIN CARO  RUT 9940423-K DOMICILIADO EN POBLACION PADRE HURTADO EX LINEA FERREA 161 AN</t>
+  </si>
+  <si>
+    <t>RUCCIONSE CANCELA FACTURA N° 171691 FECHA 12-09-2025 DE SOC.COM. DIMASUR LTS. PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA MARIA ELENA BARRIA GUINEO RUT 13000920-4 DOMCILIADA EN CALLE SAN MARTIN 1575 COMUNA DE ANCUD.O.P.N. 855 DIDECO POR MATERIALES DE CONST</t>
+  </si>
+  <si>
+    <t>DE CONSTRUCCIONSE CANCELA FACTURA N° 171688 FECHA 12-09-2025 DE SOC.COM. DIMASUR PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR SERGIO ELADIO ABURTO NAUTO RUT 14492670-6 DOMICILIADO EN EL MIRADOR DEL GOLFO 15 COMUNA DE ANCUD.O.P.N. 863 DIDECO  POR COMPRA DE MATERIALES</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO N° 931, SEGUN DECRETO N° 2443, DE FECHA 15.09.2025</t>
+  </si>
+  <si>
+    <t>AMPUERO BAHAMONDE GUILLERMO ARTURO</t>
+  </si>
+  <si>
+    <t>GUILLERMO ARTURO</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO N°932, DE FECHA 15.098.2025, SEGUN DECRETO N° 2443, DE FECHA 15.09.2025.-</t>
+  </si>
+  <si>
+    <t>MALDONADO ALVARADO CARLA PATRICIA</t>
+  </si>
+  <si>
+    <t>CARLA PATRICIA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO N°900 DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
+  </si>
+  <si>
+    <t>OJEDA GALLARDO BERTA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>BERTA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON JUAN SILVA PAREDES DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>SILVA PAREDES JUAN PEDRO</t>
+  </si>
+  <si>
+    <t>JUAN PEDRO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON HECTOR SOTO VILLEGAS DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>SOTO VILLEGAS HECTOR MANUEL</t>
+  </si>
+  <si>
+    <t>HECTOR MANUEL</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 4 DE 4 A DOÑA YENIFFER AROCA ULLOA DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 4 DE 4  APORTE A DON VICTOR YAÑEZ ALTAMIRANO DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 4 DE 4 APORTE A DOÑA TAMARA RELAUQUEN SANTANA DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 4 DE 4 APORTE A DOÑA MARIA LEYTON ROSAS DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 4 DE 4 APORTE A DOÑA VIVIANA ZUÑIGA BUSTAMANTE DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 4 DE 4 APORTE A DOÑA SONIA PAEGELOW BAHAMONDE DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 4 DE 4 APORTE A DOÑA CAROL SANHUEZA VARGAS DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 4 DE 4 APORTE A DON SANTIAGO PEREZ CARDENAS DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 4 DE 4 APORTE A DOÑA PAMELA LIZAMA TERUCAN DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 4 DE 4 APORTE A DOÑA SILVIA VERA MIRANDA DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 4 DE 4 APORTE A DOÑA MARIA PALMA PANICHEO DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTAS 3 Y 4 DE 4, APORTE A DOÑA PAULA AQUEVEQUE TUDELA DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 3 Y 4 DE 4 , APORTE A DOÑA ADRIANA VASQUEZ VIDAL DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 3 Y 4 DE 4, APORTE A DOÑA DANIELA DIAZ ALTAMAR DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 3 Y 4 DE 4 APORTE A DOÑA RUTH GALLARDO OJEDA DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 3 Y 4 DE 4, APORTE A DOÑA MIRIAM BARRIA SALDIVIA DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 3 Y 4 DE 4, APORTE A DOÑA JANET SALDIVIA NENEN DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 3 Y 4 DE 4, APORTE A DOÑA KATTYA DELGADO DELGADO DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 3 Y 4 DE 4, APORTE A DOÑA CATALINA OSSIO CARRILLO DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 3 Y 4 DE 4, APORTE ECONOMICO A DOÑA EDITH BARRIA GARAY DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 3 Y 4 DE 4, APORTE A DOÑA SUSANA VARGAS ALVARADO DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 3 Y 4 DE 4, APORTE A DOÑA MONICA PEREZ ALVARADO DE ACUERDO  A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTAS 2, 3 Y 4 DE 4, APORTE A DON ERWIN MEYNET MULLER DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTAS 2, 3 Y 4 DE 4, APORTE A DOÑA ANGELICA SOTO SOTO DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTAS 2, 3 Y 4 DE 4, APORTE A DOLA LETICIA RAVENA SAVARESES DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTAS 2, 3 Y 4 DE 4, APORTE A DON ALEJANDRO LEVIN ASTORGA DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA BLANCA SEPULVEDA HERNANDEZ DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>SEPULVEDA HERNANDEZ BLANCA ESTER</t>
+  </si>
+  <si>
+    <t>BLANCA ESTER</t>
+  </si>
+  <si>
+    <t>SEPULVEDA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARIA VERA ALARCON, DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>VERA ALARCON MARIA FERNANDA</t>
+  </si>
+  <si>
+    <t>MARIA FERNANDA</t>
+  </si>
+  <si>
+    <t>ALARCON</t>
+  </si>
+  <si>
+    <t>CANCELA APORE ECONOMICO A DOÑA MARIA OJEDA GUERRERO DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>OJEDA GUERRERO MARIA MINERBIT</t>
+  </si>
+  <si>
+    <t>MARIA MINERBIT</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA GLENDA AYANCAN GONZALEZ DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>AYANCAN GONZALEZ GLENDA NINOSKA</t>
+  </si>
+  <si>
+    <t>GLENDA NINOSKA</t>
+  </si>
+  <si>
+    <t>AYANCAN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARIA NEGRON OJEDA DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>NEGRON OJEDA MARIA EUGENIA</t>
+  </si>
+  <si>
+    <t>Becas Municipales</t>
+  </si>
+  <si>
+    <t>2152401999003002</t>
+  </si>
+  <si>
+    <t>PAGO DE BECAS A POSTULANTES DENTRO DE LA COMUNA, RENOVANTES FUERA DE LA COMUNA Y RENOVANTES DENTRO DE LA COMUNA, DE ACUERDO A DECRETO N°2316 DE 29.08.2025 DE DIDECO Y A INSTRUCCION DE PAGO MEDIANTE ORD. N°119 DE FECHA  29.09.2025 DE ALCALDIA.- 
+.</t>
+  </si>
+  <si>
+    <t>PAGO DE BECAS MUNICIPALES A ESTUDIANTES FUERA DE LA COMUNA SEGUN DECRETO ALCALDICIO NO. 2316 DE FECHA 29.08.2025 Y A INSTRUCCION DE PAGO MEDIANTE ORD. N°119 DE 29.09.2025 DE ALCALDIA.-</t>
+  </si>
+  <si>
+    <t>PAGO SUBVENCION CORPORACION DE REHABILITACION DEL CLUB DE LEONES DE ANCUD, SEGUN DECRETO N°1727, DE FECHA 27.06.2025 DE ASESORIA JURIDICA.-</t>
+  </si>
+  <si>
+    <t>SE CANCELA FACTURA N° 31081 FECHA 11-09-2025 DE NORMA ELENA MORALES SILVA SEGÚN O.P 848, DIDECO, POR CANASTAS DE ALIMENTOS PARA LA DIRECCION DE DIDECO PARA SER UTILIZADO EN FAMILIAS DE LA COMUNA DE ANCUD QUE SE ENCUENTRAN EN SITUACION DE NECESIDAD MANIFIESTA</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 3 Y 4 DE 4 APORTE A DOÑA PATRICIA GONZALEZ VELASQUEZ DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>PAGO FONDO COMUN MES DE SEPTIEMBRE 2025, SEGUN RESUMEN DE INGRESOS PERCIBIDOS MES DE SEPTIEMBRE 2025.-</t>
+  </si>
+  <si>
+    <t>PAGO MULTAS LEY DE ALCOHOLES MES DE SEPTIEMBRE 2025.- SEHGUN LIBRO AMYOR DESDE EL 01/09/2025 HASTA EL 30/09/2025.-</t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMA DE SALUD , SEGUN ORD. NO. 556 DEL 30.09.2025, CORPORACION MUNICIPAL.-</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTA 2, 3 Y 4 DE 4, APORTE A DOÑA JULIA AGUILAR ASCENCIO DE ACUERDO A DECRETO N°2569 DE 02.10.2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA JUDITH SOTO GONZALEZ DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>SOTO GONZALEZ JUDITH DEL CARMEN</t>
+  </si>
+  <si>
+    <t>JUDITH DEL CARMEN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON RUDECINDO VIDAL HUISCA DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>VIDAL HUISCA RUDECINDO SEGUNDO</t>
+  </si>
+  <si>
+    <t>RUDECINDO SEGUNDO</t>
+  </si>
+  <si>
+    <t>HUISCA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA NATALIA BARRIENTOS BARRIENTOS DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>BARRIENTOS BARRIENTOS NATALIA DIGNA</t>
+  </si>
+  <si>
+    <t>NATALIA DIGNA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A SOÑA KARINA SUAZO ANDRADE  DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>SUAZO ANDRADE KARINA LILIBETH JOHANA</t>
+  </si>
+  <si>
+    <t>KARINA LILIBETH JOHANA</t>
+  </si>
+  <si>
+    <t>SUAZO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON RAUL ULE CARCAMO, DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>ULE CARCAMO RAUL GABRIEL</t>
+  </si>
+  <si>
+    <t>RAUL GABRIEL</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARIA TORRES ULLOA DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>TORRES ULLOA MARIA CLARISA</t>
+  </si>
+  <si>
+    <t>MARIA CLARISA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARIA OJEDA COMICHEO DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>OJEDA COMICHEO MARIA ELIZABETH</t>
+  </si>
+  <si>
+    <t>MARIA ELIZABETH</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA ANA NAIL GOMEZ DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>NAIL GOMEZ ANA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>ANA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MIRIAM VARGAS DIAZ DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
+  </si>
+  <si>
+    <t>VARGAS DIAZ MIRIAM DEL CARM</t>
+  </si>
+  <si>
+    <t>MIRIAM DEL CARM</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE SUBVENCION  PARA PAGO REMUNERACIONES PERSONAL RECONOCIDO POR EL ADM PROVISIONAL MES DE SEPTIEMBRE 2025 DE ACUERDO A DECRETO N°2597 DE 03.10.2025</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION PARA FINANCIAMIENTO MURAL SENSORIAL PARA FRONTIS CENTRO DE ATENCION DE PROGRAMA INFANTO ADOLESCENTE  CON TRASTORNO DEL ESPECTRO AUTISTA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA NORA ASTORGA ASTORGA DE ACUERDO A DECRETO N°2604 DE 03.10.2025</t>
+  </si>
+  <si>
+    <t>ASTORGA ASTORGA NORA ISABEL</t>
+  </si>
+  <si>
+    <t>NORA ISABEL</t>
+  </si>
+  <si>
+    <t>SE CANCELA FACTURA N° 171759 FECHA 15-09-2025 DE SOC. COMERCIAL DIMASUR LTDA. PARA  LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA CARLA ANDREA MOENA MANCILLA RUT 19439669-4 DOMCIILIADA EN CALLE JOSE MUCKE 9 COMUNA DE ANCUD.O.P.N.842 DIDECO</t>
+  </si>
+  <si>
+    <t>SE CANCELA FACTURA N° 171758 FECHA 15-09-2025 DE SOC. COM. DIMASUR LTDA. PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR ENRIQUE ROBERTO SALINAS MUÑOZ RUT 5222862-K DOMICILIADA EN EL SECTOR RURAL PUPELDE LA CAPILLA COMUNA DE ANCUD.O.P.N. 834 DIDECO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA ANGELICA MALDONADO PAVEZ DE ACUERDO A DECRETO N°2608 DE 03.10.2025</t>
+  </si>
+  <si>
+    <t>MALDONADO PAVEZ ANGELICA MARLIN</t>
+  </si>
+  <si>
+    <t>ANGELICA MARLIN</t>
+  </si>
+  <si>
+    <t>PAVEZ</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARGARITA BAHAMONDE REYES DE ACUERDO A DECRETO N°2608 DE 03.10.2025</t>
+  </si>
+  <si>
+    <t>BAHAMONDE REYES MARGARITA BERTA</t>
+  </si>
+  <si>
+    <t>MARGARITA BERTA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMCIOA  DOÑA GLORIA MERCADO VELI DE ACUERDO A DECRETO N°2608 DE 03.10.2025</t>
+  </si>
+  <si>
+    <t>MERCADO VELI GLORIA PATRICIA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA KARIN VYHMESITER ALVARADO DE ACUERDO A DECRETO N°2608 DE 03.10.2025</t>
+  </si>
+  <si>
+    <t>VYHMEISTER ALVARADO KARIN EVELYN</t>
+  </si>
+  <si>
+    <t>KARIN EVELYN</t>
+  </si>
+  <si>
+    <t>VYHMEISTER</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON JOSE SOTO COMICHEO DE ACUERDO A DECRETO N°2608 DE 03.10.2025</t>
+  </si>
+  <si>
+    <t>SOTO COMICHEO JOSE LUIS</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON JOSE MALDONADO NIETO DE ACUERDO A DECRETO N°2608 DE 03.10.2025</t>
+  </si>
+  <si>
+    <t>MALDONADO NIETO JOSE RIGOBERTO</t>
+  </si>
+  <si>
+    <t>JOSE RIGOBERTO</t>
+  </si>
+  <si>
+    <t>NIETO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MIRIAM SILVA MALDONADO DE ACUERDO A DECRETO N°2608 DE 03.10.2025</t>
+  </si>
+  <si>
+    <t>SILVA MALDONADO MYRIAM PATRICIA</t>
+  </si>
+  <si>
+    <t>MYRIAM PATRICIA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON RENE CONCHA NAHUIL DE ACUERDO A DECRETO N°2608 DE 03.10.2025</t>
+  </si>
+  <si>
+    <t>CONCHA NAGUIL RENE ARTURO</t>
+  </si>
+  <si>
+    <t>RENE ARTURO</t>
+  </si>
+  <si>
+    <t>NAGUIL</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA ANA BUSTOS PALMA DE ACUERDO A DECRETO N°2608 DE 03.10.2025</t>
+  </si>
+  <si>
+    <t>BUSTOS PALMA ANA DELPILAR</t>
+  </si>
+  <si>
+    <t>ANA DELPILAR</t>
+  </si>
+  <si>
+    <t>BUSTOS</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA SANDRA MANSILLA SALDIVIA DE ACUERDO A DECRETO N°2608 DE 03.10.2025</t>
+  </si>
+  <si>
+    <t>MANSILLA SALDIVIA SANDRA ESTER</t>
+  </si>
+  <si>
+    <t>SANDRA ESTER</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA IVONNE SERON ALVARADO DE ACUERDO A DECRETO N2608 DE 03.10.2025</t>
+  </si>
+  <si>
+    <t>SERON ALVARADO IVONNE DEL CARMEN</t>
+  </si>
+  <si>
+    <t>IVONNE DEL CARMEN</t>
+  </si>
+  <si>
+    <t>Agrupacion Juvenil Villa Chacao de Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003145</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION AGRUPACION JUVENIL VILLA CHACAO DE ANCUD DE ACUERDO A DECRETO N°2633 DE 07.10.2025</t>
+  </si>
+  <si>
+    <t>Escuela de Basquetbol Femenina de Ancud (EBFA)</t>
+  </si>
+  <si>
+    <t>2152401999003158</t>
+  </si>
+  <si>
+    <t>PAGO APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 2640 DEL 08.10.2025 Y CONVENIO DE SUBVENCION .-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ESCUELA BASQUETBOL ANCUD  </t>
+  </si>
+  <si>
+    <t>Junta de Vecinos Huelden Playa</t>
+  </si>
+  <si>
+    <t>2152401999003150</t>
+  </si>
+  <si>
+    <t>PAGO APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 2639 DEL 08.10.2025 Y CONVENIO DE SUBVENCION .-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JUNTA DE VECINOS SECTOR RURAL DE HUELDEN  </t>
+  </si>
+  <si>
+    <t>Club Deportivo Miramar Lecam Bajo</t>
+  </si>
+  <si>
+    <t>2152401999003105</t>
+  </si>
+  <si>
+    <t>PAGO APORTE AÑO  2025, SEGUN DECRETO ALCALDICIO NO. 2616 DEL 07.10.2025 Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DEPORTIVO MIRAMAR  </t>
+  </si>
+  <si>
+    <t>SE CANCELA APORTE ECONOMICO A DOÑA ERIKA DEL ROSARIO LOBOS ROMERO, DE ACUERDO AL DECRETO N° 2646 DE 08-10-2025</t>
+  </si>
+  <si>
+    <t>LOBOS ROMERO ERIKA</t>
+  </si>
+  <si>
+    <t>ERIKA</t>
+  </si>
+  <si>
+    <t>LOBOS</t>
+  </si>
+  <si>
+    <t>ROMERO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICA A DOÑA EMILIA HUANEL NAVARRO DE ACUERDO A DECRETO N°2646 DE 08.10.2025</t>
+  </si>
+  <si>
+    <t>HUANEL NAVARRO EMILIA ANDREA</t>
+  </si>
+  <si>
+    <t>EMILIA ANDREA</t>
+  </si>
+  <si>
+    <t>HUANEL</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA OLAYA GATICA GUENUL DE ACUERDO A DECRETO N°2646 DE 08.10.2025</t>
+  </si>
+  <si>
+    <t>GATICA GUENEL OLAYA SOLANGE</t>
+  </si>
+  <si>
+    <t>OLAYA SOLANGE</t>
+  </si>
+  <si>
+    <t>GATICA</t>
+  </si>
+  <si>
+    <t>GUENEL</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MIREYA GONZALEZ ORTIZ DE ACUERDO  A DECRETO N°2646 DE 08.10.2025</t>
+  </si>
+  <si>
+    <t>GONZALEZ ORTIZ MIREYA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>MIREYA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>ORTIZ</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA BARBARA CARDENAS STANGE DE ACUERDO  DECRETO N°2646 DE 08.10.2025</t>
+  </si>
+  <si>
+    <t>CARDENAS STANGE BARBARA ROMINA</t>
+  </si>
+  <si>
+    <t>BARBARA ROMINA</t>
+  </si>
+  <si>
+    <t>STANGE</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON JUAN LEVITUREO MANSILLA DE ACUERDO A DECRETO N°2646 DE 08.10.2025</t>
+  </si>
+  <si>
+    <t>LEVITUREO MANSILLA JUAN CARLOS</t>
+  </si>
+  <si>
+    <t>LEVITUREO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON JOSE YAÑEZ GUENTELICAN DE ACUERDO A DECRETO N°2646 DE 08.10.2025</t>
+  </si>
+  <si>
+    <t>YAÑEZ GUENTELICAN JOSE CESAR</t>
+  </si>
+  <si>
+    <t>JOSE CESAR</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA INGRID ANTIAN BELQUEN DE ACUERDO A DECRETO N°2646 DE 08.10.2025</t>
+  </si>
+  <si>
+    <t>ANTIMAN BELQUEN INGRID LUISA</t>
+  </si>
+  <si>
+    <t>INGRID LUISA</t>
+  </si>
+  <si>
+    <t>BELQUEN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA EDITH ALVARADO SALAZAR DE ACUERDO A DE CRETRO N°2646 DE 08.10.2025</t>
+  </si>
+  <si>
+    <t>ALVARADO SALAZAR EDITH DEL CARMEN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA EDUVINA GONZALEZ BARRIA, DE ACUERDO A DECRETO N°2646 DE 08.10.2025</t>
+  </si>
+  <si>
+    <t>GONZALEZ BARRIA EDUVINA</t>
+  </si>
+  <si>
+    <t>EDUVINA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA PATRICIA GUERRA GALLRADO DE ACUERDO A DECRETO N°2646 DE 08.10.2025</t>
+  </si>
+  <si>
+    <t>GUERRA GALLARDO PATRICIA CECILIA</t>
+  </si>
+  <si>
+    <t>PATRICIA CECILIA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA ANA VILLARROEL NAVARRO DE ACUERDO A DECRETO N°2646 DE 08.10.2025</t>
+  </si>
+  <si>
+    <t>VILLARROEL NAVARRO ANA ROSA</t>
+  </si>
+  <si>
+    <t>ANA ROSA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A NADIA HERRERA MANSILLA DE ACUERDO A DECRETO N°2646 DE 08.10.2025</t>
+  </si>
+  <si>
+    <t>HERRERA MANSILLA NADIA MARGARIT</t>
+  </si>
+  <si>
+    <t>NADIA MARGARIT</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA YOCELYN HUENCHULEO TAPIA DE ACUERDO A DECRETO N°2646 DE 08.10.2025</t>
+  </si>
+  <si>
+    <t>HUENCHULEO TAPIA YOCELYN ANDREA</t>
+  </si>
+  <si>
+    <t>YOCELYN ANDREA</t>
+  </si>
+  <si>
+    <t>HUENCHULEO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE SUBVENCION  AÑO 2025 SEGUN DECRETO ALCALDICIO NO. 88 DEL 20.03.2025</t>
+  </si>
+  <si>
+    <t>CANCELA VALORES PERCIBIDOS POR CONCEPTO DE RMNP PERIODO 01 A 30 SEPTIEMBRE 2025 DE ACUERDO A CERTIFICADO N°19 DE RESORERA MUNICIPAL DE OCTUBRE 2025</t>
+  </si>
+  <si>
+    <t>DE CONSTRUCCION.SE CANCELA FACTURA N° 172212 FECHA 29-09-2025 DE SOC. COMERCIAL DIMASUR LTDA. PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR FRANCISCO JAVIER ASTORGA SILVA RUT 13001210-8 DOMICILAIDO EN CALLE ANTONIO BURR 28 COMUNA DE ANCUD.O.P.N. 903 DIDECO MATERIALES</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO SEGUN ORDEN DE PEDIDO N°1052, DE FECHA 08.10.2025 Y DECRETO N° 2722, DE FECHA 16/10/2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ANUAL 2025, SEGUN DECRETO ALCALDICIO NO, 181 DEL 15.01.2025,  Y LO SOLICITADO MEDIANTE ORD. N°114-2025 DE CORPORACION CULTURAL MUNICIPAL.-</t>
+  </si>
+  <si>
+    <t>CANCELA VALORES PERCIBIDOS POR CONCEPTO DE RMNP PERIODO 01 A 31 AGOSTO 2025</t>
+  </si>
+  <si>
+    <t>PAGO TRASPASO  DE FONDOS CORRESPONDIENTE A PER CAPITA MES DE OCTUBRE 2025, ORD. NO. 582 DEL 22.10.2025, SEGUN DECRETO ALCALDICIO NO. 2765 DEL 22.10.2025.-</t>
+  </si>
+  <si>
+    <t>PAGO TRASPASO DE FONDOS  CORRESPONDIENTE A LEYES MES DE COTUBRE 2025, SEGUN ORD. NO. 583 DE FECHA 22.10.2025 Y DECRETO ALCALDICIO NO. 2765  DEL 22.10.2025.-</t>
+  </si>
+  <si>
+    <t>Club Deportivo Manao</t>
+  </si>
+  <si>
+    <t>2152401999003157</t>
+  </si>
+  <si>
+    <t>PAGO APORTE 2025, SEGUN DECRETO ALCALDICIO NO. 2.772 DEL 23.10.2025 Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DEPORTIVO MANAO  </t>
+  </si>
+  <si>
+    <t>PAGO APORTE SERVICIO BIENESTAR CORPORACION MUNICIPAL DE ANCUD 4TA.CUOTA, ORD. NO. 563 DEL 06.10.2025.-</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA MARCELA CARCAMO RIUIZ DE CAUERDO A DECRETO N°2762 DE 22.10.2025</t>
+  </si>
+  <si>
+    <t>CARCAMO RUIZ MARCELA ALEJANDRA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA LUCRECIA ANTILL SANTANA DE ACUERDO A DECRETO N°2762 DE 22.10.2025</t>
+  </si>
+  <si>
+    <t>ANTILL SANTANA LUCRECIA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>LUCRECIA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>ANTILL</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA MARIA SANTANA MARTINEZ DE ACUERDO A DECRETO N°2762 DE 22.10.2025</t>
+  </si>
+  <si>
+    <t>SANTANA MARTINEZ MARIA EDITH</t>
+  </si>
+  <si>
+    <t>MARIA EDITH</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA MARIA MUÑOZ MUÑOZ DE ACUERDO A DECRETO N°2762 DE 22.10.2025</t>
+  </si>
+  <si>
+    <t>MUÑOZ MUÑOZ MARIA LETICIA</t>
+  </si>
+  <si>
+    <t>MARIA LETICIA</t>
+  </si>
+  <si>
+    <t>CANCEÑA APORTE A DON PEDRO NAGUILE ASNAR DE ACUERDO A DECRETO N°2762 DE 22.10.2025</t>
+  </si>
+  <si>
+    <t>NAGUIL ASNAR PEDRO AGUSTIN</t>
+  </si>
+  <si>
+    <t>PEDRO AGUSTIN</t>
+  </si>
+  <si>
+    <t>ASNAR</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA GABRIELA GONZALEZ TOLEDO DE ACUERDO A DECRETO N°2762 DE 22.10.2025</t>
+  </si>
+  <si>
+    <t>GONZALEZ TOLEDO GABRIELA VERONICA</t>
+  </si>
+  <si>
+    <t>GABRIELA VERONICA</t>
+  </si>
+  <si>
+    <t>TOLEDO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DON SANDRO CATRO CHEUQUEPIL DE ACUERDO A DECRETO N°2762 DE 22.10.2025</t>
+  </si>
+  <si>
+    <t>CASTRO CHEUQUEPIL SANDRO FAVIO</t>
+  </si>
+  <si>
+    <t>SANDRO FAVIO</t>
+  </si>
+  <si>
+    <t>CASTRO</t>
+  </si>
+  <si>
+    <t>CHEUQUEPIL</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DON JOSE OJEDA ASENCIO DE ACUERDO A DECRETO N°2762 DE 22.10.2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA MARIA ARISMENDI GALLE DE ACUERDO A DECRETO N°1762 DE 22.10.2025</t>
+  </si>
+  <si>
+    <t>ARISMENDI GALLE MARIA CAROLINA</t>
+  </si>
+  <si>
+    <t>MARIA CAROLINA</t>
+  </si>
+  <si>
+    <t>GALLE</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DONA LINDA URIBE AGUILA DE ACUERDO A DECRETO N°2762 DE 22.10.2025</t>
+  </si>
+  <si>
+    <t>URIBE AGUILA LINDA ANY</t>
+  </si>
+  <si>
+    <t>LINDA ANY</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DON JUAN VASQUEZ OTTERSTEIN DE ACUERDO A DECRETO 2762 DE 22.10.2025</t>
+  </si>
+  <si>
+    <t>VASQUEZ OTTERSTEIN JUAN SALOMON</t>
+  </si>
+  <si>
+    <t>JUAN SALOMON</t>
+  </si>
+  <si>
+    <t>OTTERSTEIN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA CAMILA MANCILLA DEL RIO DE ACUERDO A DECRETO N°2762 DE 22.10.2025</t>
+  </si>
+  <si>
+    <t>MANSILLA DEL RIO CAMILA ANDREA</t>
+  </si>
+  <si>
+    <t>CAMILA ANDREA</t>
+  </si>
+  <si>
+    <t>DEL RIO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA LORETO GONZALEZ GONZALEZ DE ACUERDO A DECRETO N°2762 DE 22.10.2025</t>
+  </si>
+  <si>
+    <t>GONZALEZ GONZALEZ LORETO DEL CARMEN</t>
+  </si>
+  <si>
+    <t>LORETO DEL CARMEN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA RUTH CALISTO CARO DE ACUERDO A DECRETO N°2762 DE 22.10.2025</t>
+  </si>
+  <si>
+    <t>CALISTO CARO RUTH GLADYS</t>
+  </si>
+  <si>
+    <t>RUTH GLADYS</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA ANA ALVARADO ALARCON DE ACUERDO A DECRETO N°2762 DE 22.10.2025</t>
+  </si>
+  <si>
+    <t>ALVARADO ALARCON ANA LORENA</t>
+  </si>
+  <si>
+    <t>ANA LORENA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="###0"/>
   </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -6225,55 +7703,53 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L677"/>
+  <dimension ref="A1:L897"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A534" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="4.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="46.28515625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="25" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="24.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="56.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="52.7109375" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="60.5703125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="61.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.25">
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>1</v>
@@ -25736,3964 +27212,11472 @@
         <v>100000</v>
       </c>
       <c r="F565" t="s">
         <v>14</v>
       </c>
       <c r="G565" s="6" t="s">
         <v>24</v>
       </c>
       <c r="H565" t="s">
         <v>1663</v>
       </c>
       <c r="I565" t="s">
         <v>1664</v>
       </c>
       <c r="J565" t="s">
         <v>1665</v>
       </c>
       <c r="K565" t="s">
         <v>1666</v>
       </c>
       <c r="L565" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="566" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A566" s="11">
-[...2 lines deleted...]
-      <c r="B566" s="11">
+      <c r="A566" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B566" s="3">
         <v>7</v>
       </c>
-      <c r="C566" s="12">
+      <c r="C566" s="4">
         <v>45896</v>
       </c>
-      <c r="D566" s="10" t="s">
+      <c r="D566" t="s">
         <v>1667</v>
       </c>
-      <c r="E566" s="13">
+      <c r="E566" s="5">
         <v>800000</v>
       </c>
-      <c r="F566" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G566" s="14" t="s">
+      <c r="F566" t="s">
+        <v>14</v>
+      </c>
+      <c r="G566" s="6" t="s">
         <v>1668</v>
       </c>
-      <c r="H566" s="10" t="s">
+      <c r="H566" t="s">
         <v>1669</v>
       </c>
-      <c r="I566" s="10" t="s">
+      <c r="I566" t="s">
         <v>1670</v>
       </c>
-      <c r="J566" s="10"/>
-[...1 lines deleted...]
-      <c r="L566" s="10"/>
     </row>
     <row r="567" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A567" s="11">
-[...2 lines deleted...]
-      <c r="B567" s="11">
+      <c r="A567" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B567" s="3">
         <v>7</v>
       </c>
-      <c r="C567" s="12">
+      <c r="C567" s="4">
         <v>45881</v>
       </c>
-      <c r="D567" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E567" s="13">
+      <c r="D567" t="s">
+        <v>23</v>
+      </c>
+      <c r="E567" s="5">
         <v>2000000</v>
       </c>
-      <c r="F567" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H567" s="10" t="s">
+      <c r="F567" t="s">
+        <v>14</v>
+      </c>
+      <c r="G567" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H567" t="s">
         <v>1671</v>
       </c>
-      <c r="I567" s="10" t="s">
+      <c r="I567" t="s">
         <v>1672</v>
       </c>
-      <c r="J567" s="10" t="s">
+      <c r="J567" t="s">
         <v>1673</v>
       </c>
-      <c r="K567" s="10" t="s">
+      <c r="K567" t="s">
         <v>977</v>
       </c>
-      <c r="L567" s="10" t="s">
+      <c r="L567" t="s">
         <v>1357</v>
       </c>
     </row>
     <row r="568" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A568" s="11">
-[...2 lines deleted...]
-      <c r="B568" s="11">
+      <c r="A568" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B568" s="3">
         <v>7</v>
       </c>
-      <c r="C568" s="12">
+      <c r="C568" s="4">
         <v>45883</v>
       </c>
-      <c r="D568" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E568" s="13">
+      <c r="D568" t="s">
+        <v>23</v>
+      </c>
+      <c r="E568" s="5">
         <v>2000000</v>
       </c>
-      <c r="F568" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H568" s="10" t="s">
+      <c r="F568" t="s">
+        <v>14</v>
+      </c>
+      <c r="G568" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H568" t="s">
         <v>1674</v>
       </c>
-      <c r="I568" s="10" t="s">
+      <c r="I568" t="s">
         <v>1675</v>
       </c>
-      <c r="J568" s="10" t="s">
+      <c r="J568" t="s">
         <v>1676</v>
       </c>
-      <c r="K568" s="10" t="s">
+      <c r="K568" t="s">
         <v>1677</v>
       </c>
-      <c r="L568" s="10" t="s">
+      <c r="L568" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="569" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A569" s="11">
-[...2 lines deleted...]
-      <c r="B569" s="11">
+      <c r="A569" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B569" s="3">
         <v>7</v>
       </c>
-      <c r="C569" s="12">
+      <c r="C569" s="4">
         <v>45883</v>
       </c>
-      <c r="D569" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E569" s="13">
+      <c r="D569" t="s">
+        <v>23</v>
+      </c>
+      <c r="E569" s="5">
         <v>2000000</v>
       </c>
-      <c r="F569" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H569" s="10" t="s">
+      <c r="F569" t="s">
+        <v>14</v>
+      </c>
+      <c r="G569" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H569" t="s">
         <v>1678</v>
       </c>
-      <c r="I569" s="10" t="s">
+      <c r="I569" t="s">
         <v>1679</v>
       </c>
-      <c r="J569" s="10" t="s">
+      <c r="J569" t="s">
         <v>1680</v>
       </c>
-      <c r="K569" s="10" t="s">
+      <c r="K569" t="s">
         <v>172</v>
       </c>
-      <c r="L569" s="10" t="s">
+      <c r="L569" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="570" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A570" s="11">
-[...2 lines deleted...]
-      <c r="B570" s="11">
+      <c r="A570" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B570" s="3">
         <v>7</v>
       </c>
-      <c r="C570" s="12">
+      <c r="C570" s="4">
         <v>45881</v>
       </c>
-      <c r="D570" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E570" s="13">
+      <c r="D570" t="s">
+        <v>23</v>
+      </c>
+      <c r="E570" s="5">
         <v>2000000</v>
       </c>
-      <c r="F570" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H570" s="10" t="s">
+      <c r="F570" t="s">
+        <v>14</v>
+      </c>
+      <c r="G570" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H570" t="s">
         <v>1681</v>
       </c>
-      <c r="I570" s="10" t="s">
+      <c r="I570" t="s">
         <v>1682</v>
       </c>
-      <c r="J570" s="10" t="s">
+      <c r="J570" t="s">
         <v>1683</v>
       </c>
-      <c r="K570" s="10" t="s">
+      <c r="K570" t="s">
         <v>120</v>
       </c>
-      <c r="L570" s="10" t="s">
+      <c r="L570" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="571" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A571" s="11">
-[...2 lines deleted...]
-      <c r="B571" s="11">
+      <c r="A571" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B571" s="3">
         <v>7</v>
       </c>
-      <c r="C571" s="12">
+      <c r="C571" s="4">
         <v>45870</v>
       </c>
-      <c r="D571" s="10" t="s">
+      <c r="D571" t="s">
         <v>1684</v>
       </c>
-      <c r="E571" s="13">
+      <c r="E571" s="5">
         <v>1160000</v>
       </c>
-      <c r="F571" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G571" s="14" t="s">
+      <c r="F571" t="s">
+        <v>14</v>
+      </c>
+      <c r="G571" s="6" t="s">
         <v>1685</v>
       </c>
-      <c r="H571" s="10" t="s">
+      <c r="H571" t="s">
         <v>1686</v>
       </c>
-      <c r="I571" s="10" t="s">
+      <c r="I571" t="s">
         <v>1687</v>
       </c>
-      <c r="J571" s="10"/>
-[...1 lines deleted...]
-      <c r="L571" s="10"/>
     </row>
     <row r="572" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A572" s="11">
-[...2 lines deleted...]
-      <c r="B572" s="11">
+      <c r="A572" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B572" s="3">
         <v>7</v>
       </c>
-      <c r="C572" s="12">
+      <c r="C572" s="4">
         <v>45881</v>
       </c>
-      <c r="D572" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E572" s="13">
+      <c r="D572" t="s">
+        <v>23</v>
+      </c>
+      <c r="E572" s="5">
         <v>2000000</v>
       </c>
-      <c r="F572" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H572" s="10" t="s">
+      <c r="F572" t="s">
+        <v>14</v>
+      </c>
+      <c r="G572" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H572" t="s">
         <v>1688</v>
       </c>
-      <c r="I572" s="10" t="s">
+      <c r="I572" t="s">
         <v>1689</v>
       </c>
-      <c r="J572" s="10" t="s">
+      <c r="J572" t="s">
         <v>1690</v>
       </c>
-      <c r="K572" s="10" t="s">
+      <c r="K572" t="s">
         <v>1691</v>
       </c>
-      <c r="L572" s="10" t="s">
+      <c r="L572" t="s">
         <v>1692</v>
       </c>
     </row>
     <row r="573" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A573" s="11">
-[...2 lines deleted...]
-      <c r="B573" s="11">
+      <c r="A573" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B573" s="3">
         <v>7</v>
       </c>
-      <c r="C573" s="12">
+      <c r="C573" s="4">
         <v>45881</v>
       </c>
-      <c r="D573" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E573" s="13">
+      <c r="D573" t="s">
+        <v>23</v>
+      </c>
+      <c r="E573" s="5">
         <v>2000000</v>
       </c>
-      <c r="F573" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H573" s="10" t="s">
+      <c r="F573" t="s">
+        <v>14</v>
+      </c>
+      <c r="G573" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H573" t="s">
         <v>1693</v>
       </c>
-      <c r="I573" s="10" t="s">
+      <c r="I573" t="s">
         <v>1694</v>
       </c>
-      <c r="J573" s="10" t="s">
+      <c r="J573" t="s">
         <v>1695</v>
       </c>
-      <c r="K573" s="10" t="s">
+      <c r="K573" t="s">
         <v>1696</v>
       </c>
-      <c r="L573" s="10" t="s">
+      <c r="L573" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="574" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A574" s="11">
-[...2 lines deleted...]
-      <c r="B574" s="11">
+      <c r="A574" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B574" s="3">
         <v>7</v>
       </c>
-      <c r="C574" s="12">
+      <c r="C574" s="4">
         <v>45873</v>
       </c>
-      <c r="D574" s="10" t="s">
+      <c r="D574" t="s">
         <v>1697</v>
       </c>
-      <c r="E574" s="13">
+      <c r="E574" s="5">
         <v>2000000</v>
       </c>
-      <c r="F574" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G574" s="14" t="s">
+      <c r="F574" t="s">
+        <v>14</v>
+      </c>
+      <c r="G574" s="6" t="s">
         <v>1698</v>
       </c>
-      <c r="H574" s="10" t="s">
+      <c r="H574" t="s">
         <v>1699</v>
       </c>
-      <c r="I574" s="10" t="s">
+      <c r="I574" t="s">
         <v>1700</v>
       </c>
-      <c r="J574" s="10"/>
-[...1 lines deleted...]
-      <c r="L574" s="10"/>
     </row>
     <row r="575" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A575" s="11">
-[...2 lines deleted...]
-      <c r="B575" s="11">
+      <c r="A575" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B575" s="3">
         <v>7</v>
       </c>
-      <c r="C575" s="12">
+      <c r="C575" s="4">
         <v>45876</v>
       </c>
-      <c r="D575" s="10" t="s">
+      <c r="D575" t="s">
         <v>178</v>
       </c>
-      <c r="E575" s="13">
+      <c r="E575" s="5">
         <v>200000</v>
       </c>
-      <c r="F575" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G575" s="14" t="s">
+      <c r="F575" t="s">
+        <v>14</v>
+      </c>
+      <c r="G575" s="6" t="s">
         <v>179</v>
       </c>
-      <c r="H575" s="10" t="s">
+      <c r="H575" t="s">
         <v>1701</v>
       </c>
-      <c r="I575" s="10" t="s">
+      <c r="I575" t="s">
         <v>1702</v>
       </c>
-      <c r="J575" s="10"/>
-[...1 lines deleted...]
-      <c r="L575" s="10"/>
     </row>
     <row r="576" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A576" s="11">
-[...2 lines deleted...]
-      <c r="B576" s="11">
+      <c r="A576" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B576" s="3">
         <v>7</v>
       </c>
-      <c r="C576" s="12">
+      <c r="C576" s="4">
         <v>45876</v>
       </c>
-      <c r="D576" s="10" t="s">
+      <c r="D576" t="s">
         <v>182</v>
       </c>
-      <c r="E576" s="13">
+      <c r="E576" s="5">
         <v>142405</v>
       </c>
-      <c r="F576" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G576" s="14" t="s">
+      <c r="F576" t="s">
+        <v>14</v>
+      </c>
+      <c r="G576" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H576" s="10" t="s">
+      <c r="H576" t="s">
         <v>1703</v>
       </c>
-      <c r="I576" s="10" t="s">
+      <c r="I576" t="s">
         <v>185</v>
       </c>
-      <c r="J576" s="10"/>
-[...1 lines deleted...]
-      <c r="L576" s="10"/>
     </row>
     <row r="577" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A577" s="11">
-[...2 lines deleted...]
-      <c r="B577" s="11">
+      <c r="A577" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B577" s="3">
         <v>7</v>
       </c>
-      <c r="C577" s="12">
+      <c r="C577" s="4">
         <v>45876</v>
       </c>
-      <c r="D577" s="10" t="s">
+      <c r="D577" t="s">
         <v>182</v>
       </c>
-      <c r="E577" s="13">
+      <c r="E577" s="5">
         <v>173645</v>
       </c>
-      <c r="F577" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G577" s="14" t="s">
+      <c r="F577" t="s">
+        <v>14</v>
+      </c>
+      <c r="G577" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H577" s="10" t="s">
+      <c r="H577" t="s">
         <v>1704</v>
       </c>
-      <c r="I577" s="10" t="s">
+      <c r="I577" t="s">
         <v>185</v>
       </c>
-      <c r="J577" s="10"/>
-[...1 lines deleted...]
-      <c r="L577" s="10"/>
     </row>
     <row r="578" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A578" s="11">
-[...2 lines deleted...]
-      <c r="B578" s="11">
+      <c r="A578" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B578" s="3">
         <v>7</v>
       </c>
-      <c r="C578" s="12">
+      <c r="C578" s="4">
         <v>45876</v>
       </c>
-      <c r="D578" s="10" t="s">
+      <c r="D578" t="s">
         <v>182</v>
       </c>
-      <c r="E578" s="13">
+      <c r="E578" s="5">
         <v>156899</v>
       </c>
-      <c r="F578" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G578" s="14" t="s">
+      <c r="F578" t="s">
+        <v>14</v>
+      </c>
+      <c r="G578" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H578" s="10" t="s">
+      <c r="H578" t="s">
         <v>1705</v>
       </c>
-      <c r="I578" s="10" t="s">
+      <c r="I578" t="s">
         <v>185</v>
       </c>
-      <c r="J578" s="10"/>
-[...1 lines deleted...]
-      <c r="L578" s="10"/>
     </row>
     <row r="579" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A579" s="11">
-[...2 lines deleted...]
-      <c r="B579" s="11">
+      <c r="A579" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B579" s="3">
         <v>7</v>
       </c>
-      <c r="C579" s="12">
+      <c r="C579" s="4">
         <v>45876</v>
       </c>
-      <c r="D579" s="10" t="s">
+      <c r="D579" t="s">
         <v>182</v>
       </c>
-      <c r="E579" s="13">
+      <c r="E579" s="5">
         <v>141246</v>
       </c>
-      <c r="F579" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G579" s="14" t="s">
+      <c r="F579" t="s">
+        <v>14</v>
+      </c>
+      <c r="G579" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H579" s="10" t="s">
+      <c r="H579" t="s">
         <v>1706</v>
       </c>
-      <c r="I579" s="10" t="s">
+      <c r="I579" t="s">
         <v>185</v>
       </c>
-      <c r="J579" s="10"/>
-[...1 lines deleted...]
-      <c r="L579" s="10"/>
     </row>
     <row r="580" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A580" s="11">
-[...2 lines deleted...]
-      <c r="B580" s="11">
+      <c r="A580" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B580" s="3">
         <v>7</v>
       </c>
-      <c r="C580" s="12">
+      <c r="C580" s="4">
         <v>45876</v>
       </c>
-      <c r="D580" s="10" t="s">
+      <c r="D580" t="s">
         <v>182</v>
       </c>
-      <c r="E580" s="13">
+      <c r="E580" s="5">
         <v>142215</v>
       </c>
-      <c r="F580" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G580" s="14" t="s">
+      <c r="F580" t="s">
+        <v>14</v>
+      </c>
+      <c r="G580" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H580" s="10" t="s">
+      <c r="H580" t="s">
         <v>1707</v>
       </c>
-      <c r="I580" s="10" t="s">
+      <c r="I580" t="s">
         <v>185</v>
       </c>
-      <c r="J580" s="10"/>
-[...1 lines deleted...]
-      <c r="L580" s="10"/>
     </row>
     <row r="581" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A581" s="11">
-[...2 lines deleted...]
-      <c r="B581" s="11">
+      <c r="A581" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B581" s="3">
         <v>7</v>
       </c>
-      <c r="C581" s="12">
+      <c r="C581" s="4">
         <v>45873</v>
       </c>
-      <c r="D581" s="10" t="s">
+      <c r="D581" t="s">
         <v>182</v>
       </c>
-      <c r="E581" s="13">
+      <c r="E581" s="5">
         <v>188437</v>
       </c>
-      <c r="F581" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G581" s="14" t="s">
+      <c r="F581" t="s">
+        <v>14</v>
+      </c>
+      <c r="G581" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H581" s="10" t="s">
+      <c r="H581" t="s">
         <v>1708</v>
       </c>
-      <c r="I581" s="10" t="s">
+      <c r="I581" t="s">
         <v>555</v>
       </c>
-      <c r="J581" s="10"/>
-[...1 lines deleted...]
-      <c r="L581" s="10"/>
     </row>
     <row r="582" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A582" s="11">
-[...2 lines deleted...]
-      <c r="B582" s="11">
+      <c r="A582" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B582" s="3">
         <v>7</v>
       </c>
-      <c r="C582" s="12">
+      <c r="C582" s="4">
         <v>45873</v>
       </c>
-      <c r="D582" s="10" t="s">
+      <c r="D582" t="s">
         <v>1709</v>
       </c>
-      <c r="E582" s="13">
+      <c r="E582" s="5">
         <v>1500000</v>
       </c>
-      <c r="F582" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G582" s="14" t="s">
+      <c r="F582" t="s">
+        <v>14</v>
+      </c>
+      <c r="G582" s="6" t="s">
         <v>1710</v>
       </c>
-      <c r="H582" s="10" t="s">
+      <c r="H582" t="s">
         <v>1711</v>
       </c>
-      <c r="I582" s="10" t="s">
+      <c r="I582" t="s">
         <v>1712</v>
       </c>
-      <c r="J582" s="10"/>
-[...1 lines deleted...]
-      <c r="L582" s="10"/>
     </row>
     <row r="583" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A583" s="11">
-[...2 lines deleted...]
-      <c r="B583" s="11">
+      <c r="A583" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B583" s="3">
         <v>7</v>
       </c>
-      <c r="C583" s="12">
+      <c r="C583" s="4">
         <v>45870</v>
       </c>
-      <c r="D583" s="10" t="s">
+      <c r="D583" t="s">
         <v>1713</v>
       </c>
-      <c r="E583" s="13">
+      <c r="E583" s="5">
         <v>1200000</v>
       </c>
-      <c r="F583" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G583" s="14" t="s">
+      <c r="F583" t="s">
+        <v>14</v>
+      </c>
+      <c r="G583" s="6" t="s">
         <v>1714</v>
       </c>
-      <c r="H583" s="10" t="s">
+      <c r="H583" t="s">
         <v>1715</v>
       </c>
-      <c r="I583" s="10" t="s">
+      <c r="I583" t="s">
         <v>1716</v>
       </c>
-      <c r="J583" s="10"/>
-[...1 lines deleted...]
-      <c r="L583" s="10"/>
     </row>
     <row r="584" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A584" s="11">
-[...2 lines deleted...]
-      <c r="B584" s="11">
+      <c r="A584" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B584" s="3">
         <v>7</v>
       </c>
-      <c r="C584" s="12">
+      <c r="C584" s="4">
         <v>45889</v>
       </c>
-      <c r="D584" s="10" t="s">
+      <c r="D584" t="s">
         <v>1717</v>
       </c>
-      <c r="E584" s="13">
+      <c r="E584" s="5">
         <v>540000</v>
       </c>
-      <c r="F584" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G584" s="14" t="s">
+      <c r="F584" t="s">
+        <v>14</v>
+      </c>
+      <c r="G584" s="6" t="s">
         <v>1718</v>
       </c>
-      <c r="H584" s="10" t="s">
+      <c r="H584" t="s">
         <v>1719</v>
       </c>
-      <c r="I584" s="10" t="s">
+      <c r="I584" t="s">
         <v>1720</v>
       </c>
-      <c r="J584" s="10"/>
-[...1 lines deleted...]
-      <c r="L584" s="10"/>
     </row>
     <row r="585" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A585" s="11">
-[...2 lines deleted...]
-      <c r="B585" s="11">
+      <c r="A585" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B585" s="3">
         <v>7</v>
       </c>
-      <c r="C585" s="12">
+      <c r="C585" s="4">
         <v>45870</v>
       </c>
-      <c r="D585" s="10" t="s">
+      <c r="D585" t="s">
         <v>1721</v>
       </c>
-      <c r="E585" s="13">
+      <c r="E585" s="5">
         <v>1600000</v>
       </c>
-      <c r="F585" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G585" s="14" t="s">
+      <c r="F585" t="s">
+        <v>14</v>
+      </c>
+      <c r="G585" s="6" t="s">
         <v>1722</v>
       </c>
-      <c r="H585" s="10" t="s">
+      <c r="H585" t="s">
         <v>1723</v>
       </c>
-      <c r="I585" s="10" t="s">
+      <c r="I585" t="s">
         <v>1724</v>
       </c>
-      <c r="J585" s="10"/>
-[...1 lines deleted...]
-      <c r="L585" s="10"/>
     </row>
     <row r="586" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A586" s="11">
-[...2 lines deleted...]
-      <c r="B586" s="11">
+      <c r="A586" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B586" s="3">
         <v>7</v>
       </c>
-      <c r="C586" s="12">
+      <c r="C586" s="4">
         <v>45883</v>
       </c>
-      <c r="D586" s="10" t="s">
+      <c r="D586" t="s">
         <v>1725</v>
       </c>
-      <c r="E586" s="13">
+      <c r="E586" s="5">
         <v>450000</v>
       </c>
-      <c r="F586" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G586" s="14" t="s">
+      <c r="F586" t="s">
+        <v>14</v>
+      </c>
+      <c r="G586" s="6" t="s">
         <v>1726</v>
       </c>
-      <c r="H586" s="10" t="s">
+      <c r="H586" t="s">
         <v>1727</v>
       </c>
-      <c r="I586" s="10" t="s">
+      <c r="I586" t="s">
         <v>1728</v>
       </c>
-      <c r="J586" s="10"/>
-[...1 lines deleted...]
-      <c r="L586" s="10"/>
     </row>
     <row r="587" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A587" s="11">
-[...2 lines deleted...]
-      <c r="B587" s="11">
+      <c r="A587" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B587" s="3">
         <v>7</v>
       </c>
-      <c r="C587" s="12">
+      <c r="C587" s="4">
         <v>45881</v>
       </c>
-      <c r="D587" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E587" s="13">
+      <c r="D587" t="s">
+        <v>23</v>
+      </c>
+      <c r="E587" s="5">
         <v>1000000</v>
       </c>
-      <c r="F587" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H587" s="10" t="s">
+      <c r="F587" t="s">
+        <v>14</v>
+      </c>
+      <c r="G587" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H587" t="s">
         <v>1729</v>
       </c>
-      <c r="I587" s="10" t="s">
+      <c r="I587" t="s">
         <v>1153</v>
       </c>
-      <c r="J587" s="10" t="s">
+      <c r="J587" t="s">
         <v>1154</v>
       </c>
-      <c r="K587" s="10" t="s">
+      <c r="K587" t="s">
         <v>1155</v>
       </c>
-      <c r="L587" s="10" t="s">
+      <c r="L587" t="s">
         <v>1156</v>
       </c>
     </row>
     <row r="588" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A588" s="11">
-[...2 lines deleted...]
-      <c r="B588" s="11">
+      <c r="A588" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B588" s="3">
         <v>7</v>
       </c>
-      <c r="C588" s="12">
+      <c r="C588" s="4">
         <v>45870</v>
       </c>
-      <c r="D588" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E588" s="13">
+      <c r="D588" t="s">
+        <v>23</v>
+      </c>
+      <c r="E588" s="5">
         <v>100000</v>
       </c>
-      <c r="F588" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H588" s="10" t="s">
+      <c r="F588" t="s">
+        <v>14</v>
+      </c>
+      <c r="G588" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H588" t="s">
         <v>1730</v>
       </c>
-      <c r="I588" s="10" t="s">
+      <c r="I588" t="s">
         <v>1731</v>
       </c>
-      <c r="J588" s="10" t="s">
+      <c r="J588" t="s">
         <v>1732</v>
       </c>
-      <c r="K588" s="10" t="s">
+      <c r="K588" t="s">
         <v>1733</v>
       </c>
-      <c r="L588" s="10" t="s">
+      <c r="L588" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="589" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A589" s="11">
-[...2 lines deleted...]
-      <c r="B589" s="11">
+      <c r="A589" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B589" s="3">
         <v>8</v>
       </c>
-      <c r="C589" s="12">
+      <c r="C589" s="4">
         <v>45870</v>
       </c>
-      <c r="D589" s="10" t="s">
+      <c r="D589" t="s">
         <v>13</v>
       </c>
-      <c r="E589" s="13">
+      <c r="E589" s="5">
         <v>16146099</v>
       </c>
-      <c r="F589" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G589" s="14" t="s">
+      <c r="F589" t="s">
+        <v>14</v>
+      </c>
+      <c r="G589" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="H589" s="10" t="s">
+      <c r="H589" t="s">
         <v>1734</v>
       </c>
-      <c r="I589" s="10" t="s">
+      <c r="I589" t="s">
         <v>17</v>
       </c>
-      <c r="J589" s="10"/>
-[...1 lines deleted...]
-      <c r="L589" s="10"/>
     </row>
     <row r="590" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A590" s="11">
-[...2 lines deleted...]
-      <c r="B590" s="11">
+      <c r="A590" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B590" s="3">
         <v>8</v>
       </c>
-      <c r="C590" s="12">
+      <c r="C590" s="4">
         <v>45870</v>
       </c>
-      <c r="D590" s="10" t="s">
+      <c r="D590" t="s">
         <v>13</v>
       </c>
-      <c r="E590" s="13">
+      <c r="E590" s="5">
         <v>5505473</v>
       </c>
-      <c r="F590" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G590" s="14" t="s">
+      <c r="F590" t="s">
+        <v>14</v>
+      </c>
+      <c r="G590" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="H590" s="10" t="s">
+      <c r="H590" t="s">
         <v>1735</v>
       </c>
-      <c r="I590" s="10" t="s">
+      <c r="I590" t="s">
         <v>17</v>
       </c>
-      <c r="J590" s="10"/>
-[...1 lines deleted...]
-      <c r="L590" s="10"/>
     </row>
     <row r="591" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A591" s="11">
-[...2 lines deleted...]
-      <c r="B591" s="11">
+      <c r="A591" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B591" s="3">
         <v>8</v>
       </c>
-      <c r="C591" s="12">
+      <c r="C591" s="4">
         <v>45870</v>
       </c>
-      <c r="D591" s="10" t="s">
+      <c r="D591" t="s">
         <v>13</v>
       </c>
-      <c r="E591" s="13">
+      <c r="E591" s="5">
         <v>129871958</v>
       </c>
-      <c r="F591" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G591" s="14" t="s">
+      <c r="F591" t="s">
+        <v>14</v>
+      </c>
+      <c r="G591" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="H591" s="10" t="s">
+      <c r="H591" t="s">
         <v>1736</v>
       </c>
-      <c r="I591" s="10" t="s">
+      <c r="I591" t="s">
         <v>17</v>
       </c>
-      <c r="J591" s="10"/>
-[...1 lines deleted...]
-      <c r="L591" s="10"/>
     </row>
     <row r="592" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A592" s="11">
-[...2 lines deleted...]
-      <c r="B592" s="11">
+      <c r="A592" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B592" s="3">
         <v>8</v>
       </c>
-      <c r="C592" s="12">
+      <c r="C592" s="4">
         <v>45874</v>
       </c>
-      <c r="D592" s="10" t="s">
+      <c r="D592" t="s">
         <v>19</v>
       </c>
-      <c r="E592" s="13">
+      <c r="E592" s="5">
         <v>57890</v>
       </c>
-      <c r="F592" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G592" s="14" t="s">
+      <c r="F592" t="s">
+        <v>14</v>
+      </c>
+      <c r="G592" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="H592" s="10" t="s">
+      <c r="H592" t="s">
         <v>1737</v>
       </c>
-      <c r="I592" s="10" t="s">
+      <c r="I592" t="s">
         <v>22</v>
       </c>
-      <c r="J592" s="10"/>
-[...1 lines deleted...]
-      <c r="L592" s="10"/>
     </row>
     <row r="593" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A593" s="11">
-[...2 lines deleted...]
-      <c r="B593" s="11">
+      <c r="A593" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B593" s="3">
         <v>8</v>
       </c>
-      <c r="C593" s="12">
+      <c r="C593" s="4">
         <v>45874</v>
       </c>
-      <c r="D593" s="10" t="s">
+      <c r="D593" t="s">
         <v>1738</v>
       </c>
-      <c r="E593" s="13">
+      <c r="E593" s="5">
         <v>1000000</v>
       </c>
-      <c r="F593" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G593" s="14" t="s">
+      <c r="F593" t="s">
+        <v>14</v>
+      </c>
+      <c r="G593" s="6" t="s">
         <v>1739</v>
       </c>
-      <c r="H593" s="10" t="s">
+      <c r="H593" t="s">
         <v>1740</v>
       </c>
-      <c r="I593" s="10" t="s">
+      <c r="I593" t="s">
         <v>1741</v>
       </c>
-      <c r="J593" s="10"/>
-[...1 lines deleted...]
-      <c r="L593" s="10"/>
     </row>
     <row r="594" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A594" s="11">
-[...2 lines deleted...]
-      <c r="B594" s="11">
+      <c r="A594" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B594" s="3">
         <v>8</v>
       </c>
-      <c r="C594" s="12">
+      <c r="C594" s="4">
         <v>45875</v>
       </c>
-      <c r="D594" s="10" t="s">
+      <c r="D594" t="s">
         <v>1742</v>
       </c>
-      <c r="E594" s="13">
+      <c r="E594" s="5">
         <v>250000</v>
       </c>
-      <c r="F594" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G594" s="14" t="s">
+      <c r="F594" t="s">
+        <v>14</v>
+      </c>
+      <c r="G594" s="6" t="s">
         <v>1743</v>
       </c>
-      <c r="H594" s="10" t="s">
+      <c r="H594" t="s">
         <v>1744</v>
       </c>
-      <c r="I594" s="10" t="s">
+      <c r="I594" t="s">
         <v>1745</v>
       </c>
-      <c r="J594" s="10"/>
-[...1 lines deleted...]
-      <c r="L594" s="10"/>
     </row>
     <row r="595" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A595" s="11">
-[...2 lines deleted...]
-      <c r="B595" s="11">
+      <c r="A595" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B595" s="3">
         <v>8</v>
       </c>
-      <c r="C595" s="12">
+      <c r="C595" s="4">
         <v>45875</v>
       </c>
-      <c r="D595" s="10" t="s">
+      <c r="D595" t="s">
         <v>1746</v>
       </c>
-      <c r="E595" s="13">
+      <c r="E595" s="5">
         <v>2500000</v>
       </c>
-      <c r="F595" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G595" s="14" t="s">
+      <c r="F595" t="s">
+        <v>14</v>
+      </c>
+      <c r="G595" s="6" t="s">
         <v>1747</v>
       </c>
-      <c r="H595" s="10" t="s">
+      <c r="H595" t="s">
         <v>1748</v>
       </c>
-      <c r="I595" s="10" t="s">
+      <c r="I595" t="s">
         <v>1749</v>
       </c>
-      <c r="J595" s="10"/>
-[...1 lines deleted...]
-      <c r="L595" s="10"/>
     </row>
     <row r="596" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A596" s="11">
-[...2 lines deleted...]
-      <c r="B596" s="11">
+      <c r="A596" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B596" s="3">
         <v>8</v>
       </c>
-      <c r="C596" s="12">
+      <c r="C596" s="4">
         <v>45880</v>
       </c>
-      <c r="D596" s="10" t="s">
+      <c r="D596" t="s">
         <v>1750</v>
       </c>
-      <c r="E596" s="13">
+      <c r="E596" s="5">
         <v>850000</v>
       </c>
-      <c r="F596" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G596" s="14" t="s">
+      <c r="F596" t="s">
+        <v>14</v>
+      </c>
+      <c r="G596" s="6" t="s">
         <v>1751</v>
       </c>
-      <c r="H596" s="10" t="s">
+      <c r="H596" t="s">
         <v>1752</v>
       </c>
-      <c r="I596" s="10" t="s">
+      <c r="I596" t="s">
         <v>1753</v>
       </c>
-      <c r="J596" s="10"/>
-[...1 lines deleted...]
-      <c r="L596" s="10"/>
     </row>
     <row r="597" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A597" s="11">
-[...2 lines deleted...]
-      <c r="B597" s="11">
+      <c r="A597" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B597" s="3">
         <v>8</v>
       </c>
-      <c r="C597" s="12">
+      <c r="C597" s="4">
         <v>45874</v>
       </c>
-      <c r="D597" s="10" t="s">
+      <c r="D597" t="s">
         <v>209</v>
       </c>
-      <c r="E597" s="13">
+      <c r="E597" s="5">
         <v>13686943</v>
       </c>
-      <c r="F597" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G597" s="14" t="s">
+      <c r="F597" t="s">
+        <v>14</v>
+      </c>
+      <c r="G597" s="6" t="s">
         <v>210</v>
       </c>
-      <c r="H597" s="10" t="s">
+      <c r="H597" t="s">
         <v>1754</v>
       </c>
-      <c r="I597" s="10" t="s">
+      <c r="I597" t="s">
         <v>22</v>
       </c>
-      <c r="J597" s="10"/>
-[...1 lines deleted...]
-      <c r="L597" s="10"/>
     </row>
     <row r="598" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A598" s="11">
-[...2 lines deleted...]
-      <c r="B598" s="11">
+      <c r="A598" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B598" s="3">
         <v>8</v>
       </c>
-      <c r="C598" s="12">
+      <c r="C598" s="4">
         <v>45874</v>
       </c>
-      <c r="D598" s="10" t="s">
+      <c r="D598" t="s">
         <v>176</v>
       </c>
-      <c r="E598" s="13">
+      <c r="E598" s="5">
         <v>158519</v>
       </c>
-      <c r="F598" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G598" s="14" t="s">
+      <c r="F598" t="s">
+        <v>14</v>
+      </c>
+      <c r="G598" s="6" t="s">
         <v>177</v>
       </c>
-      <c r="H598" s="10" t="s">
+      <c r="H598" t="s">
         <v>1754</v>
       </c>
-      <c r="I598" s="10" t="s">
+      <c r="I598" t="s">
         <v>22</v>
       </c>
-      <c r="J598" s="10"/>
-[...1 lines deleted...]
-      <c r="L598" s="10"/>
     </row>
     <row r="599" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A599" s="11">
-[...2 lines deleted...]
-      <c r="B599" s="11">
+      <c r="A599" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B599" s="3">
         <v>8</v>
       </c>
-      <c r="C599" s="12">
+      <c r="C599" s="4">
         <v>45874</v>
       </c>
-      <c r="D599" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E599" s="13">
+      <c r="D599" t="s">
+        <v>23</v>
+      </c>
+      <c r="E599" s="5">
         <v>70000</v>
       </c>
-      <c r="F599" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H599" s="10" t="s">
+      <c r="F599" t="s">
+        <v>14</v>
+      </c>
+      <c r="G599" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H599" t="s">
         <v>1755</v>
       </c>
-      <c r="I599" s="10" t="s">
+      <c r="I599" t="s">
         <v>1756</v>
       </c>
-      <c r="J599" s="10" t="s">
+      <c r="J599" t="s">
         <v>1757</v>
       </c>
-      <c r="K599" s="10" t="s">
+      <c r="K599" t="s">
         <v>441</v>
       </c>
-      <c r="L599" s="10" t="s">
+      <c r="L599" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="600" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A600" s="11">
-[...2 lines deleted...]
-      <c r="B600" s="11">
+      <c r="A600" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B600" s="3">
         <v>8</v>
       </c>
-      <c r="C600" s="12">
+      <c r="C600" s="4">
         <v>45874</v>
       </c>
-      <c r="D600" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E600" s="13">
+      <c r="D600" t="s">
+        <v>23</v>
+      </c>
+      <c r="E600" s="5">
         <v>60000</v>
       </c>
-      <c r="F600" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H600" s="10" t="s">
+      <c r="F600" t="s">
+        <v>14</v>
+      </c>
+      <c r="G600" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H600" t="s">
         <v>1758</v>
       </c>
-      <c r="I600" s="10" t="s">
+      <c r="I600" t="s">
         <v>1759</v>
       </c>
-      <c r="J600" s="10" t="s">
+      <c r="J600" t="s">
         <v>1760</v>
       </c>
-      <c r="K600" s="10" t="s">
+      <c r="K600" t="s">
         <v>1761</v>
       </c>
-      <c r="L600" s="10" t="s">
+      <c r="L600" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="601" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A601" s="11">
-[...2 lines deleted...]
-      <c r="B601" s="11">
+      <c r="A601" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B601" s="3">
         <v>8</v>
       </c>
-      <c r="C601" s="12">
+      <c r="C601" s="4">
         <v>45874</v>
       </c>
-      <c r="D601" s="10" t="s">
+      <c r="D601" t="s">
         <v>46</v>
       </c>
-      <c r="E601" s="13">
+      <c r="E601" s="5">
         <v>200000</v>
       </c>
-      <c r="F601" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G601" s="14" t="s">
+      <c r="F601" t="s">
+        <v>14</v>
+      </c>
+      <c r="G601" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="H601" s="10" t="s">
+      <c r="H601" t="s">
         <v>1762</v>
       </c>
-      <c r="I601" s="10" t="s">
+      <c r="I601" t="s">
         <v>834</v>
       </c>
-      <c r="J601" s="10" t="s">
+      <c r="J601" t="s">
         <v>835</v>
       </c>
-      <c r="K601" s="10" t="s">
+      <c r="K601" t="s">
         <v>217</v>
       </c>
-      <c r="L601" s="10" t="s">
+      <c r="L601" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="602" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A602" s="11">
-[...2 lines deleted...]
-      <c r="B602" s="11">
+      <c r="A602" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B602" s="3">
         <v>8</v>
       </c>
-      <c r="C602" s="12">
+      <c r="C602" s="4">
         <v>45874</v>
       </c>
-      <c r="D602" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E602" s="13">
+      <c r="D602" t="s">
+        <v>23</v>
+      </c>
+      <c r="E602" s="5">
         <v>200000</v>
       </c>
-      <c r="F602" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H602" s="10" t="s">
+      <c r="F602" t="s">
+        <v>14</v>
+      </c>
+      <c r="G602" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H602" t="s">
         <v>1763</v>
       </c>
-      <c r="I602" s="10" t="s">
+      <c r="I602" t="s">
         <v>1021</v>
       </c>
-      <c r="J602" s="10" t="s">
+      <c r="J602" t="s">
         <v>1022</v>
       </c>
-      <c r="K602" s="10" t="s">
+      <c r="K602" t="s">
         <v>1023</v>
       </c>
-      <c r="L602" s="10" t="s">
+      <c r="L602" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="603" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A603" s="11">
-[...2 lines deleted...]
-      <c r="B603" s="11">
+      <c r="A603" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B603" s="3">
         <v>8</v>
       </c>
-      <c r="C603" s="12">
+      <c r="C603" s="4">
         <v>45874</v>
       </c>
-      <c r="D603" s="10" t="s">
+      <c r="D603" t="s">
         <v>46</v>
       </c>
-      <c r="E603" s="13">
+      <c r="E603" s="5">
         <v>180000</v>
       </c>
-      <c r="F603" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G603" s="14" t="s">
+      <c r="F603" t="s">
+        <v>14</v>
+      </c>
+      <c r="G603" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="H603" s="10" t="s">
+      <c r="H603" t="s">
         <v>1764</v>
       </c>
-      <c r="I603" s="10" t="s">
+      <c r="I603" t="s">
         <v>1765</v>
       </c>
-      <c r="J603" s="10" t="s">
+      <c r="J603" t="s">
         <v>1766</v>
       </c>
-      <c r="K603" s="10" t="s">
+      <c r="K603" t="s">
         <v>1767</v>
       </c>
-      <c r="L603" s="10" t="s">
+      <c r="L603" t="s">
         <v>1768</v>
       </c>
     </row>
     <row r="604" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A604" s="11">
-[...2 lines deleted...]
-      <c r="B604" s="11">
+      <c r="A604" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B604" s="3">
         <v>8</v>
       </c>
-      <c r="C604" s="12">
+      <c r="C604" s="4">
         <v>45877</v>
       </c>
-      <c r="D604" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E604" s="13">
+      <c r="D604" t="s">
+        <v>23</v>
+      </c>
+      <c r="E604" s="5">
         <v>150000</v>
       </c>
-      <c r="F604" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H604" s="10" t="s">
+      <c r="F604" t="s">
+        <v>14</v>
+      </c>
+      <c r="G604" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H604" t="s">
         <v>1769</v>
       </c>
-      <c r="I604" s="10" t="s">
+      <c r="I604" t="s">
         <v>1770</v>
       </c>
-      <c r="J604" s="10" t="s">
+      <c r="J604" t="s">
         <v>1771</v>
       </c>
-      <c r="K604" s="10" t="s">
+      <c r="K604" t="s">
         <v>1114</v>
       </c>
-      <c r="L604" s="10" t="s">
+      <c r="L604" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="605" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A605" s="11">
-[...2 lines deleted...]
-      <c r="B605" s="11">
+      <c r="A605" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B605" s="3">
         <v>8</v>
       </c>
-      <c r="C605" s="12">
+      <c r="C605" s="4">
         <v>45877</v>
       </c>
-      <c r="D605" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E605" s="13">
+      <c r="D605" t="s">
+        <v>23</v>
+      </c>
+      <c r="E605" s="5">
         <v>200000</v>
       </c>
-      <c r="F605" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H605" s="10" t="s">
+      <c r="F605" t="s">
+        <v>14</v>
+      </c>
+      <c r="G605" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H605" t="s">
         <v>1772</v>
       </c>
-      <c r="I605" s="10" t="s">
+      <c r="I605" t="s">
         <v>1773</v>
       </c>
-      <c r="J605" s="10" t="s">
+      <c r="J605" t="s">
         <v>1774</v>
       </c>
-      <c r="K605" s="10" t="s">
+      <c r="K605" t="s">
         <v>52</v>
       </c>
-      <c r="L605" s="10" t="s">
+      <c r="L605" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="606" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A606" s="11">
-[...2 lines deleted...]
-      <c r="B606" s="11">
+      <c r="A606" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B606" s="3">
         <v>8</v>
       </c>
-      <c r="C606" s="12">
+      <c r="C606" s="4">
         <v>45877</v>
       </c>
-      <c r="D606" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E606" s="13">
+      <c r="D606" t="s">
+        <v>23</v>
+      </c>
+      <c r="E606" s="5">
         <v>200000</v>
       </c>
-      <c r="F606" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H606" s="10" t="s">
+      <c r="F606" t="s">
+        <v>14</v>
+      </c>
+      <c r="G606" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H606" t="s">
         <v>1775</v>
       </c>
-      <c r="I606" s="10" t="s">
+      <c r="I606" t="s">
         <v>1776</v>
       </c>
-      <c r="J606" s="10" t="s">
+      <c r="J606" t="s">
         <v>1777</v>
       </c>
-      <c r="K606" s="10" t="s">
+      <c r="K606" t="s">
         <v>1176</v>
       </c>
-      <c r="L606" s="10" t="s">
+      <c r="L606" t="s">
         <v>1176</v>
       </c>
     </row>
     <row r="607" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A607" s="11">
-[...2 lines deleted...]
-      <c r="B607" s="11">
+      <c r="A607" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B607" s="3">
         <v>8</v>
       </c>
-      <c r="C607" s="12">
+      <c r="C607" s="4">
         <v>45877</v>
       </c>
-      <c r="D607" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E607" s="13">
+      <c r="D607" t="s">
+        <v>23</v>
+      </c>
+      <c r="E607" s="5">
         <v>500000</v>
       </c>
-      <c r="F607" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H607" s="10" t="s">
+      <c r="F607" t="s">
+        <v>14</v>
+      </c>
+      <c r="G607" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H607" t="s">
         <v>1778</v>
       </c>
-      <c r="I607" s="10" t="s">
+      <c r="I607" t="s">
         <v>1779</v>
       </c>
-      <c r="J607" s="10" t="s">
+      <c r="J607" t="s">
         <v>1780</v>
       </c>
-      <c r="K607" s="10" t="s">
+      <c r="K607" t="s">
         <v>483</v>
       </c>
-      <c r="L607" s="10" t="s">
+      <c r="L607" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="608" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A608" s="11">
-[...2 lines deleted...]
-      <c r="B608" s="11">
+      <c r="A608" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B608" s="3">
         <v>8</v>
       </c>
-      <c r="C608" s="12">
+      <c r="C608" s="4">
         <v>45877</v>
       </c>
-      <c r="D608" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E608" s="13">
+      <c r="D608" t="s">
+        <v>23</v>
+      </c>
+      <c r="E608" s="5">
         <v>60000</v>
       </c>
-      <c r="F608" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H608" s="10" t="s">
+      <c r="F608" t="s">
+        <v>14</v>
+      </c>
+      <c r="G608" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H608" t="s">
         <v>1781</v>
       </c>
-      <c r="I608" s="10" t="s">
+      <c r="I608" t="s">
         <v>1782</v>
       </c>
-      <c r="J608" s="10" t="s">
+      <c r="J608" t="s">
         <v>1783</v>
       </c>
-      <c r="K608" s="10" t="s">
+      <c r="K608" t="s">
         <v>1309</v>
       </c>
-      <c r="L608" s="10" t="s">
+      <c r="L608" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="609" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A609" s="11">
-[...2 lines deleted...]
-      <c r="B609" s="11">
+      <c r="A609" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B609" s="3">
         <v>8</v>
       </c>
-      <c r="C609" s="12">
+      <c r="C609" s="4">
         <v>45877</v>
       </c>
-      <c r="D609" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E609" s="13">
+      <c r="D609" t="s">
+        <v>23</v>
+      </c>
+      <c r="E609" s="5">
         <v>200000</v>
       </c>
-      <c r="F609" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H609" s="10" t="s">
+      <c r="F609" t="s">
+        <v>14</v>
+      </c>
+      <c r="G609" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H609" t="s">
         <v>1784</v>
       </c>
-      <c r="I609" s="10" t="s">
+      <c r="I609" t="s">
         <v>1785</v>
       </c>
-      <c r="J609" s="10" t="s">
+      <c r="J609" t="s">
         <v>1786</v>
       </c>
-      <c r="K609" s="10" t="s">
+      <c r="K609" t="s">
         <v>559</v>
       </c>
-      <c r="L609" s="10" t="s">
+      <c r="L609" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="610" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A610" s="11">
-[...2 lines deleted...]
-      <c r="B610" s="11">
+      <c r="A610" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B610" s="3">
         <v>8</v>
       </c>
-      <c r="C610" s="12">
+      <c r="C610" s="4">
         <v>45877</v>
       </c>
-      <c r="D610" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E610" s="13">
+      <c r="D610" t="s">
+        <v>23</v>
+      </c>
+      <c r="E610" s="5">
         <v>100000</v>
       </c>
-      <c r="F610" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H610" s="10" t="s">
+      <c r="F610" t="s">
+        <v>14</v>
+      </c>
+      <c r="G610" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H610" t="s">
         <v>1787</v>
       </c>
-      <c r="I610" s="10" t="s">
+      <c r="I610" t="s">
         <v>1788</v>
       </c>
-      <c r="J610" s="10" t="s">
+      <c r="J610" t="s">
         <v>1789</v>
       </c>
-      <c r="K610" s="10" t="s">
+      <c r="K610" t="s">
         <v>45</v>
       </c>
-      <c r="L610" s="10" t="s">
+      <c r="L610" t="s">
         <v>1696</v>
       </c>
     </row>
     <row r="611" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A611" s="11">
-[...2 lines deleted...]
-      <c r="B611" s="11">
+      <c r="A611" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B611" s="3">
         <v>8</v>
       </c>
-      <c r="C611" s="12">
+      <c r="C611" s="4">
         <v>45877</v>
       </c>
-      <c r="D611" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E611" s="13">
+      <c r="D611" t="s">
+        <v>23</v>
+      </c>
+      <c r="E611" s="5">
         <v>200000</v>
       </c>
-      <c r="F611" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H611" s="10" t="s">
+      <c r="F611" t="s">
+        <v>14</v>
+      </c>
+      <c r="G611" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H611" t="s">
         <v>1790</v>
       </c>
-      <c r="I611" s="10" t="s">
+      <c r="I611" t="s">
         <v>1791</v>
       </c>
-      <c r="J611" s="10" t="s">
+      <c r="J611" t="s">
         <v>1792</v>
       </c>
-      <c r="K611" s="10" t="s">
+      <c r="K611" t="s">
         <v>91</v>
       </c>
-      <c r="L611" s="10" t="s">
+      <c r="L611" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="612" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A612" s="11">
-[...2 lines deleted...]
-      <c r="B612" s="11">
+      <c r="A612" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B612" s="3">
         <v>8</v>
       </c>
-      <c r="C612" s="12">
+      <c r="C612" s="4">
         <v>45877</v>
       </c>
-      <c r="D612" s="10" t="s">
+      <c r="D612" t="s">
         <v>46</v>
       </c>
-      <c r="E612" s="13">
+      <c r="E612" s="5">
         <v>100000</v>
       </c>
-      <c r="F612" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G612" s="14" t="s">
+      <c r="F612" t="s">
+        <v>14</v>
+      </c>
+      <c r="G612" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="H612" s="10" t="s">
+      <c r="H612" t="s">
         <v>1793</v>
       </c>
-      <c r="I612" s="10" t="s">
+      <c r="I612" t="s">
         <v>234</v>
       </c>
-      <c r="J612" s="10" t="s">
+      <c r="J612" t="s">
         <v>235</v>
       </c>
-      <c r="K612" s="10" t="s">
+      <c r="K612" t="s">
         <v>236</v>
       </c>
-      <c r="L612" s="10" t="s">
+      <c r="L612" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="613" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A613" s="11">
-[...2 lines deleted...]
-      <c r="B613" s="11">
+      <c r="A613" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B613" s="3">
         <v>8</v>
       </c>
-      <c r="C613" s="12">
+      <c r="C613" s="4">
         <v>45877</v>
       </c>
-      <c r="D613" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E613" s="13">
+      <c r="D613" t="s">
+        <v>23</v>
+      </c>
+      <c r="E613" s="5">
         <v>150000</v>
       </c>
-      <c r="F613" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H613" s="10" t="s">
+      <c r="F613" t="s">
+        <v>14</v>
+      </c>
+      <c r="G613" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H613" t="s">
         <v>1794</v>
       </c>
-      <c r="I613" s="10" t="s">
+      <c r="I613" t="s">
         <v>1795</v>
       </c>
-      <c r="J613" s="10" t="s">
+      <c r="J613" t="s">
         <v>1796</v>
       </c>
-      <c r="K613" s="10" t="s">
+      <c r="K613" t="s">
         <v>1447</v>
       </c>
-      <c r="L613" s="10" t="s">
+      <c r="L613" t="s">
         <v>1149</v>
       </c>
     </row>
     <row r="614" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A614" s="11">
-[...2 lines deleted...]
-      <c r="B614" s="11">
+      <c r="A614" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B614" s="3">
         <v>8</v>
       </c>
-      <c r="C614" s="12">
+      <c r="C614" s="4">
         <v>45877</v>
       </c>
-      <c r="D614" s="10" t="s">
+      <c r="D614" t="s">
         <v>1797</v>
       </c>
-      <c r="E614" s="13">
+      <c r="E614" s="5">
         <v>2500000</v>
       </c>
-      <c r="F614" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G614" s="14" t="s">
+      <c r="F614" t="s">
+        <v>14</v>
+      </c>
+      <c r="G614" s="6" t="s">
         <v>1798</v>
       </c>
-      <c r="H614" s="10" t="s">
+      <c r="H614" t="s">
         <v>1799</v>
       </c>
-      <c r="I614" s="10" t="s">
+      <c r="I614" t="s">
         <v>1800</v>
       </c>
-      <c r="J614" s="10"/>
-[...1 lines deleted...]
-      <c r="L614" s="10"/>
     </row>
     <row r="615" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A615" s="11">
-[...2 lines deleted...]
-      <c r="B615" s="11">
+      <c r="A615" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B615" s="3">
         <v>8</v>
       </c>
-      <c r="C615" s="12">
+      <c r="C615" s="4">
         <v>45874</v>
       </c>
-      <c r="D615" s="10" t="s">
+      <c r="D615" t="s">
         <v>97</v>
       </c>
-      <c r="E615" s="13">
+      <c r="E615" s="5">
         <v>59000000</v>
       </c>
-      <c r="F615" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G615" s="14" t="s">
+      <c r="F615" t="s">
+        <v>14</v>
+      </c>
+      <c r="G615" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="H615" s="10" t="s">
+      <c r="H615" t="s">
         <v>1801</v>
       </c>
-      <c r="I615" s="10" t="s">
+      <c r="I615" t="s">
         <v>17</v>
       </c>
-      <c r="J615" s="10"/>
-[...1 lines deleted...]
-      <c r="L615" s="10"/>
     </row>
     <row r="616" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A616" s="11">
-[...2 lines deleted...]
-      <c r="B616" s="11">
+      <c r="A616" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B616" s="3">
         <v>8</v>
       </c>
-      <c r="C616" s="12">
+      <c r="C616" s="4">
         <v>45874</v>
       </c>
-      <c r="D616" s="10" t="s">
+      <c r="D616" t="s">
         <v>97</v>
       </c>
-      <c r="E616" s="13">
+      <c r="E616" s="5">
         <v>8034000</v>
       </c>
-      <c r="F616" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G616" s="14" t="s">
+      <c r="F616" t="s">
+        <v>14</v>
+      </c>
+      <c r="G616" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="H616" s="10" t="s">
+      <c r="H616" t="s">
         <v>1802</v>
       </c>
-      <c r="I616" s="10" t="s">
+      <c r="I616" t="s">
         <v>17</v>
       </c>
-      <c r="J616" s="10"/>
-[...1 lines deleted...]
-      <c r="L616" s="10"/>
     </row>
     <row r="617" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A617" s="11">
-[...2 lines deleted...]
-      <c r="B617" s="11">
+      <c r="A617" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B617" s="3">
         <v>8</v>
       </c>
-      <c r="C617" s="12">
+      <c r="C617" s="4">
         <v>45877</v>
       </c>
-      <c r="D617" s="10" t="s">
+      <c r="D617" t="s">
         <v>1803</v>
       </c>
-      <c r="E617" s="13">
+      <c r="E617" s="5">
         <v>5000000</v>
       </c>
-      <c r="F617" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G617" s="14" t="s">
+      <c r="F617" t="s">
+        <v>14</v>
+      </c>
+      <c r="G617" s="6" t="s">
         <v>1804</v>
       </c>
-      <c r="H617" s="10" t="s">
+      <c r="H617" t="s">
         <v>1805</v>
       </c>
-      <c r="I617" s="10" t="s">
+      <c r="I617" t="s">
         <v>1806</v>
       </c>
-      <c r="J617" s="10"/>
-[...1 lines deleted...]
-      <c r="L617" s="10"/>
     </row>
     <row r="618" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A618" s="11">
-[...2 lines deleted...]
-      <c r="B618" s="11">
+      <c r="A618" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B618" s="3">
         <v>8</v>
       </c>
-      <c r="C618" s="12">
+      <c r="C618" s="4">
         <v>45876</v>
       </c>
-      <c r="D618" s="10" t="s">
+      <c r="D618" t="s">
         <v>550</v>
       </c>
-      <c r="E618" s="13">
+      <c r="E618" s="5">
         <v>1000000</v>
       </c>
-      <c r="F618" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G618" s="14" t="s">
+      <c r="F618" t="s">
+        <v>14</v>
+      </c>
+      <c r="G618" s="6" t="s">
         <v>551</v>
       </c>
-      <c r="H618" s="10" t="s">
+      <c r="H618" t="s">
         <v>900</v>
       </c>
-      <c r="I618" s="10" t="s">
+      <c r="I618" t="s">
         <v>553</v>
       </c>
-      <c r="J618" s="10"/>
-[...1 lines deleted...]
-      <c r="L618" s="10"/>
     </row>
     <row r="619" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A619" s="11">
-[...2 lines deleted...]
-      <c r="B619" s="11">
+      <c r="A619" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B619" s="3">
         <v>8</v>
       </c>
-      <c r="C619" s="12">
+      <c r="C619" s="4">
         <v>45877</v>
       </c>
-      <c r="D619" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E619" s="13">
+      <c r="D619" t="s">
+        <v>23</v>
+      </c>
+      <c r="E619" s="5">
         <v>200000</v>
       </c>
-      <c r="F619" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H619" s="10" t="s">
+      <c r="F619" t="s">
+        <v>14</v>
+      </c>
+      <c r="G619" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H619" t="s">
         <v>1807</v>
       </c>
-      <c r="I619" s="10" t="s">
+      <c r="I619" t="s">
         <v>415</v>
       </c>
-      <c r="J619" s="10" t="s">
+      <c r="J619" t="s">
         <v>416</v>
       </c>
-      <c r="K619" s="10" t="s">
+      <c r="K619" t="s">
         <v>417</v>
       </c>
-      <c r="L619" s="10" t="s">
+      <c r="L619" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="620" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A620" s="11">
-[...2 lines deleted...]
-      <c r="B620" s="11">
+      <c r="A620" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B620" s="3">
         <v>8</v>
       </c>
-      <c r="C620" s="12">
+      <c r="C620" s="4">
         <v>45880</v>
       </c>
-      <c r="D620" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E620" s="13">
+      <c r="D620" t="s">
+        <v>23</v>
+      </c>
+      <c r="E620" s="5">
         <v>200000</v>
       </c>
-      <c r="F620" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H620" s="10" t="s">
+      <c r="F620" t="s">
+        <v>14</v>
+      </c>
+      <c r="G620" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H620" t="s">
         <v>1808</v>
       </c>
-      <c r="I620" s="10" t="s">
+      <c r="I620" t="s">
         <v>1809</v>
       </c>
-      <c r="J620" s="10" t="s">
+      <c r="J620" t="s">
         <v>1810</v>
       </c>
-      <c r="K620" s="10" t="s">
+      <c r="K620" t="s">
         <v>51</v>
       </c>
-      <c r="L620" s="10" t="s">
+      <c r="L620" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="621" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A621" s="11">
-[...2 lines deleted...]
-      <c r="B621" s="11">
+      <c r="A621" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B621" s="3">
         <v>8</v>
       </c>
-      <c r="C621" s="12">
+      <c r="C621" s="4">
         <v>45881</v>
       </c>
-      <c r="D621" s="10" t="s">
+      <c r="D621" t="s">
         <v>1811</v>
       </c>
-      <c r="E621" s="13">
+      <c r="E621" s="5">
         <v>1000000</v>
       </c>
-      <c r="F621" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G621" s="14" t="s">
+      <c r="F621" t="s">
+        <v>14</v>
+      </c>
+      <c r="G621" s="6" t="s">
         <v>1812</v>
       </c>
-      <c r="H621" s="10" t="s">
+      <c r="H621" t="s">
         <v>1813</v>
       </c>
-      <c r="I621" s="10" t="s">
+      <c r="I621" t="s">
         <v>1814</v>
       </c>
-      <c r="J621" s="10"/>
-[...1 lines deleted...]
-      <c r="L621" s="10"/>
     </row>
     <row r="622" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A622" s="11">
-[...2 lines deleted...]
-      <c r="B622" s="11">
+      <c r="A622" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B622" s="3">
         <v>8</v>
       </c>
-      <c r="C622" s="12">
+      <c r="C622" s="4">
         <v>45896</v>
       </c>
-      <c r="D622" s="10" t="s">
+      <c r="D622" t="s">
         <v>1815</v>
       </c>
-      <c r="E622" s="13">
+      <c r="E622" s="5">
         <v>1000000</v>
       </c>
-      <c r="F622" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G622" s="14" t="s">
+      <c r="F622" t="s">
+        <v>14</v>
+      </c>
+      <c r="G622" s="6" t="s">
         <v>1816</v>
       </c>
-      <c r="H622" s="10" t="s">
+      <c r="H622" t="s">
         <v>1817</v>
       </c>
-      <c r="I622" s="10" t="s">
+      <c r="I622" t="s">
         <v>1818</v>
       </c>
-      <c r="J622" s="10"/>
-[...1 lines deleted...]
-      <c r="L622" s="10"/>
     </row>
     <row r="623" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A623" s="11">
-[...2 lines deleted...]
-      <c r="B623" s="11">
+      <c r="A623" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B623" s="3">
         <v>8</v>
       </c>
-      <c r="C623" s="12">
+      <c r="C623" s="4">
         <v>45881</v>
       </c>
-      <c r="D623" s="10" t="s">
+      <c r="D623" t="s">
         <v>13</v>
       </c>
-      <c r="E623" s="13">
+      <c r="E623" s="5">
         <v>890367</v>
       </c>
-      <c r="F623" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G623" s="14" t="s">
+      <c r="F623" t="s">
+        <v>14</v>
+      </c>
+      <c r="G623" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="H623" s="10" t="s">
+      <c r="H623" t="s">
         <v>1819</v>
       </c>
-      <c r="I623" s="10" t="s">
+      <c r="I623" t="s">
         <v>17</v>
       </c>
-      <c r="J623" s="10"/>
-[...1 lines deleted...]
-      <c r="L623" s="10"/>
     </row>
     <row r="624" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A624" s="11">
-[...2 lines deleted...]
-      <c r="B624" s="11">
+      <c r="A624" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B624" s="3">
         <v>8</v>
       </c>
-      <c r="C624" s="12">
+      <c r="C624" s="4">
         <v>45881</v>
       </c>
-      <c r="D624" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E624" s="13">
+      <c r="D624" t="s">
+        <v>23</v>
+      </c>
+      <c r="E624" s="5">
         <v>60000</v>
       </c>
-      <c r="F624" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H624" s="10" t="s">
+      <c r="F624" t="s">
+        <v>14</v>
+      </c>
+      <c r="G624" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H624" t="s">
         <v>1820</v>
       </c>
-      <c r="I624" s="10" t="s">
+      <c r="I624" t="s">
         <v>1821</v>
       </c>
-      <c r="J624" s="10" t="s">
+      <c r="J624" t="s">
         <v>1822</v>
       </c>
-      <c r="K624" s="10" t="s">
+      <c r="K624" t="s">
         <v>1823</v>
       </c>
-      <c r="L624" s="10" t="s">
+      <c r="L624" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="625" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A625" s="11">
-[...2 lines deleted...]
-      <c r="B625" s="11">
+      <c r="A625" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B625" s="3">
         <v>8</v>
       </c>
-      <c r="C625" s="12">
+      <c r="C625" s="4">
         <v>45881</v>
       </c>
-      <c r="D625" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E625" s="13">
+      <c r="D625" t="s">
+        <v>23</v>
+      </c>
+      <c r="E625" s="5">
         <v>200000</v>
       </c>
-      <c r="F625" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H625" s="10" t="s">
+      <c r="F625" t="s">
+        <v>14</v>
+      </c>
+      <c r="G625" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H625" t="s">
         <v>1824</v>
       </c>
-      <c r="I625" s="10" t="s">
+      <c r="I625" t="s">
         <v>1825</v>
       </c>
-      <c r="J625" s="10" t="s">
+      <c r="J625" t="s">
         <v>1826</v>
       </c>
-      <c r="K625" s="10" t="s">
+      <c r="K625" t="s">
         <v>441</v>
       </c>
-      <c r="L625" s="10" t="s">
+      <c r="L625" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="626" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A626" s="11">
-[...2 lines deleted...]
-      <c r="B626" s="11">
+      <c r="A626" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B626" s="3">
         <v>8</v>
       </c>
-      <c r="C626" s="12">
+      <c r="C626" s="4">
         <v>45881</v>
       </c>
-      <c r="D626" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E626" s="13">
+      <c r="D626" t="s">
+        <v>23</v>
+      </c>
+      <c r="E626" s="5">
         <v>500000</v>
       </c>
-      <c r="F626" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H626" s="10" t="s">
+      <c r="F626" t="s">
+        <v>14</v>
+      </c>
+      <c r="G626" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H626" t="s">
         <v>1827</v>
       </c>
-      <c r="I626" s="10" t="s">
+      <c r="I626" t="s">
         <v>1828</v>
       </c>
-      <c r="J626" s="10" t="s">
+      <c r="J626" t="s">
         <v>1829</v>
       </c>
-      <c r="K626" s="10" t="s">
+      <c r="K626" t="s">
         <v>1176</v>
       </c>
-      <c r="L626" s="10" t="s">
+      <c r="L626" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="627" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A627" s="11">
-[...2 lines deleted...]
-      <c r="B627" s="11">
+      <c r="A627" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B627" s="3">
         <v>8</v>
       </c>
-      <c r="C627" s="12">
+      <c r="C627" s="4">
         <v>45881</v>
       </c>
-      <c r="D627" s="10" t="s">
+      <c r="D627" t="s">
         <v>46</v>
       </c>
-      <c r="E627" s="13">
+      <c r="E627" s="5">
         <v>80000</v>
       </c>
-      <c r="F627" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G627" s="14" t="s">
+      <c r="F627" t="s">
+        <v>14</v>
+      </c>
+      <c r="G627" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="H627" s="10" t="s">
+      <c r="H627" t="s">
         <v>1830</v>
       </c>
-      <c r="I627" s="10" t="s">
+      <c r="I627" t="s">
         <v>1831</v>
       </c>
-      <c r="J627" s="10" t="s">
+      <c r="J627" t="s">
         <v>1832</v>
       </c>
-      <c r="K627" s="10" t="s">
+      <c r="K627" t="s">
         <v>1833</v>
       </c>
-      <c r="L627" s="10" t="s">
+      <c r="L627" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="628" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A628" s="11">
-[...2 lines deleted...]
-      <c r="B628" s="11">
+      <c r="A628" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B628" s="3">
         <v>8</v>
       </c>
-      <c r="C628" s="12">
+      <c r="C628" s="4">
         <v>45881</v>
       </c>
-      <c r="D628" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E628" s="13">
+      <c r="D628" t="s">
+        <v>23</v>
+      </c>
+      <c r="E628" s="5">
         <v>100000</v>
       </c>
-      <c r="F628" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H628" s="10" t="s">
+      <c r="F628" t="s">
+        <v>14</v>
+      </c>
+      <c r="G628" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H628" t="s">
         <v>1834</v>
       </c>
-      <c r="I628" s="10" t="s">
+      <c r="I628" t="s">
         <v>1835</v>
       </c>
-      <c r="J628" s="10" t="s">
+      <c r="J628" t="s">
         <v>1836</v>
       </c>
-      <c r="K628" s="10" t="s">
+      <c r="K628" t="s">
         <v>1837</v>
       </c>
-      <c r="L628" s="10" t="s">
+      <c r="L628" t="s">
         <v>1838</v>
       </c>
     </row>
     <row r="629" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A629" s="11">
-[...2 lines deleted...]
-      <c r="B629" s="11">
+      <c r="A629" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B629" s="3">
         <v>8</v>
       </c>
-      <c r="C629" s="12">
+      <c r="C629" s="4">
         <v>45881</v>
       </c>
-      <c r="D629" s="10" t="s">
+      <c r="D629" t="s">
         <v>46</v>
       </c>
-      <c r="E629" s="13">
+      <c r="E629" s="5">
         <v>80000</v>
       </c>
-      <c r="F629" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G629" s="14" t="s">
+      <c r="F629" t="s">
+        <v>14</v>
+      </c>
+      <c r="G629" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="H629" s="10" t="s">
+      <c r="H629" t="s">
         <v>1839</v>
       </c>
-      <c r="I629" s="10" t="s">
+      <c r="I629" t="s">
         <v>1840</v>
       </c>
-      <c r="J629" s="10" t="s">
+      <c r="J629" t="s">
         <v>1841</v>
       </c>
-      <c r="K629" s="10" t="s">
+      <c r="K629" t="s">
         <v>228</v>
       </c>
-      <c r="L629" s="10" t="s">
+      <c r="L629" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="630" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A630" s="11">
-[...2 lines deleted...]
-      <c r="B630" s="11">
+      <c r="A630" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B630" s="3">
         <v>8</v>
       </c>
-      <c r="C630" s="12">
+      <c r="C630" s="4">
         <v>45881</v>
       </c>
-      <c r="D630" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E630" s="13">
+      <c r="D630" t="s">
+        <v>23</v>
+      </c>
+      <c r="E630" s="5">
         <v>100000</v>
       </c>
-      <c r="F630" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H630" s="10" t="s">
+      <c r="F630" t="s">
+        <v>14</v>
+      </c>
+      <c r="G630" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H630" t="s">
         <v>1842</v>
       </c>
-      <c r="I630" s="10" t="s">
+      <c r="I630" t="s">
         <v>1843</v>
       </c>
-      <c r="J630" s="10" t="s">
+      <c r="J630" t="s">
         <v>1844</v>
       </c>
-      <c r="K630" s="10" t="s">
+      <c r="K630" t="s">
         <v>325</v>
       </c>
-      <c r="L630" s="10" t="s">
+      <c r="L630" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="631" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A631" s="11">
-[...2 lines deleted...]
-      <c r="B631" s="11">
+      <c r="A631" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B631" s="3">
         <v>8</v>
       </c>
-      <c r="C631" s="12">
+      <c r="C631" s="4">
         <v>45881</v>
       </c>
-      <c r="D631" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E631" s="13">
+      <c r="D631" t="s">
+        <v>23</v>
+      </c>
+      <c r="E631" s="5">
         <v>80000</v>
       </c>
-      <c r="F631" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H631" s="10" t="s">
+      <c r="F631" t="s">
+        <v>14</v>
+      </c>
+      <c r="G631" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H631" t="s">
         <v>1845</v>
       </c>
-      <c r="I631" s="10" t="s">
+      <c r="I631" t="s">
         <v>1846</v>
       </c>
-      <c r="J631" s="10" t="s">
+      <c r="J631" t="s">
         <v>1847</v>
       </c>
-      <c r="K631" s="10" t="s">
+      <c r="K631" t="s">
         <v>371</v>
       </c>
-      <c r="L631" s="10" t="s">
+      <c r="L631" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="632" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A632" s="11">
-[...2 lines deleted...]
-      <c r="B632" s="11">
+      <c r="A632" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B632" s="3">
         <v>8</v>
       </c>
-      <c r="C632" s="12">
+      <c r="C632" s="4">
         <v>45881</v>
       </c>
-      <c r="D632" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E632" s="13">
+      <c r="D632" t="s">
+        <v>23</v>
+      </c>
+      <c r="E632" s="5">
         <v>60000</v>
       </c>
-      <c r="F632" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H632" s="10" t="s">
+      <c r="F632" t="s">
+        <v>14</v>
+      </c>
+      <c r="G632" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H632" t="s">
         <v>1848</v>
       </c>
-      <c r="I632" s="10" t="s">
+      <c r="I632" t="s">
         <v>1849</v>
       </c>
-      <c r="J632" s="10" t="s">
+      <c r="J632" t="s">
         <v>1850</v>
       </c>
-      <c r="K632" s="10" t="s">
+      <c r="K632" t="s">
         <v>546</v>
       </c>
-      <c r="L632" s="10" t="s">
+      <c r="L632" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="633" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A633" s="11">
-[...2 lines deleted...]
-      <c r="B633" s="11">
+      <c r="A633" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B633" s="3">
         <v>8</v>
       </c>
-      <c r="C633" s="12">
+      <c r="C633" s="4">
         <v>45881</v>
       </c>
-      <c r="D633" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E633" s="13">
+      <c r="D633" t="s">
+        <v>23</v>
+      </c>
+      <c r="E633" s="5">
         <v>200000</v>
       </c>
-      <c r="F633" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H633" s="10" t="s">
+      <c r="F633" t="s">
+        <v>14</v>
+      </c>
+      <c r="G633" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H633" t="s">
         <v>1851</v>
       </c>
-      <c r="I633" s="10" t="s">
+      <c r="I633" t="s">
         <v>1852</v>
       </c>
-      <c r="J633" s="10" t="s">
+      <c r="J633" t="s">
         <v>1853</v>
       </c>
-      <c r="K633" s="10" t="s">
+      <c r="K633" t="s">
         <v>1854</v>
       </c>
-      <c r="L633" s="10" t="s">
+      <c r="L633" t="s">
         <v>1855</v>
       </c>
     </row>
     <row r="634" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A634" s="11">
-[...2 lines deleted...]
-      <c r="B634" s="11">
+      <c r="A634" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B634" s="3">
         <v>8</v>
       </c>
-      <c r="C634" s="12">
+      <c r="C634" s="4">
         <v>45881</v>
       </c>
-      <c r="D634" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E634" s="13">
+      <c r="D634" t="s">
+        <v>23</v>
+      </c>
+      <c r="E634" s="5">
         <v>200000</v>
       </c>
-      <c r="F634" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H634" s="10" t="s">
+      <c r="F634" t="s">
+        <v>14</v>
+      </c>
+      <c r="G634" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H634" t="s">
         <v>1856</v>
       </c>
-      <c r="I634" s="10" t="s">
+      <c r="I634" t="s">
         <v>1857</v>
       </c>
-      <c r="J634" s="10" t="s">
+      <c r="J634" t="s">
         <v>1858</v>
       </c>
-      <c r="K634" s="10" t="s">
+      <c r="K634" t="s">
         <v>648</v>
       </c>
-      <c r="L634" s="10" t="s">
+      <c r="L634" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="635" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A635" s="11">
-[...2 lines deleted...]
-      <c r="B635" s="11">
+      <c r="A635" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B635" s="3">
         <v>8</v>
       </c>
-      <c r="C635" s="12">
+      <c r="C635" s="4">
         <v>45881</v>
       </c>
-      <c r="D635" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E635" s="13">
+      <c r="D635" t="s">
+        <v>23</v>
+      </c>
+      <c r="E635" s="5">
         <v>100000</v>
       </c>
-      <c r="F635" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H635" s="10" t="s">
+      <c r="F635" t="s">
+        <v>14</v>
+      </c>
+      <c r="G635" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H635" t="s">
         <v>1859</v>
       </c>
-      <c r="I635" s="10" t="s">
+      <c r="I635" t="s">
         <v>1860</v>
       </c>
-      <c r="J635" s="10" t="s">
+      <c r="J635" t="s">
         <v>1861</v>
       </c>
-      <c r="K635" s="10" t="s">
+      <c r="K635" t="s">
         <v>1862</v>
       </c>
-      <c r="L635" s="10" t="s">
+      <c r="L635" t="s">
         <v>1654</v>
       </c>
     </row>
     <row r="636" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A636" s="11">
-[...2 lines deleted...]
-      <c r="B636" s="11">
+      <c r="A636" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B636" s="3">
         <v>8</v>
       </c>
-      <c r="C636" s="12">
+      <c r="C636" s="4">
         <v>45881</v>
       </c>
-      <c r="D636" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E636" s="13">
+      <c r="D636" t="s">
+        <v>23</v>
+      </c>
+      <c r="E636" s="5">
         <v>90000</v>
       </c>
-      <c r="F636" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H636" s="10" t="s">
+      <c r="F636" t="s">
+        <v>14</v>
+      </c>
+      <c r="G636" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H636" t="s">
         <v>1863</v>
       </c>
-      <c r="I636" s="10" t="s">
+      <c r="I636" t="s">
         <v>1864</v>
       </c>
-      <c r="J636" s="10" t="s">
+      <c r="J636" t="s">
         <v>1865</v>
       </c>
-      <c r="K636" s="10" t="s">
+      <c r="K636" t="s">
         <v>66</v>
       </c>
-      <c r="L636" s="10" t="s">
+      <c r="L636" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="637" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A637" s="11">
-[...2 lines deleted...]
-      <c r="B637" s="11">
+      <c r="A637" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B637" s="3">
         <v>8</v>
       </c>
-      <c r="C637" s="12">
+      <c r="C637" s="4">
         <v>45880</v>
       </c>
-      <c r="D637" s="10" t="s">
+      <c r="D637" t="s">
         <v>97</v>
       </c>
-      <c r="E637" s="13">
+      <c r="E637" s="5">
         <v>32589000</v>
       </c>
-      <c r="F637" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G637" s="14" t="s">
+      <c r="F637" t="s">
+        <v>14</v>
+      </c>
+      <c r="G637" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="H637" s="10" t="s">
+      <c r="H637" t="s">
         <v>1866</v>
       </c>
-      <c r="I637" s="10" t="s">
+      <c r="I637" t="s">
         <v>17</v>
       </c>
-      <c r="J637" s="10"/>
-[...1 lines deleted...]
-      <c r="L637" s="10"/>
     </row>
     <row r="638" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A638" s="11">
-[...2 lines deleted...]
-      <c r="B638" s="11">
+      <c r="A638" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B638" s="3">
         <v>8</v>
       </c>
-      <c r="C638" s="12">
+      <c r="C638" s="4">
         <v>45887</v>
       </c>
-      <c r="D638" s="10" t="s">
+      <c r="D638" t="s">
         <v>527</v>
       </c>
-      <c r="E638" s="13">
+      <c r="E638" s="5">
         <v>171960</v>
       </c>
-      <c r="F638" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G638" s="14" t="s">
+      <c r="F638" t="s">
+        <v>14</v>
+      </c>
+      <c r="G638" s="6" t="s">
         <v>528</v>
       </c>
-      <c r="H638" s="10" t="s">
+      <c r="H638" t="s">
         <v>1867</v>
       </c>
-      <c r="I638" s="10" t="s">
+      <c r="I638" t="s">
         <v>530</v>
       </c>
-      <c r="J638" s="10"/>
-[...1 lines deleted...]
-      <c r="L638" s="10"/>
     </row>
     <row r="639" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A639" s="11">
-[...2 lines deleted...]
-      <c r="B639" s="11">
+      <c r="A639" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B639" s="3">
         <v>8</v>
       </c>
-      <c r="C639" s="12">
+      <c r="C639" s="4">
         <v>45887</v>
       </c>
-      <c r="D639" s="10" t="s">
+      <c r="D639" t="s">
         <v>527</v>
       </c>
-      <c r="E639" s="13">
+      <c r="E639" s="5">
         <v>34461</v>
       </c>
-      <c r="F639" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G639" s="14" t="s">
+      <c r="F639" t="s">
+        <v>14</v>
+      </c>
+      <c r="G639" s="6" t="s">
         <v>528</v>
       </c>
-      <c r="H639" s="10" t="s">
+      <c r="H639" t="s">
         <v>1868</v>
       </c>
-      <c r="I639" s="10" t="s">
+      <c r="I639" t="s">
         <v>530</v>
       </c>
-      <c r="J639" s="10"/>
-[...1 lines deleted...]
-      <c r="L639" s="10"/>
     </row>
     <row r="640" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A640" s="11">
-[...2 lines deleted...]
-      <c r="B640" s="11">
+      <c r="A640" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B640" s="3">
         <v>8</v>
       </c>
-      <c r="C640" s="12">
+      <c r="C640" s="4">
         <v>45891</v>
       </c>
-      <c r="D640" s="10" t="s">
+      <c r="D640" t="s">
         <v>182</v>
       </c>
-      <c r="E640" s="13">
+      <c r="E640" s="5">
         <v>142629</v>
       </c>
-      <c r="F640" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G640" s="14" t="s">
+      <c r="F640" t="s">
+        <v>14</v>
+      </c>
+      <c r="G640" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H640" s="10" t="s">
+      <c r="H640" t="s">
         <v>1869</v>
       </c>
-      <c r="I640" s="10" t="s">
+      <c r="I640" t="s">
         <v>803</v>
       </c>
-      <c r="J640" s="10" t="s">
+      <c r="J640" t="s">
         <v>804</v>
       </c>
-      <c r="K640" s="10" t="s">
+      <c r="K640" t="s">
         <v>147</v>
       </c>
-      <c r="L640" s="10" t="s">
+      <c r="L640" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="641" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A641" s="11">
-[...2 lines deleted...]
-      <c r="B641" s="11">
+      <c r="A641" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B641" s="3">
         <v>8</v>
       </c>
-      <c r="C641" s="12">
+      <c r="C641" s="4">
         <v>45891</v>
       </c>
-      <c r="D641" s="10" t="s">
+      <c r="D641" t="s">
         <v>182</v>
       </c>
-      <c r="E641" s="13">
+      <c r="E641" s="5">
         <v>115939</v>
       </c>
-      <c r="F641" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G641" s="14" t="s">
+      <c r="F641" t="s">
+        <v>14</v>
+      </c>
+      <c r="G641" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H641" s="10" t="s">
+      <c r="H641" t="s">
         <v>1870</v>
       </c>
-      <c r="I641" s="10" t="s">
+      <c r="I641" t="s">
         <v>803</v>
       </c>
-      <c r="J641" s="10" t="s">
+      <c r="J641" t="s">
         <v>804</v>
       </c>
-      <c r="K641" s="10" t="s">
+      <c r="K641" t="s">
         <v>147</v>
       </c>
-      <c r="L641" s="10" t="s">
+      <c r="L641" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="642" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A642" s="11">
-[...2 lines deleted...]
-      <c r="B642" s="11">
+      <c r="A642" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B642" s="3">
         <v>8</v>
       </c>
-      <c r="C642" s="12">
+      <c r="C642" s="4">
         <v>45889</v>
       </c>
-      <c r="D642" s="10" t="s">
+      <c r="D642" t="s">
         <v>1871</v>
       </c>
-      <c r="E642" s="13">
+      <c r="E642" s="5">
         <v>2500000</v>
       </c>
-      <c r="F642" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G642" s="14" t="s">
+      <c r="F642" t="s">
+        <v>14</v>
+      </c>
+      <c r="G642" s="6" t="s">
         <v>1872</v>
       </c>
-      <c r="H642" s="10" t="s">
+      <c r="H642" t="s">
         <v>1873</v>
       </c>
-      <c r="I642" s="10" t="s">
+      <c r="I642" t="s">
         <v>1874</v>
       </c>
-      <c r="J642" s="10"/>
-[...1 lines deleted...]
-      <c r="L642" s="10"/>
     </row>
     <row r="643" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A643" s="11">
-[...2 lines deleted...]
-      <c r="B643" s="11">
+      <c r="A643" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B643" s="3">
         <v>8</v>
       </c>
-      <c r="C643" s="12">
+      <c r="C643" s="4">
         <v>45891</v>
       </c>
-      <c r="D643" s="10" t="s">
+      <c r="D643" t="s">
         <v>182</v>
       </c>
-      <c r="E643" s="13">
+      <c r="E643" s="5">
         <v>145447</v>
       </c>
-      <c r="F643" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G643" s="14" t="s">
+      <c r="F643" t="s">
+        <v>14</v>
+      </c>
+      <c r="G643" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H643" s="10" t="s">
+      <c r="H643" t="s">
         <v>1875</v>
       </c>
-      <c r="I643" s="10" t="s">
+      <c r="I643" t="s">
         <v>803</v>
       </c>
-      <c r="J643" s="10" t="s">
+      <c r="J643" t="s">
         <v>804</v>
       </c>
-      <c r="K643" s="10" t="s">
+      <c r="K643" t="s">
         <v>147</v>
       </c>
-      <c r="L643" s="10" t="s">
+      <c r="L643" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="644" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A644" s="11">
-[...2 lines deleted...]
-      <c r="B644" s="11">
+      <c r="A644" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B644" s="3">
         <v>8</v>
       </c>
-      <c r="C644" s="12">
+      <c r="C644" s="4">
         <v>45890</v>
       </c>
-      <c r="D644" s="10" t="s">
+      <c r="D644" t="s">
         <v>34</v>
       </c>
-      <c r="E644" s="13">
+      <c r="E644" s="5">
         <v>2460920</v>
       </c>
-      <c r="F644" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G644" s="14" t="s">
+      <c r="F644" t="s">
+        <v>14</v>
+      </c>
+      <c r="G644" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="H644" s="10" t="s">
+      <c r="H644" t="s">
         <v>1876</v>
       </c>
-      <c r="I644" s="10" t="s">
+      <c r="I644" t="s">
         <v>1877</v>
       </c>
-      <c r="J644" s="10"/>
-[...1 lines deleted...]
-      <c r="L644" s="10"/>
     </row>
     <row r="645" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A645" s="11">
-[...2 lines deleted...]
-      <c r="B645" s="11">
+      <c r="A645" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B645" s="3">
         <v>8</v>
       </c>
-      <c r="C645" s="12">
+      <c r="C645" s="4">
         <v>45891</v>
       </c>
-      <c r="D645" s="10" t="s">
+      <c r="D645" t="s">
         <v>182</v>
       </c>
-      <c r="E645" s="13">
+      <c r="E645" s="5">
         <v>123893</v>
       </c>
-      <c r="F645" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G645" s="14" t="s">
+      <c r="F645" t="s">
+        <v>14</v>
+      </c>
+      <c r="G645" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H645" s="10" t="s">
+      <c r="H645" t="s">
         <v>1878</v>
       </c>
-      <c r="I645" s="10" t="s">
+      <c r="I645" t="s">
         <v>803</v>
       </c>
-      <c r="J645" s="10" t="s">
+      <c r="J645" t="s">
         <v>804</v>
       </c>
-      <c r="K645" s="10" t="s">
+      <c r="K645" t="s">
         <v>147</v>
       </c>
-      <c r="L645" s="10" t="s">
+      <c r="L645" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="646" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A646" s="11">
-[...2 lines deleted...]
-      <c r="B646" s="11">
+      <c r="A646" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B646" s="3">
         <v>8</v>
       </c>
-      <c r="C646" s="12">
+      <c r="C646" s="4">
         <v>45891</v>
       </c>
-      <c r="D646" s="10" t="s">
+      <c r="D646" t="s">
         <v>182</v>
       </c>
-      <c r="E646" s="13">
+      <c r="E646" s="5">
         <v>136303</v>
       </c>
-      <c r="F646" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G646" s="14" t="s">
+      <c r="F646" t="s">
+        <v>14</v>
+      </c>
+      <c r="G646" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H646" s="10" t="s">
+      <c r="H646" t="s">
         <v>1879</v>
       </c>
-      <c r="I646" s="10" t="s">
+      <c r="I646" t="s">
         <v>803</v>
       </c>
-      <c r="J646" s="10" t="s">
+      <c r="J646" t="s">
         <v>804</v>
       </c>
-      <c r="K646" s="10" t="s">
+      <c r="K646" t="s">
         <v>147</v>
       </c>
-      <c r="L646" s="10" t="s">
+      <c r="L646" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="647" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A647" s="11">
-[...2 lines deleted...]
-      <c r="B647" s="11">
+      <c r="A647" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B647" s="3">
         <v>8</v>
       </c>
-      <c r="C647" s="12">
+      <c r="C647" s="4">
         <v>45891</v>
       </c>
-      <c r="D647" s="10" t="s">
+      <c r="D647" t="s">
         <v>182</v>
       </c>
-      <c r="E647" s="13">
+      <c r="E647" s="5">
         <v>94500</v>
       </c>
-      <c r="F647" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G647" s="14" t="s">
+      <c r="F647" t="s">
+        <v>14</v>
+      </c>
+      <c r="G647" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H647" s="10" t="s">
+      <c r="H647" t="s">
         <v>1880</v>
       </c>
-      <c r="I647" s="10" t="s">
+      <c r="I647" t="s">
         <v>185</v>
       </c>
-      <c r="J647" s="10"/>
-[...1 lines deleted...]
-      <c r="L647" s="10"/>
     </row>
     <row r="648" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A648" s="11">
-[...2 lines deleted...]
-      <c r="B648" s="11">
+      <c r="A648" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B648" s="3">
         <v>8</v>
       </c>
-      <c r="C648" s="12">
+      <c r="C648" s="4">
         <v>45895</v>
       </c>
-      <c r="D648" s="10" t="s">
+      <c r="D648" t="s">
         <v>182</v>
       </c>
-      <c r="E648" s="13">
+      <c r="E648" s="5">
         <v>162393</v>
       </c>
-      <c r="F648" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G648" s="14" t="s">
+      <c r="F648" t="s">
+        <v>14</v>
+      </c>
+      <c r="G648" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H648" s="10" t="s">
+      <c r="H648" t="s">
         <v>1881</v>
       </c>
-      <c r="I648" s="10" t="s">
+      <c r="I648" t="s">
         <v>185</v>
       </c>
-      <c r="J648" s="10"/>
-[...1 lines deleted...]
-      <c r="L648" s="10"/>
     </row>
     <row r="649" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A649" s="11">
-[...2 lines deleted...]
-      <c r="B649" s="11">
+      <c r="A649" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B649" s="3">
         <v>8</v>
       </c>
-      <c r="C649" s="12">
+      <c r="C649" s="4">
         <v>45896</v>
       </c>
-      <c r="D649" s="10" t="s">
+      <c r="D649" t="s">
         <v>34</v>
       </c>
-      <c r="E649" s="13">
+      <c r="E649" s="5">
         <v>2876111</v>
       </c>
-      <c r="F649" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G649" s="14" t="s">
+      <c r="F649" t="s">
+        <v>14</v>
+      </c>
+      <c r="G649" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="H649" s="10" t="s">
+      <c r="H649" t="s">
         <v>1882</v>
       </c>
-      <c r="I649" s="10" t="s">
+      <c r="I649" t="s">
         <v>1883</v>
       </c>
-      <c r="J649" s="10"/>
-[...1 lines deleted...]
-      <c r="L649" s="10"/>
     </row>
     <row r="650" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A650" s="11">
-[...2 lines deleted...]
-      <c r="B650" s="11">
+      <c r="A650" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B650" s="3">
         <v>8</v>
       </c>
-      <c r="C650" s="12">
+      <c r="C650" s="4">
         <v>45896</v>
       </c>
-      <c r="D650" s="10" t="s">
+      <c r="D650" t="s">
         <v>182</v>
       </c>
-      <c r="E650" s="13">
+      <c r="E650" s="5">
         <v>159401</v>
       </c>
-      <c r="F650" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G650" s="14" t="s">
+      <c r="F650" t="s">
+        <v>14</v>
+      </c>
+      <c r="G650" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H650" s="10" t="s">
+      <c r="H650" t="s">
         <v>1884</v>
       </c>
-      <c r="I650" s="10" t="s">
+      <c r="I650" t="s">
         <v>185</v>
       </c>
-      <c r="J650" s="10"/>
-[...1 lines deleted...]
-      <c r="L650" s="10"/>
     </row>
     <row r="651" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A651" s="11">
-[...2 lines deleted...]
-      <c r="B651" s="11">
+      <c r="A651" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B651" s="3">
         <v>8</v>
       </c>
-      <c r="C651" s="12">
+      <c r="C651" s="4">
         <v>45896</v>
       </c>
-      <c r="D651" s="10" t="s">
+      <c r="D651" t="s">
         <v>182</v>
       </c>
-      <c r="E651" s="13">
+      <c r="E651" s="5">
         <v>150765</v>
       </c>
-      <c r="F651" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G651" s="14" t="s">
+      <c r="F651" t="s">
+        <v>14</v>
+      </c>
+      <c r="G651" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H651" s="10" t="s">
+      <c r="H651" t="s">
         <v>1885</v>
       </c>
-      <c r="I651" s="10" t="s">
+      <c r="I651" t="s">
         <v>185</v>
       </c>
-      <c r="J651" s="10"/>
-[...1 lines deleted...]
-      <c r="L651" s="10"/>
     </row>
     <row r="652" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A652" s="11">
-[...2 lines deleted...]
-      <c r="B652" s="11">
+      <c r="A652" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B652" s="3">
         <v>8</v>
       </c>
-      <c r="C652" s="12">
+      <c r="C652" s="4">
         <v>45889</v>
       </c>
-      <c r="D652" s="10" t="s">
+      <c r="D652" t="s">
         <v>182</v>
       </c>
-      <c r="E652" s="13">
+      <c r="E652" s="5">
         <v>142800</v>
       </c>
-      <c r="F652" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G652" s="14" t="s">
+      <c r="F652" t="s">
+        <v>14</v>
+      </c>
+      <c r="G652" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H652" s="10" t="s">
+      <c r="H652" t="s">
         <v>1886</v>
       </c>
-      <c r="I652" s="10" t="s">
+      <c r="I652" t="s">
         <v>795</v>
       </c>
-      <c r="J652" s="10"/>
-[...1 lines deleted...]
-      <c r="L652" s="10"/>
     </row>
     <row r="653" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A653" s="11">
-[...2 lines deleted...]
-      <c r="B653" s="11">
+      <c r="A653" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B653" s="3">
         <v>8</v>
       </c>
-      <c r="C653" s="12">
+      <c r="C653" s="4">
         <v>45896</v>
       </c>
-      <c r="D653" s="10" t="s">
+      <c r="D653" t="s">
         <v>182</v>
       </c>
-      <c r="E653" s="13">
+      <c r="E653" s="5">
         <v>185022</v>
       </c>
-      <c r="F653" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G653" s="14" t="s">
+      <c r="F653" t="s">
+        <v>14</v>
+      </c>
+      <c r="G653" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H653" s="10" t="s">
+      <c r="H653" t="s">
         <v>1887</v>
       </c>
-      <c r="I653" s="10" t="s">
+      <c r="I653" t="s">
         <v>185</v>
       </c>
-      <c r="J653" s="10"/>
-[...1 lines deleted...]
-      <c r="L653" s="10"/>
     </row>
     <row r="654" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A654" s="11">
-[...2 lines deleted...]
-      <c r="B654" s="11">
+      <c r="A654" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B654" s="3">
         <v>8</v>
       </c>
-      <c r="C654" s="12">
+      <c r="C654" s="4">
         <v>45896</v>
       </c>
-      <c r="D654" s="10" t="s">
+      <c r="D654" t="s">
         <v>182</v>
       </c>
-      <c r="E654" s="13">
+      <c r="E654" s="5">
         <v>144486</v>
       </c>
-      <c r="F654" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G654" s="14" t="s">
+      <c r="F654" t="s">
+        <v>14</v>
+      </c>
+      <c r="G654" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H654" s="10" t="s">
+      <c r="H654" t="s">
         <v>1888</v>
       </c>
-      <c r="I654" s="10" t="s">
+      <c r="I654" t="s">
         <v>185</v>
       </c>
-      <c r="J654" s="10"/>
-[...1 lines deleted...]
-      <c r="L654" s="10"/>
     </row>
     <row r="655" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A655" s="11">
-[...2 lines deleted...]
-      <c r="B655" s="11">
+      <c r="A655" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B655" s="3">
         <v>8</v>
       </c>
-      <c r="C655" s="12">
+      <c r="C655" s="4">
         <v>45896</v>
       </c>
-      <c r="D655" s="10" t="s">
+      <c r="D655" t="s">
         <v>182</v>
       </c>
-      <c r="E655" s="13">
+      <c r="E655" s="5">
         <v>177725</v>
       </c>
-      <c r="F655" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G655" s="14" t="s">
+      <c r="F655" t="s">
+        <v>14</v>
+      </c>
+      <c r="G655" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="H655" s="10" t="s">
+      <c r="H655" t="s">
         <v>1889</v>
       </c>
-      <c r="I655" s="10" t="s">
+      <c r="I655" t="s">
         <v>185</v>
       </c>
-      <c r="J655" s="10"/>
-[...1 lines deleted...]
-      <c r="L655" s="10"/>
     </row>
     <row r="656" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A656" s="11">
-[...2 lines deleted...]
-      <c r="B656" s="11">
+      <c r="A656" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B656" s="3">
         <v>8</v>
       </c>
-      <c r="C656" s="12">
+      <c r="C656" s="4">
         <v>45891</v>
       </c>
-      <c r="D656" s="10" t="s">
+      <c r="D656" t="s">
         <v>1890</v>
       </c>
-      <c r="E656" s="13">
+      <c r="E656" s="5">
         <v>3000000</v>
       </c>
-      <c r="F656" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G656" s="14" t="s">
+      <c r="F656" t="s">
+        <v>14</v>
+      </c>
+      <c r="G656" s="6" t="s">
         <v>1891</v>
       </c>
-      <c r="H656" s="10" t="s">
+      <c r="H656" t="s">
         <v>1892</v>
       </c>
-      <c r="I656" s="10" t="s">
+      <c r="I656" t="s">
         <v>1893</v>
       </c>
-      <c r="J656" s="10"/>
-[...1 lines deleted...]
-      <c r="L656" s="10"/>
     </row>
     <row r="657" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A657" s="11">
-[...2 lines deleted...]
-      <c r="B657" s="11">
+      <c r="A657" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B657" s="3">
         <v>8</v>
       </c>
-      <c r="C657" s="12">
+      <c r="C657" s="4">
         <v>45891</v>
       </c>
-      <c r="D657" s="10" t="s">
+      <c r="D657" t="s">
         <v>46</v>
       </c>
-      <c r="E657" s="13">
+      <c r="E657" s="5">
         <v>100000</v>
       </c>
-      <c r="F657" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G657" s="14" t="s">
+      <c r="F657" t="s">
+        <v>14</v>
+      </c>
+      <c r="G657" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="H657" s="10" t="s">
+      <c r="H657" t="s">
         <v>1894</v>
       </c>
-      <c r="I657" s="10" t="s">
+      <c r="I657" t="s">
         <v>1895</v>
       </c>
-      <c r="J657" s="10" t="s">
+      <c r="J657" t="s">
         <v>1896</v>
       </c>
-      <c r="K657" s="10" t="s">
+      <c r="K657" t="s">
         <v>842</v>
       </c>
-      <c r="L657" s="10" t="s">
+      <c r="L657" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="658" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A658" s="11">
-[...2 lines deleted...]
-      <c r="B658" s="11">
+      <c r="A658" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B658" s="3">
         <v>8</v>
       </c>
-      <c r="C658" s="12">
+      <c r="C658" s="4">
         <v>45891</v>
       </c>
-      <c r="D658" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E658" s="13">
+      <c r="D658" t="s">
+        <v>23</v>
+      </c>
+      <c r="E658" s="5">
         <v>200000</v>
       </c>
-      <c r="F658" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H658" s="10" t="s">
+      <c r="F658" t="s">
+        <v>14</v>
+      </c>
+      <c r="G658" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H658" t="s">
         <v>1897</v>
       </c>
-      <c r="I658" s="10" t="s">
+      <c r="I658" t="s">
         <v>1898</v>
       </c>
-      <c r="J658" s="10" t="s">
+      <c r="J658" t="s">
         <v>1899</v>
       </c>
-      <c r="K658" s="10" t="s">
+      <c r="K658" t="s">
         <v>138</v>
       </c>
-      <c r="L658" s="10" t="s">
+      <c r="L658" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="659" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A659" s="11">
-[...2 lines deleted...]
-      <c r="B659" s="11">
+      <c r="A659" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B659" s="3">
         <v>8</v>
       </c>
-      <c r="C659" s="12">
+      <c r="C659" s="4">
         <v>45891</v>
       </c>
-      <c r="D659" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E659" s="13">
+      <c r="D659" t="s">
+        <v>23</v>
+      </c>
+      <c r="E659" s="5">
         <v>90000</v>
       </c>
-      <c r="F659" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H659" s="10" t="s">
+      <c r="F659" t="s">
+        <v>14</v>
+      </c>
+      <c r="G659" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H659" t="s">
         <v>1900</v>
       </c>
-      <c r="I659" s="10" t="s">
+      <c r="I659" t="s">
         <v>1901</v>
       </c>
-      <c r="J659" s="10" t="s">
+      <c r="J659" t="s">
         <v>1545</v>
       </c>
-      <c r="K659" s="10" t="s">
+      <c r="K659" t="s">
         <v>515</v>
       </c>
-      <c r="L659" s="10" t="s">
+      <c r="L659" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="660" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A660" s="11">
-[...2 lines deleted...]
-      <c r="B660" s="11">
+      <c r="A660" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B660" s="3">
         <v>8</v>
       </c>
-      <c r="C660" s="12">
+      <c r="C660" s="4">
         <v>45891</v>
       </c>
-      <c r="D660" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E660" s="13">
+      <c r="D660" t="s">
+        <v>23</v>
+      </c>
+      <c r="E660" s="5">
         <v>200000</v>
       </c>
-      <c r="F660" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H660" s="10" t="s">
+      <c r="F660" t="s">
+        <v>14</v>
+      </c>
+      <c r="G660" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H660" t="s">
         <v>1902</v>
       </c>
-      <c r="I660" s="10" t="s">
+      <c r="I660" t="s">
         <v>1903</v>
       </c>
-      <c r="J660" s="10" t="s">
+      <c r="J660" t="s">
         <v>1904</v>
       </c>
-      <c r="K660" s="10" t="s">
+      <c r="K660" t="s">
         <v>904</v>
       </c>
-      <c r="L660" s="10" t="s">
+      <c r="L660" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="661" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A661" s="11">
-[...2 lines deleted...]
-      <c r="B661" s="11">
+      <c r="A661" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B661" s="3">
         <v>8</v>
       </c>
-      <c r="C661" s="12">
+      <c r="C661" s="4">
         <v>45891</v>
       </c>
-      <c r="D661" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E661" s="13">
+      <c r="D661" t="s">
+        <v>23</v>
+      </c>
+      <c r="E661" s="5">
         <v>100000</v>
       </c>
-      <c r="F661" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H661" s="10" t="s">
+      <c r="F661" t="s">
+        <v>14</v>
+      </c>
+      <c r="G661" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H661" t="s">
         <v>1905</v>
       </c>
-      <c r="I661" s="10" t="s">
+      <c r="I661" t="s">
         <v>1906</v>
       </c>
-      <c r="J661" s="10" t="s">
+      <c r="J661" t="s">
         <v>1907</v>
       </c>
-      <c r="K661" s="10" t="s">
+      <c r="K661" t="s">
         <v>120</v>
       </c>
-      <c r="L661" s="10" t="s">
+      <c r="L661" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="662" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A662" s="11">
-[...2 lines deleted...]
-      <c r="B662" s="11">
+      <c r="A662" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B662" s="3">
         <v>8</v>
       </c>
-      <c r="C662" s="12">
+      <c r="C662" s="4">
         <v>45891</v>
       </c>
-      <c r="D662" s="10" t="s">
+      <c r="D662" t="s">
         <v>1908</v>
       </c>
-      <c r="E662" s="13">
+      <c r="E662" s="5">
         <v>2000000</v>
       </c>
-      <c r="F662" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G662" s="14" t="s">
+      <c r="F662" t="s">
+        <v>14</v>
+      </c>
+      <c r="G662" s="6" t="s">
         <v>1909</v>
       </c>
-      <c r="H662" s="10" t="s">
+      <c r="H662" t="s">
         <v>1910</v>
       </c>
-      <c r="I662" s="10" t="s">
+      <c r="I662" t="s">
         <v>1911</v>
       </c>
-      <c r="J662" s="10"/>
-[...1 lines deleted...]
-      <c r="L662" s="10"/>
     </row>
     <row r="663" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A663" s="11">
-[...2 lines deleted...]
-      <c r="B663" s="11">
+      <c r="A663" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B663" s="3">
         <v>8</v>
       </c>
-      <c r="C663" s="12">
+      <c r="C663" s="4">
         <v>45896</v>
       </c>
-      <c r="D663" s="10" t="s">
+      <c r="D663" t="s">
         <v>940</v>
       </c>
-      <c r="E663" s="13">
+      <c r="E663" s="5">
         <v>4000000</v>
       </c>
-      <c r="F663" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G663" s="14" t="s">
+      <c r="F663" t="s">
+        <v>14</v>
+      </c>
+      <c r="G663" s="6" t="s">
         <v>941</v>
       </c>
-      <c r="H663" s="10" t="s">
+      <c r="H663" t="s">
         <v>1912</v>
       </c>
-      <c r="I663" s="10" t="s">
+      <c r="I663" t="s">
         <v>943</v>
       </c>
-      <c r="J663" s="10"/>
-[...1 lines deleted...]
-      <c r="L663" s="10"/>
     </row>
     <row r="664" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A664" s="11">
-[...2 lines deleted...]
-      <c r="B664" s="11">
+      <c r="A664" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B664" s="3">
         <v>8</v>
       </c>
-      <c r="C664" s="12">
+      <c r="C664" s="4">
         <v>45896</v>
       </c>
-      <c r="D664" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E664" s="13">
+      <c r="D664" t="s">
+        <v>23</v>
+      </c>
+      <c r="E664" s="5">
         <v>1000000</v>
       </c>
-      <c r="F664" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H664" s="10" t="s">
+      <c r="F664" t="s">
+        <v>14</v>
+      </c>
+      <c r="G664" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H664" t="s">
         <v>1913</v>
       </c>
-      <c r="I664" s="10" t="s">
+      <c r="I664" t="s">
         <v>1477</v>
       </c>
-      <c r="J664" s="10" t="s">
+      <c r="J664" t="s">
         <v>1478</v>
       </c>
-      <c r="K664" s="10" t="s">
+      <c r="K664" t="s">
         <v>362</v>
       </c>
-      <c r="L664" s="10" t="s">
+      <c r="L664" t="s">
         <v>1479</v>
       </c>
     </row>
     <row r="665" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A665" s="11">
-[...2 lines deleted...]
-      <c r="B665" s="11">
+      <c r="A665" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B665" s="3">
         <v>8</v>
       </c>
-      <c r="C665" s="12">
+      <c r="C665" s="4">
         <v>45896</v>
       </c>
-      <c r="D665" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E665" s="13">
+      <c r="D665" t="s">
+        <v>23</v>
+      </c>
+      <c r="E665" s="5">
         <v>1000000</v>
       </c>
-      <c r="F665" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H665" s="10" t="s">
+      <c r="F665" t="s">
+        <v>14</v>
+      </c>
+      <c r="G665" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H665" t="s">
         <v>1914</v>
       </c>
-      <c r="I665" s="10" t="s">
+      <c r="I665" t="s">
         <v>1481</v>
       </c>
-      <c r="J665" s="10" t="s">
+      <c r="J665" t="s">
         <v>1482</v>
       </c>
-      <c r="K665" s="10" t="s">
+      <c r="K665" t="s">
         <v>660</v>
       </c>
-      <c r="L665" s="10" t="s">
+      <c r="L665" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="666" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A666" s="11">
-[...2 lines deleted...]
-      <c r="B666" s="11">
+      <c r="A666" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B666" s="3">
         <v>8</v>
       </c>
-      <c r="C666" s="12">
+      <c r="C666" s="4">
         <v>45896</v>
       </c>
-      <c r="D666" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E666" s="13">
+      <c r="D666" t="s">
+        <v>23</v>
+      </c>
+      <c r="E666" s="5">
         <v>1000000</v>
       </c>
-      <c r="F666" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H666" s="10" t="s">
+      <c r="F666" t="s">
+        <v>14</v>
+      </c>
+      <c r="G666" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H666" t="s">
         <v>1915</v>
       </c>
-      <c r="I666" s="10" t="s">
+      <c r="I666" t="s">
         <v>1415</v>
       </c>
-      <c r="J666" s="10" t="s">
+      <c r="J666" t="s">
         <v>1416</v>
       </c>
-      <c r="K666" s="10" t="s">
+      <c r="K666" t="s">
         <v>1417</v>
       </c>
-      <c r="L666" s="10" t="s">
+      <c r="L666" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="667" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A667" s="11">
-[...2 lines deleted...]
-      <c r="B667" s="11">
+      <c r="A667" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B667" s="3">
         <v>8</v>
       </c>
-      <c r="C667" s="12">
+      <c r="C667" s="4">
         <v>45896</v>
       </c>
-      <c r="D667" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E667" s="13">
+      <c r="D667" t="s">
+        <v>23</v>
+      </c>
+      <c r="E667" s="5">
         <v>1000000</v>
       </c>
-      <c r="F667" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H667" s="10" t="s">
+      <c r="F667" t="s">
+        <v>14</v>
+      </c>
+      <c r="G667" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H667" t="s">
         <v>1916</v>
       </c>
-      <c r="I667" s="10" t="s">
+      <c r="I667" t="s">
         <v>1468</v>
       </c>
-      <c r="J667" s="10" t="s">
+      <c r="J667" t="s">
         <v>1469</v>
       </c>
-      <c r="K667" s="10" t="s">
+      <c r="K667" t="s">
         <v>1135</v>
       </c>
-      <c r="L667" s="10" t="s">
+      <c r="L667" t="s">
         <v>1135</v>
       </c>
     </row>
     <row r="668" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A668" s="11">
-[...2 lines deleted...]
-      <c r="B668" s="11">
+      <c r="A668" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B668" s="3">
         <v>8</v>
       </c>
-      <c r="C668" s="12">
+      <c r="C668" s="4">
         <v>45896</v>
       </c>
-      <c r="D668" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E668" s="13">
+      <c r="D668" t="s">
+        <v>23</v>
+      </c>
+      <c r="E668" s="5">
         <v>1000000</v>
       </c>
-      <c r="F668" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H668" s="10" t="s">
+      <c r="F668" t="s">
+        <v>14</v>
+      </c>
+      <c r="G668" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H668" t="s">
         <v>1917</v>
       </c>
-      <c r="I668" s="10" t="s">
+      <c r="I668" t="s">
         <v>1474</v>
       </c>
-      <c r="J668" s="10" t="s">
+      <c r="J668" t="s">
         <v>1475</v>
       </c>
-      <c r="K668" s="10" t="s">
+      <c r="K668" t="s">
         <v>91</v>
       </c>
-      <c r="L668" s="10" t="s">
+      <c r="L668" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="669" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A669" s="11">
-[...2 lines deleted...]
-      <c r="B669" s="11">
+      <c r="A669" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B669" s="3">
         <v>8</v>
       </c>
-      <c r="C669" s="12">
+      <c r="C669" s="4">
         <v>45896</v>
       </c>
-      <c r="D669" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E669" s="13">
+      <c r="D669" t="s">
+        <v>23</v>
+      </c>
+      <c r="E669" s="5">
         <v>1000000</v>
       </c>
-      <c r="F669" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H669" s="10" t="s">
+      <c r="F669" t="s">
+        <v>14</v>
+      </c>
+      <c r="G669" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H669" t="s">
         <v>1918</v>
       </c>
-      <c r="I669" s="10" t="s">
+      <c r="I669" t="s">
         <v>1524</v>
       </c>
-      <c r="J669" s="10" t="s">
+      <c r="J669" t="s">
         <v>1525</v>
       </c>
-      <c r="K669" s="10" t="s">
+      <c r="K669" t="s">
         <v>417</v>
       </c>
-      <c r="L669" s="10" t="s">
+      <c r="L669" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="670" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A670" s="11">
-[...2 lines deleted...]
-      <c r="B670" s="11">
+      <c r="A670" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B670" s="3">
         <v>8</v>
       </c>
-      <c r="C670" s="12">
+      <c r="C670" s="4">
         <v>45896</v>
       </c>
-      <c r="D670" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E670" s="13">
+      <c r="D670" t="s">
+        <v>23</v>
+      </c>
+      <c r="E670" s="5">
         <v>1000000</v>
       </c>
-      <c r="F670" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H670" s="10" t="s">
+      <c r="F670" t="s">
+        <v>14</v>
+      </c>
+      <c r="G670" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H670" t="s">
         <v>1919</v>
       </c>
-      <c r="I670" s="10" t="s">
+      <c r="I670" t="s">
         <v>1471</v>
       </c>
-      <c r="J670" s="10" t="s">
+      <c r="J670" t="s">
         <v>1472</v>
       </c>
-      <c r="K670" s="10" t="s">
+      <c r="K670" t="s">
         <v>80</v>
       </c>
-      <c r="L670" s="10" t="s">
+      <c r="L670" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="671" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A671" s="11">
-[...2 lines deleted...]
-      <c r="B671" s="11">
+      <c r="A671" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B671" s="3">
         <v>8</v>
       </c>
-      <c r="C671" s="12">
+      <c r="C671" s="4">
         <v>45896</v>
       </c>
-      <c r="D671" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E671" s="13">
+      <c r="D671" t="s">
+        <v>23</v>
+      </c>
+      <c r="E671" s="5">
         <v>1000000</v>
       </c>
-      <c r="F671" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H671" s="10" t="s">
+      <c r="F671" t="s">
+        <v>14</v>
+      </c>
+      <c r="G671" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H671" t="s">
         <v>1920</v>
       </c>
-      <c r="I671" s="10" t="s">
+      <c r="I671" t="s">
         <v>1521</v>
       </c>
-      <c r="J671" s="10" t="s">
+      <c r="J671" t="s">
         <v>1522</v>
       </c>
-      <c r="K671" s="10" t="s">
+      <c r="K671" t="s">
         <v>171</v>
       </c>
-      <c r="L671" s="10" t="s">
+      <c r="L671" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="672" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A672" s="11">
-[...2 lines deleted...]
-      <c r="B672" s="11">
+      <c r="A672" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B672" s="3">
         <v>8</v>
       </c>
-      <c r="C672" s="12">
+      <c r="C672" s="4">
         <v>45896</v>
       </c>
-      <c r="D672" s="10" t="s">
+      <c r="D672" t="s">
         <v>34</v>
       </c>
-      <c r="E672" s="13">
+      <c r="E672" s="5">
         <v>500000</v>
       </c>
-      <c r="F672" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G672" s="14" t="s">
+      <c r="F672" t="s">
+        <v>14</v>
+      </c>
+      <c r="G672" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="H672" s="10" t="s">
+      <c r="H672" t="s">
         <v>1921</v>
       </c>
-      <c r="I672" s="10" t="s">
+      <c r="I672" t="s">
         <v>1922</v>
       </c>
-      <c r="J672" s="10" t="s">
+      <c r="J672" t="s">
         <v>1923</v>
       </c>
-      <c r="K672" s="10" t="s">
+      <c r="K672" t="s">
         <v>362</v>
       </c>
-      <c r="L672" s="10" t="s">
+      <c r="L672" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="673" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A673" s="11">
-[...2 lines deleted...]
-      <c r="B673" s="11">
+      <c r="A673" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B673" s="3">
         <v>8</v>
       </c>
-      <c r="C673" s="12">
+      <c r="C673" s="4">
         <v>45896</v>
       </c>
-      <c r="D673" s="10" t="s">
+      <c r="D673" t="s">
         <v>1924</v>
       </c>
-      <c r="E673" s="13">
+      <c r="E673" s="5">
         <v>1500000</v>
       </c>
-      <c r="F673" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G673" s="14" t="s">
+      <c r="F673" t="s">
+        <v>14</v>
+      </c>
+      <c r="G673" s="6" t="s">
         <v>1925</v>
       </c>
-      <c r="H673" s="10" t="s">
+      <c r="H673" t="s">
         <v>1926</v>
       </c>
-      <c r="I673" s="10" t="s">
+      <c r="I673" t="s">
         <v>1927</v>
       </c>
-      <c r="J673" s="10"/>
-[...1 lines deleted...]
-      <c r="L673" s="10"/>
     </row>
     <row r="674" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A674" s="11">
-[...2 lines deleted...]
-      <c r="B674" s="11">
+      <c r="A674" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B674" s="3">
         <v>8</v>
       </c>
-      <c r="C674" s="12">
+      <c r="C674" s="4">
         <v>45896</v>
       </c>
-      <c r="D674" s="10" t="s">
+      <c r="D674" t="s">
         <v>1928</v>
       </c>
-      <c r="E674" s="13">
+      <c r="E674" s="5">
         <v>2000000</v>
       </c>
-      <c r="F674" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G674" s="14" t="s">
+      <c r="F674" t="s">
+        <v>14</v>
+      </c>
+      <c r="G674" s="6" t="s">
         <v>1929</v>
       </c>
-      <c r="H674" s="10" t="s">
+      <c r="H674" t="s">
         <v>1930</v>
       </c>
-      <c r="I674" s="10" t="s">
+      <c r="I674" t="s">
         <v>1931</v>
       </c>
-      <c r="J674" s="10"/>
-[...1 lines deleted...]
-      <c r="L674" s="10"/>
     </row>
     <row r="675" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A675" s="11">
-[...2 lines deleted...]
-      <c r="B675" s="11">
+      <c r="A675" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B675" s="3">
         <v>8</v>
       </c>
-      <c r="C675" s="12">
+      <c r="C675" s="4">
         <v>45896</v>
       </c>
-      <c r="D675" s="10" t="s">
+      <c r="D675" t="s">
         <v>30</v>
       </c>
-      <c r="E675" s="13">
+      <c r="E675" s="5">
         <v>39000000</v>
       </c>
-      <c r="F675" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G675" s="14" t="s">
+      <c r="F675" t="s">
+        <v>14</v>
+      </c>
+      <c r="G675" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="H675" s="10" t="s">
+      <c r="H675" t="s">
         <v>1932</v>
       </c>
-      <c r="I675" s="10" t="s">
+      <c r="I675" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="676" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A676" s="11">
-[...2 lines deleted...]
-      <c r="B676" s="11">
+      <c r="A676" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B676" s="3">
         <v>8</v>
       </c>
-      <c r="C676" s="12">
+      <c r="C676" s="4">
         <v>45896</v>
       </c>
-      <c r="D676" s="10" t="s">
+      <c r="D676" t="s">
         <v>1933</v>
       </c>
-      <c r="E676" s="13">
+      <c r="E676" s="5">
         <v>1200000</v>
       </c>
-      <c r="F676" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G676" s="14" t="s">
+      <c r="F676" t="s">
+        <v>14</v>
+      </c>
+      <c r="G676" s="6" t="s">
         <v>1934</v>
       </c>
-      <c r="H676" s="10" t="s">
+      <c r="H676" t="s">
         <v>1935</v>
       </c>
-      <c r="I676" s="10" t="s">
+      <c r="I676" t="s">
         <v>1936</v>
       </c>
     </row>
     <row r="677" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A677" s="11">
-[...2 lines deleted...]
-      <c r="B677" s="11">
+      <c r="A677" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B677" s="3">
         <v>8</v>
       </c>
-      <c r="C677" s="12">
+      <c r="C677" s="4">
         <v>45896</v>
       </c>
-      <c r="D677" s="10" t="s">
+      <c r="D677" t="s">
         <v>13</v>
       </c>
-      <c r="E677" s="13">
+      <c r="E677" s="5">
         <v>856087565</v>
       </c>
-      <c r="F677" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G677" s="14" t="s">
+      <c r="F677" t="s">
+        <v>14</v>
+      </c>
+      <c r="G677" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="H677" s="10" t="s">
+      <c r="H677" t="s">
         <v>1937</v>
       </c>
-      <c r="I677" s="10" t="s">
+      <c r="I677" t="s">
         <v>17</v>
+      </c>
+    </row>
+    <row r="678" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A678" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B678" s="3">
+        <v>9</v>
+      </c>
+      <c r="C678" s="4">
+        <v>45903</v>
+      </c>
+      <c r="D678" t="s">
+        <v>13</v>
+      </c>
+      <c r="E678" s="5">
+        <v>5505473</v>
+      </c>
+      <c r="F678" t="s">
+        <v>14</v>
+      </c>
+      <c r="G678" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H678" t="s">
+        <v>1938</v>
+      </c>
+      <c r="I678" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="679" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A679" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B679" s="3">
+        <v>9</v>
+      </c>
+      <c r="C679" s="4">
+        <v>45904</v>
+      </c>
+      <c r="D679" t="s">
+        <v>983</v>
+      </c>
+      <c r="E679" s="5">
+        <v>17500000</v>
+      </c>
+      <c r="F679" t="s">
+        <v>14</v>
+      </c>
+      <c r="G679" s="6" t="s">
+        <v>984</v>
+      </c>
+      <c r="H679" t="s">
+        <v>1939</v>
+      </c>
+      <c r="I679" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="680" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A680" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B680" s="3">
+        <v>9</v>
+      </c>
+      <c r="C680" s="4">
+        <v>45903</v>
+      </c>
+      <c r="D680" t="s">
+        <v>1421</v>
+      </c>
+      <c r="E680" s="5">
+        <v>20000000</v>
+      </c>
+      <c r="F680" t="s">
+        <v>14</v>
+      </c>
+      <c r="G680" s="6" t="s">
+        <v>1422</v>
+      </c>
+      <c r="H680" t="s">
+        <v>1940</v>
+      </c>
+      <c r="I680" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="681" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A681" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B681" s="3">
+        <v>9</v>
+      </c>
+      <c r="C681" s="4">
+        <v>45904</v>
+      </c>
+      <c r="D681" t="s">
+        <v>254</v>
+      </c>
+      <c r="E681" s="5">
+        <v>4750000</v>
+      </c>
+      <c r="F681" t="s">
+        <v>14</v>
+      </c>
+      <c r="G681" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="H681" t="s">
+        <v>1941</v>
+      </c>
+      <c r="I681" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="682" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A682" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B682" s="3">
+        <v>9</v>
+      </c>
+      <c r="C682" s="4">
+        <v>45903</v>
+      </c>
+      <c r="D682" t="s">
+        <v>23</v>
+      </c>
+      <c r="E682" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F682" t="s">
+        <v>14</v>
+      </c>
+      <c r="G682" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H682" t="s">
+        <v>1942</v>
+      </c>
+      <c r="I682" t="s">
+        <v>1943</v>
+      </c>
+      <c r="J682" t="s">
+        <v>235</v>
+      </c>
+      <c r="K682" t="s">
+        <v>488</v>
+      </c>
+      <c r="L682" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="683" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A683" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B683" s="3">
+        <v>9</v>
+      </c>
+      <c r="C683" s="4">
+        <v>45903</v>
+      </c>
+      <c r="D683" t="s">
+        <v>23</v>
+      </c>
+      <c r="E683" s="5">
+        <v>70000</v>
+      </c>
+      <c r="F683" t="s">
+        <v>14</v>
+      </c>
+      <c r="G683" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H683" t="s">
+        <v>1944</v>
+      </c>
+      <c r="I683" t="s">
+        <v>1945</v>
+      </c>
+      <c r="J683" t="s">
+        <v>1946</v>
+      </c>
+      <c r="K683" t="s">
+        <v>71</v>
+      </c>
+      <c r="L683" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="684" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A684" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B684" s="3">
+        <v>9</v>
+      </c>
+      <c r="C684" s="4">
+        <v>45903</v>
+      </c>
+      <c r="D684" t="s">
+        <v>23</v>
+      </c>
+      <c r="E684" s="5">
+        <v>50000</v>
+      </c>
+      <c r="F684" t="s">
+        <v>14</v>
+      </c>
+      <c r="G684" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H684" t="s">
+        <v>1947</v>
+      </c>
+      <c r="I684" t="s">
+        <v>1948</v>
+      </c>
+      <c r="J684" t="s">
+        <v>1949</v>
+      </c>
+      <c r="K684" t="s">
+        <v>116</v>
+      </c>
+      <c r="L684" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="685" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A685" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B685" s="3">
+        <v>9</v>
+      </c>
+      <c r="C685" s="4">
+        <v>45903</v>
+      </c>
+      <c r="D685" t="s">
+        <v>23</v>
+      </c>
+      <c r="E685" s="5">
+        <v>150000</v>
+      </c>
+      <c r="F685" t="s">
+        <v>14</v>
+      </c>
+      <c r="G685" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H685" t="s">
+        <v>1951</v>
+      </c>
+      <c r="I685" t="s">
+        <v>1952</v>
+      </c>
+      <c r="J685" t="s">
+        <v>1953</v>
+      </c>
+      <c r="K685" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="686" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A686" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B686" s="3">
+        <v>9</v>
+      </c>
+      <c r="C686" s="4">
+        <v>45903</v>
+      </c>
+      <c r="D686" t="s">
+        <v>23</v>
+      </c>
+      <c r="E686" s="5">
+        <v>150000</v>
+      </c>
+      <c r="F686" t="s">
+        <v>14</v>
+      </c>
+      <c r="G686" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H686" t="s">
+        <v>1954</v>
+      </c>
+      <c r="I686" t="s">
+        <v>1955</v>
+      </c>
+      <c r="J686" t="s">
+        <v>1022</v>
+      </c>
+      <c r="K686" t="s">
+        <v>1090</v>
+      </c>
+      <c r="L686" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="687" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A687" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B687" s="3">
+        <v>9</v>
+      </c>
+      <c r="C687" s="4">
+        <v>45903</v>
+      </c>
+      <c r="D687" t="s">
+        <v>23</v>
+      </c>
+      <c r="E687" s="5">
+        <v>80000</v>
+      </c>
+      <c r="F687" t="s">
+        <v>14</v>
+      </c>
+      <c r="G687" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H687" t="s">
+        <v>1957</v>
+      </c>
+      <c r="I687" t="s">
+        <v>1958</v>
+      </c>
+      <c r="J687" t="s">
+        <v>1959</v>
+      </c>
+      <c r="K687" t="s">
+        <v>1960</v>
+      </c>
+      <c r="L687" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="688" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A688" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B688" s="3">
+        <v>9</v>
+      </c>
+      <c r="C688" s="4">
+        <v>45904</v>
+      </c>
+      <c r="D688" t="s">
+        <v>634</v>
+      </c>
+      <c r="E688" s="5">
+        <v>334850</v>
+      </c>
+      <c r="F688" t="s">
+        <v>14</v>
+      </c>
+      <c r="G688" s="6" t="s">
+        <v>635</v>
+      </c>
+      <c r="H688" t="s">
+        <v>1961</v>
+      </c>
+      <c r="I688" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="689" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A689" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B689" s="3">
+        <v>9</v>
+      </c>
+      <c r="C689" s="4">
+        <v>45904</v>
+      </c>
+      <c r="D689" t="s">
+        <v>634</v>
+      </c>
+      <c r="E689" s="5">
+        <v>1075196</v>
+      </c>
+      <c r="F689" t="s">
+        <v>14</v>
+      </c>
+      <c r="G689" s="6" t="s">
+        <v>635</v>
+      </c>
+      <c r="H689" t="s">
+        <v>1962</v>
+      </c>
+      <c r="I689" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="690" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A690" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B690" s="3">
+        <v>9</v>
+      </c>
+      <c r="C690" s="4">
+        <v>45904</v>
+      </c>
+      <c r="D690" t="s">
+        <v>1963</v>
+      </c>
+      <c r="E690" s="5">
+        <v>500000</v>
+      </c>
+      <c r="F690" t="s">
+        <v>14</v>
+      </c>
+      <c r="G690" s="6" t="s">
+        <v>1964</v>
+      </c>
+      <c r="H690" t="s">
+        <v>1965</v>
+      </c>
+      <c r="I690" t="s">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="691" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A691" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B691" s="3">
+        <v>9</v>
+      </c>
+      <c r="C691" s="4">
+        <v>45904</v>
+      </c>
+      <c r="D691" t="s">
+        <v>19</v>
+      </c>
+      <c r="E691" s="5">
+        <v>170248</v>
+      </c>
+      <c r="F691" t="s">
+        <v>14</v>
+      </c>
+      <c r="G691" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H691" t="s">
+        <v>1967</v>
+      </c>
+      <c r="I691" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="692" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A692" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B692" s="3">
+        <v>9</v>
+      </c>
+      <c r="C692" s="4">
+        <v>45905</v>
+      </c>
+      <c r="D692" t="s">
+        <v>46</v>
+      </c>
+      <c r="E692" s="5">
+        <v>150000</v>
+      </c>
+      <c r="F692" t="s">
+        <v>14</v>
+      </c>
+      <c r="G692" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H692" t="s">
+        <v>1968</v>
+      </c>
+      <c r="I692" t="s">
+        <v>1969</v>
+      </c>
+      <c r="J692" t="s">
+        <v>1970</v>
+      </c>
+      <c r="K692" t="s">
+        <v>1971</v>
+      </c>
+      <c r="L692" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="693" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A693" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B693" s="3">
+        <v>9</v>
+      </c>
+      <c r="C693" s="4">
+        <v>45905</v>
+      </c>
+      <c r="D693" t="s">
+        <v>23</v>
+      </c>
+      <c r="E693" s="5">
+        <v>150000</v>
+      </c>
+      <c r="F693" t="s">
+        <v>14</v>
+      </c>
+      <c r="G693" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H693" t="s">
+        <v>1972</v>
+      </c>
+      <c r="I693" t="s">
+        <v>1232</v>
+      </c>
+      <c r="J693" t="s">
+        <v>491</v>
+      </c>
+      <c r="K693" t="s">
+        <v>1233</v>
+      </c>
+      <c r="L693" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="694" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A694" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B694" s="3">
+        <v>9</v>
+      </c>
+      <c r="C694" s="4">
+        <v>45905</v>
+      </c>
+      <c r="D694" t="s">
+        <v>281</v>
+      </c>
+      <c r="E694" s="5">
+        <v>6400000</v>
+      </c>
+      <c r="F694" t="s">
+        <v>14</v>
+      </c>
+      <c r="G694" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="H694" t="s">
+        <v>1973</v>
+      </c>
+      <c r="I694" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="695" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A695" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B695" s="3">
+        <v>9</v>
+      </c>
+      <c r="C695" s="4">
+        <v>45905</v>
+      </c>
+      <c r="D695" t="s">
+        <v>23</v>
+      </c>
+      <c r="E695" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F695" t="s">
+        <v>14</v>
+      </c>
+      <c r="G695" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H695" t="s">
+        <v>1974</v>
+      </c>
+      <c r="I695" t="s">
+        <v>1975</v>
+      </c>
+      <c r="J695" t="s">
+        <v>1976</v>
+      </c>
+      <c r="K695" t="s">
+        <v>1677</v>
+      </c>
+      <c r="L695" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="696" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A696" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B696" s="3">
+        <v>9</v>
+      </c>
+      <c r="C696" s="4">
+        <v>45905</v>
+      </c>
+      <c r="D696" t="s">
+        <v>23</v>
+      </c>
+      <c r="E696" s="5">
+        <v>150000</v>
+      </c>
+      <c r="F696" t="s">
+        <v>14</v>
+      </c>
+      <c r="G696" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H696" t="s">
+        <v>1977</v>
+      </c>
+      <c r="I696" t="s">
+        <v>1978</v>
+      </c>
+      <c r="J696" t="s">
+        <v>1979</v>
+      </c>
+      <c r="K696" t="s">
+        <v>366</v>
+      </c>
+      <c r="L696" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="697" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A697" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B697" s="3">
+        <v>9</v>
+      </c>
+      <c r="C697" s="4">
+        <v>45904</v>
+      </c>
+      <c r="D697" t="s">
+        <v>30</v>
+      </c>
+      <c r="E697" s="5">
+        <v>10000000</v>
+      </c>
+      <c r="F697" t="s">
+        <v>14</v>
+      </c>
+      <c r="G697" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H697" t="s">
+        <v>1932</v>
+      </c>
+      <c r="I697" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="698" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A698" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B698" s="3">
+        <v>9</v>
+      </c>
+      <c r="C698" s="4">
+        <v>45904</v>
+      </c>
+      <c r="D698" t="s">
+        <v>1980</v>
+      </c>
+      <c r="E698" s="5">
+        <v>600000</v>
+      </c>
+      <c r="F698" t="s">
+        <v>14</v>
+      </c>
+      <c r="G698" s="6" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H698" t="s">
+        <v>1982</v>
+      </c>
+      <c r="I698" t="s">
+        <v>1983</v>
+      </c>
+    </row>
+    <row r="699" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A699" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B699" s="3">
+        <v>9</v>
+      </c>
+      <c r="C699" s="4">
+        <v>45904</v>
+      </c>
+      <c r="D699" t="s">
+        <v>209</v>
+      </c>
+      <c r="E699" s="5">
+        <v>41451540</v>
+      </c>
+      <c r="F699" t="s">
+        <v>14</v>
+      </c>
+      <c r="G699" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="H699" t="s">
+        <v>1984</v>
+      </c>
+      <c r="I699" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="700" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A700" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B700" s="3">
+        <v>9</v>
+      </c>
+      <c r="C700" s="4">
+        <v>45904</v>
+      </c>
+      <c r="D700" t="s">
+        <v>176</v>
+      </c>
+      <c r="E700" s="5">
+        <v>775699</v>
+      </c>
+      <c r="F700" t="s">
+        <v>14</v>
+      </c>
+      <c r="G700" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="H700" t="s">
+        <v>1984</v>
+      </c>
+      <c r="I700" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="701" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A701" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B701" s="3">
+        <v>9</v>
+      </c>
+      <c r="C701" s="4">
+        <v>45910</v>
+      </c>
+      <c r="D701" t="s">
+        <v>1985</v>
+      </c>
+      <c r="E701" s="5">
+        <v>1100000</v>
+      </c>
+      <c r="F701" t="s">
+        <v>14</v>
+      </c>
+      <c r="G701" s="6" t="s">
+        <v>1986</v>
+      </c>
+      <c r="H701" t="s">
+        <v>1987</v>
+      </c>
+      <c r="I701" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="702" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A702" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B702" s="3">
+        <v>9</v>
+      </c>
+      <c r="C702" s="4">
+        <v>45903</v>
+      </c>
+      <c r="D702" t="s">
+        <v>97</v>
+      </c>
+      <c r="E702" s="5">
+        <v>32589000</v>
+      </c>
+      <c r="F702" t="s">
+        <v>14</v>
+      </c>
+      <c r="G702" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="H702" t="s">
+        <v>1989</v>
+      </c>
+      <c r="I702" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="703" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A703" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B703" s="3">
+        <v>9</v>
+      </c>
+      <c r="C703" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D703" t="s">
+        <v>23</v>
+      </c>
+      <c r="E703" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F703" t="s">
+        <v>14</v>
+      </c>
+      <c r="G703" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H703" t="s">
+        <v>1990</v>
+      </c>
+      <c r="I703" t="s">
+        <v>1178</v>
+      </c>
+      <c r="J703" t="s">
+        <v>1179</v>
+      </c>
+      <c r="K703" t="s">
+        <v>1180</v>
+      </c>
+      <c r="L703" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="704" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A704" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B704" s="3">
+        <v>9</v>
+      </c>
+      <c r="C704" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D704" t="s">
+        <v>23</v>
+      </c>
+      <c r="E704" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F704" t="s">
+        <v>14</v>
+      </c>
+      <c r="G704" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H704" t="s">
+        <v>1991</v>
+      </c>
+      <c r="I704" t="s">
+        <v>970</v>
+      </c>
+      <c r="J704" t="s">
+        <v>971</v>
+      </c>
+      <c r="K704" t="s">
+        <v>972</v>
+      </c>
+      <c r="L704" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="705" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A705" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B705" s="3">
+        <v>9</v>
+      </c>
+      <c r="C705" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D705" t="s">
+        <v>23</v>
+      </c>
+      <c r="E705" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F705" t="s">
+        <v>14</v>
+      </c>
+      <c r="G705" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H705" t="s">
+        <v>1992</v>
+      </c>
+      <c r="I705" t="s">
+        <v>1198</v>
+      </c>
+      <c r="J705" t="s">
+        <v>1199</v>
+      </c>
+      <c r="K705" t="s">
+        <v>95</v>
+      </c>
+      <c r="L705" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="706" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A706" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B706" s="3">
+        <v>9</v>
+      </c>
+      <c r="C706" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D706" t="s">
+        <v>23</v>
+      </c>
+      <c r="E706" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F706" t="s">
+        <v>14</v>
+      </c>
+      <c r="G706" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H706" t="s">
+        <v>1993</v>
+      </c>
+      <c r="I706" t="s">
+        <v>1419</v>
+      </c>
+      <c r="J706" t="s">
+        <v>1420</v>
+      </c>
+      <c r="K706" t="s">
+        <v>91</v>
+      </c>
+      <c r="L706" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="707" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A707" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B707" s="3">
+        <v>9</v>
+      </c>
+      <c r="C707" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D707" t="s">
+        <v>23</v>
+      </c>
+      <c r="E707" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F707" t="s">
+        <v>14</v>
+      </c>
+      <c r="G707" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H707" t="s">
+        <v>1994</v>
+      </c>
+      <c r="I707" t="s">
+        <v>1069</v>
+      </c>
+      <c r="J707" t="s">
+        <v>1070</v>
+      </c>
+      <c r="K707" t="s">
+        <v>1071</v>
+      </c>
+      <c r="L707" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="708" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A708" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B708" s="3">
+        <v>9</v>
+      </c>
+      <c r="C708" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D708" t="s">
+        <v>23</v>
+      </c>
+      <c r="E708" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F708" t="s">
+        <v>14</v>
+      </c>
+      <c r="G708" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H708" t="s">
+        <v>1995</v>
+      </c>
+      <c r="I708" t="s">
+        <v>1165</v>
+      </c>
+      <c r="J708" t="s">
+        <v>1166</v>
+      </c>
+      <c r="K708" t="s">
+        <v>1167</v>
+      </c>
+      <c r="L708" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="709" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A709" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B709" s="3">
+        <v>9</v>
+      </c>
+      <c r="C709" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D709" t="s">
+        <v>23</v>
+      </c>
+      <c r="E709" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F709" t="s">
+        <v>14</v>
+      </c>
+      <c r="G709" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H709" t="s">
+        <v>1996</v>
+      </c>
+      <c r="I709" t="s">
+        <v>1073</v>
+      </c>
+      <c r="J709" t="s">
+        <v>1074</v>
+      </c>
+      <c r="K709" t="s">
+        <v>1075</v>
+      </c>
+      <c r="L709" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="710" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A710" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B710" s="3">
+        <v>9</v>
+      </c>
+      <c r="C710" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D710" t="s">
+        <v>23</v>
+      </c>
+      <c r="E710" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F710" t="s">
+        <v>14</v>
+      </c>
+      <c r="G710" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H710" t="s">
+        <v>1997</v>
+      </c>
+      <c r="I710" t="s">
+        <v>1162</v>
+      </c>
+      <c r="J710" t="s">
+        <v>1163</v>
+      </c>
+      <c r="K710" t="s">
+        <v>417</v>
+      </c>
+      <c r="L710" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="711" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A711" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B711" s="3">
+        <v>9</v>
+      </c>
+      <c r="C711" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D711" t="s">
+        <v>23</v>
+      </c>
+      <c r="E711" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F711" t="s">
+        <v>14</v>
+      </c>
+      <c r="G711" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H711" t="s">
+        <v>1998</v>
+      </c>
+      <c r="I711" t="s">
+        <v>1205</v>
+      </c>
+      <c r="J711" t="s">
+        <v>1206</v>
+      </c>
+      <c r="K711" t="s">
+        <v>1207</v>
+      </c>
+      <c r="L711" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="712" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A712" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B712" s="3">
+        <v>9</v>
+      </c>
+      <c r="C712" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D712" t="s">
+        <v>23</v>
+      </c>
+      <c r="E712" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F712" t="s">
+        <v>14</v>
+      </c>
+      <c r="G712" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H712" t="s">
+        <v>1999</v>
+      </c>
+      <c r="I712" t="s">
+        <v>1201</v>
+      </c>
+      <c r="J712" t="s">
+        <v>1202</v>
+      </c>
+      <c r="K712" t="s">
+        <v>96</v>
+      </c>
+      <c r="L712" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="713" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A713" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B713" s="3">
+        <v>9</v>
+      </c>
+      <c r="C713" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D713" t="s">
+        <v>23</v>
+      </c>
+      <c r="E713" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F713" t="s">
+        <v>14</v>
+      </c>
+      <c r="G713" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H713" t="s">
+        <v>2000</v>
+      </c>
+      <c r="I713" t="s">
+        <v>1174</v>
+      </c>
+      <c r="J713" t="s">
+        <v>1175</v>
+      </c>
+      <c r="K713" t="s">
+        <v>1176</v>
+      </c>
+      <c r="L713" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="714" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A714" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B714" s="3">
+        <v>9</v>
+      </c>
+      <c r="C714" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D714" t="s">
+        <v>23</v>
+      </c>
+      <c r="E714" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F714" t="s">
+        <v>14</v>
+      </c>
+      <c r="G714" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H714" t="s">
+        <v>2001</v>
+      </c>
+      <c r="I714" t="s">
+        <v>1158</v>
+      </c>
+      <c r="J714" t="s">
+        <v>1159</v>
+      </c>
+      <c r="K714" t="s">
+        <v>1160</v>
+      </c>
+      <c r="L714" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="715" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A715" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B715" s="3">
+        <v>9</v>
+      </c>
+      <c r="C715" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D715" t="s">
+        <v>23</v>
+      </c>
+      <c r="E715" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F715" t="s">
+        <v>14</v>
+      </c>
+      <c r="G715" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H715" t="s">
+        <v>2002</v>
+      </c>
+      <c r="I715" t="s">
+        <v>1087</v>
+      </c>
+      <c r="J715" t="s">
+        <v>1088</v>
+      </c>
+      <c r="K715" t="s">
+        <v>1089</v>
+      </c>
+      <c r="L715" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="716" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A716" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B716" s="3">
+        <v>9</v>
+      </c>
+      <c r="C716" s="4">
+        <v>45915</v>
+      </c>
+      <c r="D716" t="s">
+        <v>2003</v>
+      </c>
+      <c r="E716" s="5">
+        <v>2000000</v>
+      </c>
+      <c r="F716" t="s">
+        <v>14</v>
+      </c>
+      <c r="G716" s="6" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H716" t="s">
+        <v>2005</v>
+      </c>
+      <c r="I716" t="s">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="717" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A717" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B717" s="3">
+        <v>9</v>
+      </c>
+      <c r="C717" s="4">
+        <v>45916</v>
+      </c>
+      <c r="D717" t="s">
+        <v>182</v>
+      </c>
+      <c r="E717" s="5">
+        <v>57323</v>
+      </c>
+      <c r="F717" t="s">
+        <v>14</v>
+      </c>
+      <c r="G717" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H717" t="s">
+        <v>2007</v>
+      </c>
+      <c r="I717" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="718" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A718" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B718" s="3">
+        <v>9</v>
+      </c>
+      <c r="C718" s="4">
+        <v>45916</v>
+      </c>
+      <c r="D718" t="s">
+        <v>182</v>
+      </c>
+      <c r="E718" s="5">
+        <v>132834</v>
+      </c>
+      <c r="F718" t="s">
+        <v>14</v>
+      </c>
+      <c r="G718" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H718" t="s">
+        <v>2008</v>
+      </c>
+      <c r="I718" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="719" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A719" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B719" s="3">
+        <v>9</v>
+      </c>
+      <c r="C719" s="4">
+        <v>45916</v>
+      </c>
+      <c r="D719" t="s">
+        <v>182</v>
+      </c>
+      <c r="E719" s="5">
+        <v>168481</v>
+      </c>
+      <c r="F719" t="s">
+        <v>14</v>
+      </c>
+      <c r="G719" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H719" t="s">
+        <v>2009</v>
+      </c>
+      <c r="I719" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="720" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A720" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B720" s="3">
+        <v>9</v>
+      </c>
+      <c r="C720" s="4">
+        <v>45916</v>
+      </c>
+      <c r="D720" t="s">
+        <v>182</v>
+      </c>
+      <c r="E720" s="5">
+        <v>135405</v>
+      </c>
+      <c r="F720" t="s">
+        <v>14</v>
+      </c>
+      <c r="G720" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H720" t="s">
+        <v>2010</v>
+      </c>
+      <c r="I720" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="721" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A721" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B721" s="3">
+        <v>9</v>
+      </c>
+      <c r="C721" s="4">
+        <v>45916</v>
+      </c>
+      <c r="D721" t="s">
+        <v>182</v>
+      </c>
+      <c r="E721" s="5">
+        <v>141246</v>
+      </c>
+      <c r="F721" t="s">
+        <v>14</v>
+      </c>
+      <c r="G721" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H721" t="s">
+        <v>2011</v>
+      </c>
+      <c r="I721" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="722" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A722" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B722" s="3">
+        <v>9</v>
+      </c>
+      <c r="C722" s="4">
+        <v>45916</v>
+      </c>
+      <c r="D722" t="s">
+        <v>34</v>
+      </c>
+      <c r="E722" s="5">
+        <v>297137</v>
+      </c>
+      <c r="F722" t="s">
+        <v>14</v>
+      </c>
+      <c r="G722" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H722" t="s">
+        <v>2012</v>
+      </c>
+      <c r="I722" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="723" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A723" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B723" s="3">
+        <v>9</v>
+      </c>
+      <c r="C723" s="4">
+        <v>45916</v>
+      </c>
+      <c r="D723" t="s">
+        <v>178</v>
+      </c>
+      <c r="E723" s="5">
+        <v>233240</v>
+      </c>
+      <c r="F723" t="s">
+        <v>14</v>
+      </c>
+      <c r="G723" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="H723" t="s">
+        <v>2013</v>
+      </c>
+      <c r="I723" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="724" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A724" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B724" s="3">
+        <v>9</v>
+      </c>
+      <c r="C724" s="4">
+        <v>45912</v>
+      </c>
+      <c r="D724" t="s">
+        <v>550</v>
+      </c>
+      <c r="E724" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F724" t="s">
+        <v>14</v>
+      </c>
+      <c r="G724" s="6" t="s">
+        <v>551</v>
+      </c>
+      <c r="H724" t="s">
+        <v>900</v>
+      </c>
+      <c r="I724" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="725" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A725" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B725" s="3">
+        <v>9</v>
+      </c>
+      <c r="C725" s="4">
+        <v>45925</v>
+      </c>
+      <c r="D725" t="s">
+        <v>1395</v>
+      </c>
+      <c r="E725" s="5">
+        <v>15000000</v>
+      </c>
+      <c r="F725" t="s">
+        <v>14</v>
+      </c>
+      <c r="G725" s="6" t="s">
+        <v>1396</v>
+      </c>
+      <c r="H725" t="s">
+        <v>2014</v>
+      </c>
+      <c r="I725" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="726" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A726" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B726" s="3">
+        <v>9</v>
+      </c>
+      <c r="C726" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D726" t="s">
+        <v>46</v>
+      </c>
+      <c r="E726" s="5">
+        <v>90000</v>
+      </c>
+      <c r="F726" t="s">
+        <v>14</v>
+      </c>
+      <c r="G726" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H726" t="s">
+        <v>2015</v>
+      </c>
+      <c r="I726" t="s">
+        <v>2016</v>
+      </c>
+      <c r="J726" t="s">
+        <v>2017</v>
+      </c>
+      <c r="K726" t="s">
+        <v>80</v>
+      </c>
+      <c r="L726" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="727" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A727" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B727" s="3">
+        <v>9</v>
+      </c>
+      <c r="C727" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D727" t="s">
+        <v>23</v>
+      </c>
+      <c r="E727" s="5">
+        <v>80000</v>
+      </c>
+      <c r="F727" t="s">
+        <v>14</v>
+      </c>
+      <c r="G727" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H727" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I727" t="s">
+        <v>2020</v>
+      </c>
+      <c r="J727" t="s">
+        <v>1356</v>
+      </c>
+      <c r="K727" t="s">
+        <v>2021</v>
+      </c>
+      <c r="L727" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="728" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A728" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B728" s="3">
+        <v>9</v>
+      </c>
+      <c r="C728" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D728" t="s">
+        <v>23</v>
+      </c>
+      <c r="E728" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F728" t="s">
+        <v>14</v>
+      </c>
+      <c r="G728" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H728" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I728" t="s">
+        <v>2023</v>
+      </c>
+      <c r="J728" t="s">
+        <v>698</v>
+      </c>
+      <c r="K728" t="s">
+        <v>1135</v>
+      </c>
+      <c r="L728" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="729" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A729" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B729" s="3">
+        <v>9</v>
+      </c>
+      <c r="C729" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D729" t="s">
+        <v>23</v>
+      </c>
+      <c r="E729" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F729" t="s">
+        <v>14</v>
+      </c>
+      <c r="G729" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H729" t="s">
+        <v>2024</v>
+      </c>
+      <c r="I729" t="s">
+        <v>118</v>
+      </c>
+      <c r="J729" t="s">
+        <v>119</v>
+      </c>
+      <c r="K729" t="s">
+        <v>120</v>
+      </c>
+      <c r="L729" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="730" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A730" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B730" s="3">
+        <v>9</v>
+      </c>
+      <c r="C730" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D730" t="s">
+        <v>23</v>
+      </c>
+      <c r="E730" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F730" t="s">
+        <v>14</v>
+      </c>
+      <c r="G730" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H730" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I730" t="s">
+        <v>2026</v>
+      </c>
+      <c r="J730" t="s">
+        <v>2027</v>
+      </c>
+      <c r="K730" t="s">
+        <v>421</v>
+      </c>
+      <c r="L730" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="731" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A731" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B731" s="3">
+        <v>9</v>
+      </c>
+      <c r="C731" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D731" t="s">
+        <v>23</v>
+      </c>
+      <c r="E731" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F731" t="s">
+        <v>14</v>
+      </c>
+      <c r="G731" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H731" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I731" t="s">
+        <v>2029</v>
+      </c>
+      <c r="J731" t="s">
+        <v>2030</v>
+      </c>
+      <c r="K731" t="s">
+        <v>297</v>
+      </c>
+      <c r="L731" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="732" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A732" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B732" s="3">
+        <v>9</v>
+      </c>
+      <c r="C732" s="4">
+        <v>45911</v>
+      </c>
+      <c r="D732" t="s">
+        <v>46</v>
+      </c>
+      <c r="E732" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F732" t="s">
+        <v>14</v>
+      </c>
+      <c r="G732" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H732" t="s">
+        <v>2031</v>
+      </c>
+      <c r="I732" t="s">
+        <v>2032</v>
+      </c>
+      <c r="J732" t="s">
+        <v>2033</v>
+      </c>
+      <c r="K732" t="s">
+        <v>91</v>
+      </c>
+      <c r="L732" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="733" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A733" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B733" s="3">
+        <v>9</v>
+      </c>
+      <c r="C733" s="4">
+        <v>45908</v>
+      </c>
+      <c r="D733" t="s">
+        <v>13</v>
+      </c>
+      <c r="E733" s="5">
+        <v>9001925</v>
+      </c>
+      <c r="F733" t="s">
+        <v>14</v>
+      </c>
+      <c r="G733" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H733" t="s">
+        <v>2034</v>
+      </c>
+      <c r="I733" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="734" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A734" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B734" s="3">
+        <v>9</v>
+      </c>
+      <c r="C734" s="4">
+        <v>45909</v>
+      </c>
+      <c r="D734" t="s">
+        <v>2035</v>
+      </c>
+      <c r="E734" s="5">
+        <v>2000000</v>
+      </c>
+      <c r="F734" t="s">
+        <v>14</v>
+      </c>
+      <c r="G734" s="6" t="s">
+        <v>2036</v>
+      </c>
+      <c r="H734" t="s">
+        <v>2037</v>
+      </c>
+      <c r="I734" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="735" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A735" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B735" s="3">
+        <v>9</v>
+      </c>
+      <c r="C735" s="4">
+        <v>45926</v>
+      </c>
+      <c r="D735" t="s">
+        <v>2039</v>
+      </c>
+      <c r="E735" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F735" t="s">
+        <v>14</v>
+      </c>
+      <c r="G735" s="6" t="s">
+        <v>2040</v>
+      </c>
+      <c r="H735" t="s">
+        <v>2041</v>
+      </c>
+      <c r="I735" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="736" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A736" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B736" s="3">
+        <v>9</v>
+      </c>
+      <c r="C736" s="4">
+        <v>45909</v>
+      </c>
+      <c r="D736" t="s">
+        <v>13</v>
+      </c>
+      <c r="E736" s="5">
+        <v>396430460</v>
+      </c>
+      <c r="F736" t="s">
+        <v>14</v>
+      </c>
+      <c r="G736" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H736" t="s">
+        <v>2043</v>
+      </c>
+      <c r="I736" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="737" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A737" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B737" s="3">
+        <v>9</v>
+      </c>
+      <c r="C737" s="4">
+        <v>45924</v>
+      </c>
+      <c r="D737" t="s">
+        <v>2044</v>
+      </c>
+      <c r="E737" s="5">
+        <v>1560000</v>
+      </c>
+      <c r="F737" t="s">
+        <v>14</v>
+      </c>
+      <c r="G737" s="6" t="s">
+        <v>2045</v>
+      </c>
+      <c r="H737" t="s">
+        <v>2046</v>
+      </c>
+      <c r="I737" t="s">
+        <v>2047</v>
+      </c>
+    </row>
+    <row r="738" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A738" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B738" s="3">
+        <v>9</v>
+      </c>
+      <c r="C738" s="4">
+        <v>45916</v>
+      </c>
+      <c r="D738" t="s">
+        <v>182</v>
+      </c>
+      <c r="E738" s="5">
+        <v>173978</v>
+      </c>
+      <c r="F738" t="s">
+        <v>14</v>
+      </c>
+      <c r="G738" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H738" t="s">
+        <v>2048</v>
+      </c>
+      <c r="I738" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="739" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A739" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B739" s="3">
+        <v>9</v>
+      </c>
+      <c r="C739" s="4">
+        <v>45916</v>
+      </c>
+      <c r="D739" t="s">
+        <v>182</v>
+      </c>
+      <c r="E739" s="5">
+        <v>146370</v>
+      </c>
+      <c r="F739" t="s">
+        <v>14</v>
+      </c>
+      <c r="G739" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H739" t="s">
+        <v>2049</v>
+      </c>
+      <c r="I739" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="740" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A740" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B740" s="3">
+        <v>9</v>
+      </c>
+      <c r="C740" s="4">
+        <v>45916</v>
+      </c>
+      <c r="D740" t="s">
+        <v>182</v>
+      </c>
+      <c r="E740" s="5">
+        <v>142405</v>
+      </c>
+      <c r="F740" t="s">
+        <v>14</v>
+      </c>
+      <c r="G740" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H740" t="s">
+        <v>2050</v>
+      </c>
+      <c r="I740" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="741" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A741" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B741" s="3">
+        <v>9</v>
+      </c>
+      <c r="C741" s="4">
+        <v>45916</v>
+      </c>
+      <c r="D741" t="s">
+        <v>182</v>
+      </c>
+      <c r="E741" s="5">
+        <v>130416</v>
+      </c>
+      <c r="F741" t="s">
+        <v>14</v>
+      </c>
+      <c r="G741" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H741" t="s">
+        <v>2051</v>
+      </c>
+      <c r="I741" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="742" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A742" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B742" s="3">
+        <v>9</v>
+      </c>
+      <c r="C742" s="4">
+        <v>45925</v>
+      </c>
+      <c r="D742" t="s">
+        <v>182</v>
+      </c>
+      <c r="E742" s="5">
+        <v>165688</v>
+      </c>
+      <c r="F742" t="s">
+        <v>14</v>
+      </c>
+      <c r="G742" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H742" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I742" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="743" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A743" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B743" s="3">
+        <v>9</v>
+      </c>
+      <c r="C743" s="4">
+        <v>45925</v>
+      </c>
+      <c r="D743" t="s">
+        <v>182</v>
+      </c>
+      <c r="E743" s="5">
+        <v>200979</v>
+      </c>
+      <c r="F743" t="s">
+        <v>14</v>
+      </c>
+      <c r="G743" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H743" t="s">
+        <v>2053</v>
+      </c>
+      <c r="I743" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="744" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A744" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B744" s="3">
+        <v>9</v>
+      </c>
+      <c r="C744" s="4">
+        <v>45915</v>
+      </c>
+      <c r="D744" t="s">
+        <v>2054</v>
+      </c>
+      <c r="E744" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F744" t="s">
+        <v>14</v>
+      </c>
+      <c r="G744" s="6" t="s">
+        <v>2055</v>
+      </c>
+      <c r="H744" t="s">
+        <v>2056</v>
+      </c>
+      <c r="I744" t="s">
+        <v>2057</v>
+      </c>
+    </row>
+    <row r="745" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A745" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B745" s="3">
+        <v>9</v>
+      </c>
+      <c r="C745" s="4">
+        <v>45926</v>
+      </c>
+      <c r="D745" t="s">
+        <v>2058</v>
+      </c>
+      <c r="E745" s="5">
+        <v>500000</v>
+      </c>
+      <c r="F745" t="s">
+        <v>14</v>
+      </c>
+      <c r="G745" s="6" t="s">
+        <v>2059</v>
+      </c>
+      <c r="H745" t="s">
+        <v>2060</v>
+      </c>
+      <c r="I745" t="s">
+        <v>2061</v>
+      </c>
+    </row>
+    <row r="746" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A746" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B746" s="3">
+        <v>9</v>
+      </c>
+      <c r="C746" s="4">
+        <v>45916</v>
+      </c>
+      <c r="D746" t="s">
+        <v>2062</v>
+      </c>
+      <c r="E746" s="5">
+        <v>2000000</v>
+      </c>
+      <c r="F746" t="s">
+        <v>14</v>
+      </c>
+      <c r="G746" s="6" t="s">
+        <v>2063</v>
+      </c>
+      <c r="H746" t="s">
+        <v>2064</v>
+      </c>
+      <c r="I746" t="s">
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="747" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A747" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B747" s="3">
+        <v>9</v>
+      </c>
+      <c r="C747" s="4">
+        <v>45923</v>
+      </c>
+      <c r="D747" t="s">
+        <v>23</v>
+      </c>
+      <c r="E747" s="5">
+        <v>150000</v>
+      </c>
+      <c r="F747" t="s">
+        <v>14</v>
+      </c>
+      <c r="G747" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H747" t="s">
+        <v>2066</v>
+      </c>
+      <c r="I747" t="s">
+        <v>2067</v>
+      </c>
+      <c r="J747" t="s">
+        <v>2068</v>
+      </c>
+      <c r="K747" t="s">
+        <v>2069</v>
+      </c>
+      <c r="L747" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="748" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A748" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B748" s="3">
+        <v>9</v>
+      </c>
+      <c r="C748" s="4">
+        <v>45923</v>
+      </c>
+      <c r="D748" t="s">
+        <v>23</v>
+      </c>
+      <c r="E748" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F748" t="s">
+        <v>14</v>
+      </c>
+      <c r="G748" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H748" t="s">
+        <v>2071</v>
+      </c>
+      <c r="I748" t="s">
+        <v>2072</v>
+      </c>
+      <c r="J748" t="s">
+        <v>2073</v>
+      </c>
+      <c r="K748" t="s">
+        <v>2074</v>
+      </c>
+      <c r="L748" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="749" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A749" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B749" s="3">
+        <v>9</v>
+      </c>
+      <c r="C749" s="4">
+        <v>45922</v>
+      </c>
+      <c r="D749" t="s">
+        <v>46</v>
+      </c>
+      <c r="E749" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F749" t="s">
+        <v>14</v>
+      </c>
+      <c r="G749" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H749" t="s">
+        <v>2075</v>
+      </c>
+      <c r="I749" t="s">
+        <v>2076</v>
+      </c>
+      <c r="J749" t="s">
+        <v>2077</v>
+      </c>
+      <c r="K749" t="s">
+        <v>275</v>
+      </c>
+      <c r="L749" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="750" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A750" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B750" s="3">
+        <v>9</v>
+      </c>
+      <c r="C750" s="4">
+        <v>45922</v>
+      </c>
+      <c r="D750" t="s">
+        <v>23</v>
+      </c>
+      <c r="E750" s="5">
+        <v>120000</v>
+      </c>
+      <c r="F750" t="s">
+        <v>14</v>
+      </c>
+      <c r="G750" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H750" t="s">
+        <v>2078</v>
+      </c>
+      <c r="I750" t="s">
+        <v>2079</v>
+      </c>
+      <c r="J750" t="s">
+        <v>2080</v>
+      </c>
+      <c r="K750" t="s">
+        <v>2081</v>
+      </c>
+      <c r="L750" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="751" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A751" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B751" s="3">
+        <v>9</v>
+      </c>
+      <c r="C751" s="4">
+        <v>45923</v>
+      </c>
+      <c r="D751" t="s">
+        <v>23</v>
+      </c>
+      <c r="E751" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F751" t="s">
+        <v>14</v>
+      </c>
+      <c r="G751" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H751" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I751" t="s">
+        <v>2083</v>
+      </c>
+      <c r="J751" t="s">
+        <v>2084</v>
+      </c>
+      <c r="K751" t="s">
+        <v>904</v>
+      </c>
+      <c r="L751" t="s">
+        <v>2085</v>
+      </c>
+    </row>
+    <row r="752" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A752" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B752" s="3">
+        <v>9</v>
+      </c>
+      <c r="C752" s="4">
+        <v>45923</v>
+      </c>
+      <c r="D752" t="s">
+        <v>23</v>
+      </c>
+      <c r="E752" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F752" t="s">
+        <v>14</v>
+      </c>
+      <c r="G752" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H752" t="s">
+        <v>2086</v>
+      </c>
+      <c r="I752" t="s">
+        <v>2087</v>
+      </c>
+      <c r="J752" t="s">
+        <v>2088</v>
+      </c>
+      <c r="K752" t="s">
+        <v>1960</v>
+      </c>
+      <c r="L752" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="753" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A753" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B753" s="3">
+        <v>9</v>
+      </c>
+      <c r="C753" s="4">
+        <v>45923</v>
+      </c>
+      <c r="D753" t="s">
+        <v>23</v>
+      </c>
+      <c r="E753" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F753" t="s">
+        <v>14</v>
+      </c>
+      <c r="G753" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H753" t="s">
+        <v>2089</v>
+      </c>
+      <c r="I753" t="s">
+        <v>2090</v>
+      </c>
+      <c r="J753" t="s">
+        <v>2091</v>
+      </c>
+      <c r="K753" t="s">
+        <v>2092</v>
+      </c>
+      <c r="L753" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="754" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A754" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B754" s="3">
+        <v>9</v>
+      </c>
+      <c r="C754" s="4">
+        <v>45923</v>
+      </c>
+      <c r="D754" t="s">
+        <v>23</v>
+      </c>
+      <c r="E754" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F754" t="s">
+        <v>14</v>
+      </c>
+      <c r="G754" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H754" t="s">
+        <v>2093</v>
+      </c>
+      <c r="I754" t="s">
+        <v>2094</v>
+      </c>
+      <c r="J754" t="s">
+        <v>2095</v>
+      </c>
+      <c r="K754" t="s">
+        <v>564</v>
+      </c>
+      <c r="L754" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="755" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A755" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B755" s="3">
+        <v>9</v>
+      </c>
+      <c r="C755" s="4">
+        <v>45923</v>
+      </c>
+      <c r="D755" t="s">
+        <v>23</v>
+      </c>
+      <c r="E755" s="5">
+        <v>60000</v>
+      </c>
+      <c r="F755" t="s">
+        <v>14</v>
+      </c>
+      <c r="G755" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H755" t="s">
+        <v>2096</v>
+      </c>
+      <c r="I755" t="s">
+        <v>2097</v>
+      </c>
+      <c r="J755" t="s">
+        <v>2098</v>
+      </c>
+      <c r="K755" t="s">
+        <v>40</v>
+      </c>
+      <c r="L755" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="756" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A756" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B756" s="3">
+        <v>9</v>
+      </c>
+      <c r="C756" s="4">
+        <v>45923</v>
+      </c>
+      <c r="D756" t="s">
+        <v>23</v>
+      </c>
+      <c r="E756" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F756" t="s">
+        <v>14</v>
+      </c>
+      <c r="G756" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H756" t="s">
+        <v>2099</v>
+      </c>
+      <c r="I756" t="s">
+        <v>2100</v>
+      </c>
+      <c r="J756" t="s">
+        <v>2101</v>
+      </c>
+      <c r="K756" t="s">
+        <v>2102</v>
+      </c>
+      <c r="L756" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="757" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A757" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B757" s="3">
+        <v>9</v>
+      </c>
+      <c r="C757" s="4">
+        <v>45923</v>
+      </c>
+      <c r="D757" t="s">
+        <v>23</v>
+      </c>
+      <c r="E757" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F757" t="s">
+        <v>14</v>
+      </c>
+      <c r="G757" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H757" t="s">
+        <v>2104</v>
+      </c>
+      <c r="I757" t="s">
+        <v>2105</v>
+      </c>
+      <c r="J757" t="s">
+        <v>2106</v>
+      </c>
+      <c r="K757" t="s">
+        <v>39</v>
+      </c>
+      <c r="L757" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="758" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A758" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B758" s="3">
+        <v>9</v>
+      </c>
+      <c r="C758" s="4">
+        <v>45930</v>
+      </c>
+      <c r="D758" t="s">
+        <v>2107</v>
+      </c>
+      <c r="E758" s="5">
+        <v>5000000</v>
+      </c>
+      <c r="F758" t="s">
+        <v>14</v>
+      </c>
+      <c r="G758" s="6" t="s">
+        <v>2108</v>
+      </c>
+      <c r="H758" t="s">
+        <v>2109</v>
+      </c>
+      <c r="I758" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="759" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A759" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B759" s="3">
+        <v>9</v>
+      </c>
+      <c r="C759" s="4">
+        <v>45929</v>
+      </c>
+      <c r="D759" t="s">
+        <v>182</v>
+      </c>
+      <c r="E759" s="5">
+        <v>232050</v>
+      </c>
+      <c r="F759" t="s">
+        <v>14</v>
+      </c>
+      <c r="G759" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H759" t="s">
+        <v>2111</v>
+      </c>
+      <c r="I759" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="760" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A760" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B760" s="3">
+        <v>9</v>
+      </c>
+      <c r="C760" s="4">
+        <v>45929</v>
+      </c>
+      <c r="D760" t="s">
+        <v>2112</v>
+      </c>
+      <c r="E760" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F760" t="s">
+        <v>14</v>
+      </c>
+      <c r="G760" s="6" t="s">
+        <v>2113</v>
+      </c>
+      <c r="H760" t="s">
+        <v>2114</v>
+      </c>
+      <c r="I760" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="761" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A761" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B761" s="3">
+        <v>9</v>
+      </c>
+      <c r="C761" s="4">
+        <v>45929</v>
+      </c>
+      <c r="D761" t="s">
+        <v>30</v>
+      </c>
+      <c r="E761" s="5">
+        <v>39000000</v>
+      </c>
+      <c r="F761" t="s">
+        <v>14</v>
+      </c>
+      <c r="G761" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H761" t="s">
+        <v>2116</v>
+      </c>
+      <c r="I761" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="762" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A762" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B762" s="3">
+        <v>9</v>
+      </c>
+      <c r="C762" s="4">
+        <v>45926</v>
+      </c>
+      <c r="D762" t="s">
+        <v>46</v>
+      </c>
+      <c r="E762" s="5">
+        <v>90000</v>
+      </c>
+      <c r="F762" t="s">
+        <v>14</v>
+      </c>
+      <c r="G762" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H762" t="s">
+        <v>2117</v>
+      </c>
+      <c r="I762" t="s">
+        <v>2118</v>
+      </c>
+      <c r="J762" t="s">
+        <v>2119</v>
+      </c>
+      <c r="K762" t="s">
+        <v>1960</v>
+      </c>
+      <c r="L762" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="763" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A763" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B763" s="3">
+        <v>9</v>
+      </c>
+      <c r="C763" s="4">
+        <v>45926</v>
+      </c>
+      <c r="D763" t="s">
+        <v>23</v>
+      </c>
+      <c r="E763" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F763" t="s">
+        <v>14</v>
+      </c>
+      <c r="G763" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H763" t="s">
+        <v>2120</v>
+      </c>
+      <c r="I763" t="s">
+        <v>2121</v>
+      </c>
+      <c r="J763" t="s">
+        <v>2122</v>
+      </c>
+      <c r="K763" t="s">
+        <v>2123</v>
+      </c>
+      <c r="L763" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="764" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A764" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B764" s="3">
+        <v>9</v>
+      </c>
+      <c r="C764" s="4">
+        <v>45926</v>
+      </c>
+      <c r="D764" t="s">
+        <v>23</v>
+      </c>
+      <c r="E764" s="5">
+        <v>70000</v>
+      </c>
+      <c r="F764" t="s">
+        <v>14</v>
+      </c>
+      <c r="G764" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H764" t="s">
+        <v>2124</v>
+      </c>
+      <c r="I764" t="s">
+        <v>710</v>
+      </c>
+      <c r="J764" t="s">
+        <v>711</v>
+      </c>
+      <c r="K764" t="s">
+        <v>66</v>
+      </c>
+      <c r="L764" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="765" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A765" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B765" s="3">
+        <v>9</v>
+      </c>
+      <c r="C765" s="4">
+        <v>45926</v>
+      </c>
+      <c r="D765" t="s">
+        <v>23</v>
+      </c>
+      <c r="E765" s="5">
+        <v>70000</v>
+      </c>
+      <c r="F765" t="s">
+        <v>14</v>
+      </c>
+      <c r="G765" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H765" t="s">
+        <v>2125</v>
+      </c>
+      <c r="I765" t="s">
+        <v>2126</v>
+      </c>
+      <c r="J765" t="s">
+        <v>2127</v>
+      </c>
+      <c r="K765" t="s">
+        <v>232</v>
+      </c>
+      <c r="L765" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="766" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A766" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B766" s="3">
+        <v>9</v>
+      </c>
+      <c r="C766" s="4">
+        <v>45926</v>
+      </c>
+      <c r="D766" t="s">
+        <v>23</v>
+      </c>
+      <c r="E766" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F766" t="s">
+        <v>14</v>
+      </c>
+      <c r="G766" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H766" t="s">
+        <v>2128</v>
+      </c>
+      <c r="I766" t="s">
+        <v>2129</v>
+      </c>
+      <c r="J766" t="s">
+        <v>2130</v>
+      </c>
+      <c r="K766" t="s">
+        <v>2131</v>
+      </c>
+      <c r="L766" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="767" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A767" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B767" s="3">
+        <v>9</v>
+      </c>
+      <c r="C767" s="4">
+        <v>45926</v>
+      </c>
+      <c r="D767" t="s">
+        <v>23</v>
+      </c>
+      <c r="E767" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F767" t="s">
+        <v>14</v>
+      </c>
+      <c r="G767" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H767" t="s">
+        <v>2133</v>
+      </c>
+      <c r="I767" t="s">
+        <v>335</v>
+      </c>
+      <c r="J767" t="s">
+        <v>336</v>
+      </c>
+      <c r="K767" t="s">
+        <v>228</v>
+      </c>
+      <c r="L767" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="768" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A768" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B768" s="3">
+        <v>9</v>
+      </c>
+      <c r="C768" s="4">
+        <v>45926</v>
+      </c>
+      <c r="D768" t="s">
+        <v>23</v>
+      </c>
+      <c r="E768" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F768" t="s">
+        <v>14</v>
+      </c>
+      <c r="G768" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H768" t="s">
+        <v>2134</v>
+      </c>
+      <c r="I768" t="s">
+        <v>2135</v>
+      </c>
+      <c r="J768" t="s">
+        <v>2136</v>
+      </c>
+      <c r="K768" t="s">
+        <v>2137</v>
+      </c>
+      <c r="L768" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="769" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A769" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B769" s="3">
+        <v>9</v>
+      </c>
+      <c r="C769" s="4">
+        <v>45926</v>
+      </c>
+      <c r="D769" t="s">
+        <v>23</v>
+      </c>
+      <c r="E769" s="5">
+        <v>80000</v>
+      </c>
+      <c r="F769" t="s">
+        <v>14</v>
+      </c>
+      <c r="G769" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H769" t="s">
+        <v>2138</v>
+      </c>
+      <c r="I769" t="s">
+        <v>2139</v>
+      </c>
+      <c r="J769" t="s">
+        <v>2140</v>
+      </c>
+      <c r="K769" t="s">
+        <v>1176</v>
+      </c>
+      <c r="L769" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="770" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A770" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B770" s="3">
+        <v>9</v>
+      </c>
+      <c r="C770" s="4">
+        <v>45926</v>
+      </c>
+      <c r="D770" t="s">
+        <v>23</v>
+      </c>
+      <c r="E770" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F770" t="s">
+        <v>14</v>
+      </c>
+      <c r="G770" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H770" t="s">
+        <v>2141</v>
+      </c>
+      <c r="I770" t="s">
+        <v>2142</v>
+      </c>
+      <c r="J770" t="s">
+        <v>2143</v>
+      </c>
+      <c r="K770" t="s">
+        <v>62</v>
+      </c>
+      <c r="L770" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="771" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A771" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B771" s="3">
+        <v>9</v>
+      </c>
+      <c r="C771" s="4">
+        <v>45924</v>
+      </c>
+      <c r="D771" t="s">
+        <v>13</v>
+      </c>
+      <c r="E771" s="5">
+        <v>844169408</v>
+      </c>
+      <c r="F771" t="s">
+        <v>14</v>
+      </c>
+      <c r="G771" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H771" t="s">
+        <v>2145</v>
+      </c>
+      <c r="I771" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="772" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A772" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B772" s="3">
+        <v>9</v>
+      </c>
+      <c r="C772" s="4">
+        <v>45924</v>
+      </c>
+      <c r="D772" t="s">
+        <v>13</v>
+      </c>
+      <c r="E772" s="5">
+        <v>440191499</v>
+      </c>
+      <c r="F772" t="s">
+        <v>14</v>
+      </c>
+      <c r="G772" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H772" t="s">
+        <v>2146</v>
+      </c>
+      <c r="I772" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="773" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A773" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B773" s="3">
+        <v>9</v>
+      </c>
+      <c r="C773" s="4">
+        <v>45926</v>
+      </c>
+      <c r="D773" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E773" s="5">
+        <v>1500000</v>
+      </c>
+      <c r="F773" t="s">
+        <v>14</v>
+      </c>
+      <c r="G773" s="6" t="s">
+        <v>2148</v>
+      </c>
+      <c r="H773" t="s">
+        <v>2149</v>
+      </c>
+      <c r="I773" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="774" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A774" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B774" s="3">
+        <v>9</v>
+      </c>
+      <c r="C774" s="4">
+        <v>45929</v>
+      </c>
+      <c r="D774" t="s">
+        <v>2112</v>
+      </c>
+      <c r="E774" s="5">
+        <v>350000</v>
+      </c>
+      <c r="F774" t="s">
+        <v>14</v>
+      </c>
+      <c r="G774" s="6" t="s">
+        <v>2113</v>
+      </c>
+      <c r="H774" t="s">
+        <v>2151</v>
+      </c>
+      <c r="I774" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="775" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A775" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B775" s="3">
+        <v>9</v>
+      </c>
+      <c r="C775" s="4">
+        <v>45945</v>
+      </c>
+      <c r="D775" t="s">
+        <v>2152</v>
+      </c>
+      <c r="E775" s="5">
+        <v>6500000</v>
+      </c>
+      <c r="F775" t="s">
+        <v>14</v>
+      </c>
+      <c r="G775" s="6" t="s">
+        <v>2153</v>
+      </c>
+      <c r="H775" t="s">
+        <v>2154</v>
+      </c>
+      <c r="I775" t="s">
+        <v>2155</v>
+      </c>
+    </row>
+    <row r="776" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A776" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B776" s="3">
+        <v>9</v>
+      </c>
+      <c r="C776" s="4">
+        <v>45936</v>
+      </c>
+      <c r="D776" t="s">
+        <v>182</v>
+      </c>
+      <c r="E776" s="5">
+        <v>229064</v>
+      </c>
+      <c r="F776" t="s">
+        <v>14</v>
+      </c>
+      <c r="G776" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H776" t="s">
+        <v>2156</v>
+      </c>
+      <c r="I776" t="s">
+        <v>803</v>
+      </c>
+      <c r="J776" t="s">
+        <v>804</v>
+      </c>
+      <c r="K776" t="s">
+        <v>147</v>
+      </c>
+      <c r="L776" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="777" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A777" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B777" s="3">
+        <v>9</v>
+      </c>
+      <c r="C777" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D777" t="s">
+        <v>182</v>
+      </c>
+      <c r="E777" s="5">
+        <v>202419</v>
+      </c>
+      <c r="F777" t="s">
+        <v>14</v>
+      </c>
+      <c r="G777" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H777" t="s">
+        <v>2157</v>
+      </c>
+      <c r="I777" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="778" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A778" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B778" s="3">
+        <v>9</v>
+      </c>
+      <c r="C778" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D778" t="s">
+        <v>23</v>
+      </c>
+      <c r="E778" s="5">
+        <v>1825936</v>
+      </c>
+      <c r="F778" t="s">
+        <v>14</v>
+      </c>
+      <c r="G778" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H778" t="s">
+        <v>2158</v>
+      </c>
+      <c r="I778" t="s">
+        <v>268</v>
+      </c>
+      <c r="J778" t="s">
+        <v>269</v>
+      </c>
+      <c r="K778" t="s">
+        <v>270</v>
+      </c>
+      <c r="L778" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="779" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A779" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B779" s="3">
+        <v>9</v>
+      </c>
+      <c r="C779" s="4">
+        <v>45931</v>
+      </c>
+      <c r="D779" t="s">
+        <v>182</v>
+      </c>
+      <c r="E779" s="5">
+        <v>113712</v>
+      </c>
+      <c r="F779" t="s">
+        <v>14</v>
+      </c>
+      <c r="G779" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H779" t="s">
+        <v>2159</v>
+      </c>
+      <c r="I779" t="s">
+        <v>803</v>
+      </c>
+      <c r="J779" t="s">
+        <v>804</v>
+      </c>
+      <c r="K779" t="s">
+        <v>147</v>
+      </c>
+      <c r="L779" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="780" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A780" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B780" s="3">
+        <v>9</v>
+      </c>
+      <c r="C780" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D780" t="s">
+        <v>182</v>
+      </c>
+      <c r="E780" s="5">
+        <v>159636</v>
+      </c>
+      <c r="F780" t="s">
+        <v>14</v>
+      </c>
+      <c r="G780" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H780" t="s">
+        <v>2160</v>
+      </c>
+      <c r="I780" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="781" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A781" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B781" s="3">
+        <v>9</v>
+      </c>
+      <c r="C781" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D781" t="s">
+        <v>182</v>
+      </c>
+      <c r="E781" s="5">
+        <v>182237</v>
+      </c>
+      <c r="F781" t="s">
+        <v>14</v>
+      </c>
+      <c r="G781" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H781" t="s">
+        <v>2161</v>
+      </c>
+      <c r="I781" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="782" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A782" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B782" s="3">
+        <v>9</v>
+      </c>
+      <c r="C782" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D782" t="s">
+        <v>182</v>
+      </c>
+      <c r="E782" s="5">
+        <v>113709</v>
+      </c>
+      <c r="F782" t="s">
+        <v>14</v>
+      </c>
+      <c r="G782" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H782" t="s">
+        <v>2162</v>
+      </c>
+      <c r="I782" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="783" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A783" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B783" s="3">
+        <v>9</v>
+      </c>
+      <c r="C783" s="4">
+        <v>45931</v>
+      </c>
+      <c r="D783" t="s">
+        <v>46</v>
+      </c>
+      <c r="E783" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F783" t="s">
+        <v>14</v>
+      </c>
+      <c r="G783" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H783" t="s">
+        <v>2163</v>
+      </c>
+      <c r="I783" t="s">
+        <v>2164</v>
+      </c>
+      <c r="J783" t="s">
+        <v>2165</v>
+      </c>
+      <c r="K783" t="s">
+        <v>62</v>
+      </c>
+      <c r="L783" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="784" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A784" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B784" s="3">
+        <v>9</v>
+      </c>
+      <c r="C784" s="4">
+        <v>45931</v>
+      </c>
+      <c r="D784" t="s">
+        <v>46</v>
+      </c>
+      <c r="E784" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F784" t="s">
+        <v>14</v>
+      </c>
+      <c r="G784" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H784" t="s">
+        <v>2166</v>
+      </c>
+      <c r="I784" t="s">
+        <v>2167</v>
+      </c>
+      <c r="J784" t="s">
+        <v>2168</v>
+      </c>
+      <c r="K784" t="s">
+        <v>564</v>
+      </c>
+      <c r="L784" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="785" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A785" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B785" s="3">
+        <v>9</v>
+      </c>
+      <c r="C785" s="4">
+        <v>45931</v>
+      </c>
+      <c r="D785" t="s">
+        <v>23</v>
+      </c>
+      <c r="E785" s="5">
+        <v>70000</v>
+      </c>
+      <c r="F785" t="s">
+        <v>14</v>
+      </c>
+      <c r="G785" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H785" t="s">
+        <v>2169</v>
+      </c>
+      <c r="I785" t="s">
+        <v>2170</v>
+      </c>
+      <c r="J785" t="s">
+        <v>2171</v>
+      </c>
+      <c r="K785" t="s">
+        <v>70</v>
+      </c>
+      <c r="L785" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="786" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A786" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B786" s="3">
+        <v>9</v>
+      </c>
+      <c r="C786" s="4">
+        <v>45933</v>
+      </c>
+      <c r="D786" t="s">
+        <v>23</v>
+      </c>
+      <c r="E786" s="5">
+        <v>150000</v>
+      </c>
+      <c r="F786" t="s">
+        <v>14</v>
+      </c>
+      <c r="G786" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H786" t="s">
+        <v>2172</v>
+      </c>
+      <c r="I786" t="s">
+        <v>2173</v>
+      </c>
+      <c r="J786" t="s">
+        <v>2174</v>
+      </c>
+      <c r="K786" t="s">
+        <v>81</v>
+      </c>
+      <c r="L786" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="787" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A787" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B787" s="3">
+        <v>9</v>
+      </c>
+      <c r="C787" s="4">
+        <v>45933</v>
+      </c>
+      <c r="D787" t="s">
+        <v>23</v>
+      </c>
+      <c r="E787" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F787" t="s">
+        <v>14</v>
+      </c>
+      <c r="G787" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H787" t="s">
+        <v>2175</v>
+      </c>
+      <c r="I787" t="s">
+        <v>2176</v>
+      </c>
+      <c r="J787" t="s">
+        <v>2177</v>
+      </c>
+      <c r="K787" t="s">
+        <v>120</v>
+      </c>
+      <c r="L787" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="788" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A788" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B788" s="3">
+        <v>9</v>
+      </c>
+      <c r="C788" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D788" t="s">
+        <v>23</v>
+      </c>
+      <c r="E788" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F788" t="s">
+        <v>14</v>
+      </c>
+      <c r="G788" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H788" t="s">
+        <v>2178</v>
+      </c>
+      <c r="I788" t="s">
+        <v>970</v>
+      </c>
+      <c r="J788" t="s">
+        <v>971</v>
+      </c>
+      <c r="K788" t="s">
+        <v>972</v>
+      </c>
+      <c r="L788" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="789" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A789" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B789" s="3">
+        <v>9</v>
+      </c>
+      <c r="C789" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D789" t="s">
+        <v>23</v>
+      </c>
+      <c r="E789" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F789" t="s">
+        <v>14</v>
+      </c>
+      <c r="G789" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H789" t="s">
+        <v>2179</v>
+      </c>
+      <c r="I789" t="s">
+        <v>1073</v>
+      </c>
+      <c r="J789" t="s">
+        <v>1074</v>
+      </c>
+      <c r="K789" t="s">
+        <v>1075</v>
+      </c>
+      <c r="L789" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="790" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A790" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B790" s="3">
+        <v>9</v>
+      </c>
+      <c r="C790" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D790" t="s">
+        <v>23</v>
+      </c>
+      <c r="E790" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F790" t="s">
+        <v>14</v>
+      </c>
+      <c r="G790" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H790" t="s">
+        <v>2180</v>
+      </c>
+      <c r="I790" t="s">
+        <v>1069</v>
+      </c>
+      <c r="J790" t="s">
+        <v>1070</v>
+      </c>
+      <c r="K790" t="s">
+        <v>1071</v>
+      </c>
+      <c r="L790" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="791" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A791" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B791" s="3">
+        <v>9</v>
+      </c>
+      <c r="C791" s="4">
+        <v>45940</v>
+      </c>
+      <c r="D791" t="s">
+        <v>23</v>
+      </c>
+      <c r="E791" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F791" t="s">
+        <v>14</v>
+      </c>
+      <c r="G791" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H791" t="s">
+        <v>2181</v>
+      </c>
+      <c r="I791" t="s">
+        <v>1178</v>
+      </c>
+      <c r="J791" t="s">
+        <v>1179</v>
+      </c>
+      <c r="K791" t="s">
+        <v>1180</v>
+      </c>
+      <c r="L791" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="792" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A792" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B792" s="3">
+        <v>9</v>
+      </c>
+      <c r="C792" s="4">
+        <v>45940</v>
+      </c>
+      <c r="D792" t="s">
+        <v>23</v>
+      </c>
+      <c r="E792" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F792" t="s">
+        <v>14</v>
+      </c>
+      <c r="G792" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H792" t="s">
+        <v>2182</v>
+      </c>
+      <c r="I792" t="s">
+        <v>1174</v>
+      </c>
+      <c r="J792" t="s">
+        <v>1175</v>
+      </c>
+      <c r="K792" t="s">
+        <v>1176</v>
+      </c>
+      <c r="L792" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="793" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A793" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B793" s="3">
+        <v>9</v>
+      </c>
+      <c r="C793" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D793" t="s">
+        <v>23</v>
+      </c>
+      <c r="E793" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F793" t="s">
+        <v>14</v>
+      </c>
+      <c r="G793" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H793" t="s">
+        <v>2183</v>
+      </c>
+      <c r="I793" t="s">
+        <v>1158</v>
+      </c>
+      <c r="J793" t="s">
+        <v>1159</v>
+      </c>
+      <c r="K793" t="s">
+        <v>1160</v>
+      </c>
+      <c r="L793" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="794" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A794" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B794" s="3">
+        <v>9</v>
+      </c>
+      <c r="C794" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D794" t="s">
+        <v>23</v>
+      </c>
+      <c r="E794" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F794" t="s">
+        <v>14</v>
+      </c>
+      <c r="G794" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H794" t="s">
+        <v>2184</v>
+      </c>
+      <c r="I794" t="s">
+        <v>1165</v>
+      </c>
+      <c r="J794" t="s">
+        <v>1166</v>
+      </c>
+      <c r="K794" t="s">
+        <v>1167</v>
+      </c>
+      <c r="L794" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="795" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A795" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B795" s="3">
+        <v>9</v>
+      </c>
+      <c r="C795" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D795" t="s">
+        <v>23</v>
+      </c>
+      <c r="E795" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F795" t="s">
+        <v>14</v>
+      </c>
+      <c r="G795" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H795" t="s">
+        <v>2185</v>
+      </c>
+      <c r="I795" t="s">
+        <v>1162</v>
+      </c>
+      <c r="J795" t="s">
+        <v>1163</v>
+      </c>
+      <c r="K795" t="s">
+        <v>417</v>
+      </c>
+      <c r="L795" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="796" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A796" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B796" s="3">
+        <v>9</v>
+      </c>
+      <c r="C796" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D796" t="s">
+        <v>23</v>
+      </c>
+      <c r="E796" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F796" t="s">
+        <v>14</v>
+      </c>
+      <c r="G796" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H796" t="s">
+        <v>2186</v>
+      </c>
+      <c r="I796" t="s">
+        <v>1087</v>
+      </c>
+      <c r="J796" t="s">
+        <v>1088</v>
+      </c>
+      <c r="K796" t="s">
+        <v>1089</v>
+      </c>
+      <c r="L796" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="797" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A797" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B797" s="3">
+        <v>9</v>
+      </c>
+      <c r="C797" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D797" t="s">
+        <v>23</v>
+      </c>
+      <c r="E797" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F797" t="s">
+        <v>14</v>
+      </c>
+      <c r="G797" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H797" t="s">
+        <v>2187</v>
+      </c>
+      <c r="I797" t="s">
+        <v>1201</v>
+      </c>
+      <c r="J797" t="s">
+        <v>1202</v>
+      </c>
+      <c r="K797" t="s">
+        <v>96</v>
+      </c>
+      <c r="L797" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="798" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A798" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B798" s="3">
+        <v>9</v>
+      </c>
+      <c r="C798" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D798" t="s">
+        <v>23</v>
+      </c>
+      <c r="E798" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F798" t="s">
+        <v>14</v>
+      </c>
+      <c r="G798" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H798" t="s">
+        <v>2188</v>
+      </c>
+      <c r="I798" t="s">
+        <v>1205</v>
+      </c>
+      <c r="J798" t="s">
+        <v>1206</v>
+      </c>
+      <c r="K798" t="s">
+        <v>1207</v>
+      </c>
+      <c r="L798" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="799" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A799" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B799" s="3">
+        <v>9</v>
+      </c>
+      <c r="C799" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D799" t="s">
+        <v>23</v>
+      </c>
+      <c r="E799" s="5">
+        <v>1850000</v>
+      </c>
+      <c r="F799" t="s">
+        <v>14</v>
+      </c>
+      <c r="G799" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H799" t="s">
+        <v>2189</v>
+      </c>
+      <c r="I799" t="s">
+        <v>1153</v>
+      </c>
+      <c r="J799" t="s">
+        <v>1154</v>
+      </c>
+      <c r="K799" t="s">
+        <v>1155</v>
+      </c>
+      <c r="L799" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="800" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A800" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B800" s="3">
+        <v>9</v>
+      </c>
+      <c r="C800" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D800" t="s">
+        <v>23</v>
+      </c>
+      <c r="E800" s="5">
+        <v>2000000</v>
+      </c>
+      <c r="F800" t="s">
+        <v>14</v>
+      </c>
+      <c r="G800" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H800" t="s">
+        <v>2190</v>
+      </c>
+      <c r="I800" t="s">
+        <v>1198</v>
+      </c>
+      <c r="J800" t="s">
+        <v>1199</v>
+      </c>
+      <c r="K800" t="s">
+        <v>95</v>
+      </c>
+      <c r="L800" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="801" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A801" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B801" s="3">
+        <v>9</v>
+      </c>
+      <c r="C801" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D801" t="s">
+        <v>23</v>
+      </c>
+      <c r="E801" s="5">
+        <v>2000000</v>
+      </c>
+      <c r="F801" t="s">
+        <v>14</v>
+      </c>
+      <c r="G801" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H801" t="s">
+        <v>2191</v>
+      </c>
+      <c r="I801" t="s">
+        <v>1194</v>
+      </c>
+      <c r="J801" t="s">
+        <v>1195</v>
+      </c>
+      <c r="K801" t="s">
+        <v>270</v>
+      </c>
+      <c r="L801" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="802" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A802" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B802" s="3">
+        <v>9</v>
+      </c>
+      <c r="C802" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D802" t="s">
+        <v>23</v>
+      </c>
+      <c r="E802" s="5">
+        <v>2000000</v>
+      </c>
+      <c r="F802" t="s">
+        <v>14</v>
+      </c>
+      <c r="G802" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H802" t="s">
+        <v>2192</v>
+      </c>
+      <c r="I802" t="s">
+        <v>1481</v>
+      </c>
+      <c r="J802" t="s">
+        <v>1482</v>
+      </c>
+      <c r="K802" t="s">
+        <v>660</v>
+      </c>
+      <c r="L802" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="803" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A803" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B803" s="3">
+        <v>9</v>
+      </c>
+      <c r="C803" s="4">
+        <v>45939</v>
+      </c>
+      <c r="D803" t="s">
+        <v>23</v>
+      </c>
+      <c r="E803" s="5">
+        <v>2000000</v>
+      </c>
+      <c r="F803" t="s">
+        <v>14</v>
+      </c>
+      <c r="G803" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H803" t="s">
+        <v>2193</v>
+      </c>
+      <c r="I803" t="s">
+        <v>1474</v>
+      </c>
+      <c r="J803" t="s">
+        <v>1475</v>
+      </c>
+      <c r="K803" t="s">
+        <v>91</v>
+      </c>
+      <c r="L803" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="804" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A804" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B804" s="3">
+        <v>9</v>
+      </c>
+      <c r="C804" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D804" t="s">
+        <v>23</v>
+      </c>
+      <c r="E804" s="5">
+        <v>2000000</v>
+      </c>
+      <c r="F804" t="s">
+        <v>14</v>
+      </c>
+      <c r="G804" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H804" t="s">
+        <v>2194</v>
+      </c>
+      <c r="I804" t="s">
+        <v>1477</v>
+      </c>
+      <c r="J804" t="s">
+        <v>1478</v>
+      </c>
+      <c r="K804" t="s">
+        <v>362</v>
+      </c>
+      <c r="L804" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="805" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A805" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B805" s="3">
+        <v>9</v>
+      </c>
+      <c r="C805" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D805" t="s">
+        <v>23</v>
+      </c>
+      <c r="E805" s="5">
+        <v>2000000</v>
+      </c>
+      <c r="F805" t="s">
+        <v>14</v>
+      </c>
+      <c r="G805" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H805" t="s">
+        <v>2195</v>
+      </c>
+      <c r="I805" t="s">
+        <v>1468</v>
+      </c>
+      <c r="J805" t="s">
+        <v>1469</v>
+      </c>
+      <c r="K805" t="s">
+        <v>1135</v>
+      </c>
+      <c r="L805" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="806" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A806" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B806" s="3">
+        <v>9</v>
+      </c>
+      <c r="C806" s="4">
+        <v>45943</v>
+      </c>
+      <c r="D806" t="s">
+        <v>23</v>
+      </c>
+      <c r="E806" s="5">
+        <v>2000000</v>
+      </c>
+      <c r="F806" t="s">
+        <v>14</v>
+      </c>
+      <c r="G806" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H806" t="s">
+        <v>2196</v>
+      </c>
+      <c r="I806" t="s">
+        <v>1415</v>
+      </c>
+      <c r="J806" t="s">
+        <v>1416</v>
+      </c>
+      <c r="K806" t="s">
+        <v>1417</v>
+      </c>
+      <c r="L806" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="807" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A807" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B807" s="3">
+        <v>9</v>
+      </c>
+      <c r="C807" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D807" t="s">
+        <v>23</v>
+      </c>
+      <c r="E807" s="5">
+        <v>2000000</v>
+      </c>
+      <c r="F807" t="s">
+        <v>14</v>
+      </c>
+      <c r="G807" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H807" t="s">
+        <v>2197</v>
+      </c>
+      <c r="I807" t="s">
+        <v>1419</v>
+      </c>
+      <c r="J807" t="s">
+        <v>1420</v>
+      </c>
+      <c r="K807" t="s">
+        <v>91</v>
+      </c>
+      <c r="L807" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="808" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A808" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B808" s="3">
+        <v>9</v>
+      </c>
+      <c r="C808" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D808" t="s">
+        <v>23</v>
+      </c>
+      <c r="E808" s="5">
+        <v>2000000</v>
+      </c>
+      <c r="F808" t="s">
+        <v>14</v>
+      </c>
+      <c r="G808" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H808" t="s">
+        <v>2198</v>
+      </c>
+      <c r="I808" t="s">
+        <v>1521</v>
+      </c>
+      <c r="J808" t="s">
+        <v>1522</v>
+      </c>
+      <c r="K808" t="s">
+        <v>171</v>
+      </c>
+      <c r="L808" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="809" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A809" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B809" s="3">
+        <v>9</v>
+      </c>
+      <c r="C809" s="4">
+        <v>45939</v>
+      </c>
+      <c r="D809" t="s">
+        <v>23</v>
+      </c>
+      <c r="E809" s="5">
+        <v>2000000</v>
+      </c>
+      <c r="F809" t="s">
+        <v>14</v>
+      </c>
+      <c r="G809" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H809" t="s">
+        <v>2199</v>
+      </c>
+      <c r="I809" t="s">
+        <v>1524</v>
+      </c>
+      <c r="J809" t="s">
+        <v>1525</v>
+      </c>
+      <c r="K809" t="s">
+        <v>417</v>
+      </c>
+      <c r="L809" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="810" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A810" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B810" s="3">
+        <v>9</v>
+      </c>
+      <c r="C810" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D810" t="s">
+        <v>23</v>
+      </c>
+      <c r="E810" s="5">
+        <v>3000000</v>
+      </c>
+      <c r="F810" t="s">
+        <v>14</v>
+      </c>
+      <c r="G810" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H810" t="s">
+        <v>2200</v>
+      </c>
+      <c r="I810" t="s">
+        <v>1689</v>
+      </c>
+      <c r="J810" t="s">
+        <v>1690</v>
+      </c>
+      <c r="K810" t="s">
+        <v>1691</v>
+      </c>
+      <c r="L810" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="811" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A811" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B811" s="3">
+        <v>9</v>
+      </c>
+      <c r="C811" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D811" t="s">
+        <v>23</v>
+      </c>
+      <c r="E811" s="5">
+        <v>3000000</v>
+      </c>
+      <c r="F811" t="s">
+        <v>14</v>
+      </c>
+      <c r="G811" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H811" t="s">
+        <v>2201</v>
+      </c>
+      <c r="I811" t="s">
+        <v>1682</v>
+      </c>
+      <c r="J811" t="s">
+        <v>1683</v>
+      </c>
+      <c r="K811" t="s">
+        <v>120</v>
+      </c>
+      <c r="L811" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="812" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A812" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B812" s="3">
+        <v>9</v>
+      </c>
+      <c r="C812" s="4">
+        <v>45939</v>
+      </c>
+      <c r="D812" t="s">
+        <v>23</v>
+      </c>
+      <c r="E812" s="5">
+        <v>3000000</v>
+      </c>
+      <c r="F812" t="s">
+        <v>14</v>
+      </c>
+      <c r="G812" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H812" t="s">
+        <v>2202</v>
+      </c>
+      <c r="I812" t="s">
+        <v>1672</v>
+      </c>
+      <c r="J812" t="s">
+        <v>1673</v>
+      </c>
+      <c r="K812" t="s">
+        <v>977</v>
+      </c>
+      <c r="L812" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="813" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A813" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B813" s="3">
+        <v>9</v>
+      </c>
+      <c r="C813" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D813" t="s">
+        <v>23</v>
+      </c>
+      <c r="E813" s="5">
+        <v>3000000</v>
+      </c>
+      <c r="F813" t="s">
+        <v>14</v>
+      </c>
+      <c r="G813" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H813" t="s">
+        <v>2203</v>
+      </c>
+      <c r="I813" t="s">
+        <v>1694</v>
+      </c>
+      <c r="J813" t="s">
+        <v>1695</v>
+      </c>
+      <c r="K813" t="s">
+        <v>1696</v>
+      </c>
+      <c r="L813" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="814" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A814" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B814" s="3">
+        <v>9</v>
+      </c>
+      <c r="C814" s="4">
+        <v>45933</v>
+      </c>
+      <c r="D814" t="s">
+        <v>23</v>
+      </c>
+      <c r="E814" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F814" t="s">
+        <v>14</v>
+      </c>
+      <c r="G814" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H814" t="s">
+        <v>2204</v>
+      </c>
+      <c r="I814" t="s">
+        <v>2205</v>
+      </c>
+      <c r="J814" t="s">
+        <v>2206</v>
+      </c>
+      <c r="K814" t="s">
+        <v>2207</v>
+      </c>
+      <c r="L814" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="815" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A815" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B815" s="3">
+        <v>9</v>
+      </c>
+      <c r="C815" s="4">
+        <v>45933</v>
+      </c>
+      <c r="D815" t="s">
+        <v>23</v>
+      </c>
+      <c r="E815" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F815" t="s">
+        <v>14</v>
+      </c>
+      <c r="G815" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H815" t="s">
+        <v>2208</v>
+      </c>
+      <c r="I815" t="s">
+        <v>2209</v>
+      </c>
+      <c r="J815" t="s">
+        <v>2210</v>
+      </c>
+      <c r="K815" t="s">
+        <v>96</v>
+      </c>
+      <c r="L815" t="s">
+        <v>2211</v>
+      </c>
+    </row>
+    <row r="816" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A816" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B816" s="3">
+        <v>9</v>
+      </c>
+      <c r="C816" s="4">
+        <v>45933</v>
+      </c>
+      <c r="D816" t="s">
+        <v>23</v>
+      </c>
+      <c r="E816" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F816" t="s">
+        <v>14</v>
+      </c>
+      <c r="G816" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H816" t="s">
+        <v>2212</v>
+      </c>
+      <c r="I816" t="s">
+        <v>2213</v>
+      </c>
+      <c r="J816" t="s">
+        <v>2214</v>
+      </c>
+      <c r="K816" t="s">
+        <v>70</v>
+      </c>
+      <c r="L816" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="817" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A817" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B817" s="3">
+        <v>9</v>
+      </c>
+      <c r="C817" s="4">
+        <v>45933</v>
+      </c>
+      <c r="D817" t="s">
+        <v>23</v>
+      </c>
+      <c r="E817" s="5">
+        <v>70000</v>
+      </c>
+      <c r="F817" t="s">
+        <v>14</v>
+      </c>
+      <c r="G817" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H817" t="s">
+        <v>2215</v>
+      </c>
+      <c r="I817" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J817" t="s">
+        <v>2217</v>
+      </c>
+      <c r="K817" t="s">
+        <v>2218</v>
+      </c>
+      <c r="L817" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="818" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A818" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B818" s="3">
+        <v>9</v>
+      </c>
+      <c r="C818" s="4">
+        <v>45933</v>
+      </c>
+      <c r="D818" t="s">
+        <v>23</v>
+      </c>
+      <c r="E818" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F818" t="s">
+        <v>14</v>
+      </c>
+      <c r="G818" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H818" t="s">
+        <v>2219</v>
+      </c>
+      <c r="I818" t="s">
+        <v>2220</v>
+      </c>
+      <c r="J818" t="s">
+        <v>65</v>
+      </c>
+      <c r="K818" t="s">
+        <v>1655</v>
+      </c>
+      <c r="L818" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="819" spans="1:12" ht="210" x14ac:dyDescent="0.25">
+      <c r="A819" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B819" s="3">
+        <v>9</v>
+      </c>
+      <c r="C819" s="4">
+        <v>45936</v>
+      </c>
+      <c r="D819" t="s">
+        <v>2221</v>
+      </c>
+      <c r="E819" s="5">
+        <v>47800000</v>
+      </c>
+      <c r="F819" t="s">
+        <v>14</v>
+      </c>
+      <c r="G819" s="6" t="s">
+        <v>2222</v>
+      </c>
+      <c r="H819" s="7" t="s">
+        <v>2223</v>
+      </c>
+      <c r="I819" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="820" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A820" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B820" s="3">
+        <v>9</v>
+      </c>
+      <c r="C820" s="4">
+        <v>45936</v>
+      </c>
+      <c r="D820" t="s">
+        <v>2221</v>
+      </c>
+      <c r="E820" s="5">
+        <v>39000000</v>
+      </c>
+      <c r="F820" t="s">
+        <v>14</v>
+      </c>
+      <c r="G820" s="6" t="s">
+        <v>2222</v>
+      </c>
+      <c r="H820" t="s">
+        <v>2224</v>
+      </c>
+      <c r="I820" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="821" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A821" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B821" s="3">
+        <v>10</v>
+      </c>
+      <c r="C821" s="4">
+        <v>45933</v>
+      </c>
+      <c r="D821" t="s">
+        <v>1421</v>
+      </c>
+      <c r="E821" s="5">
+        <v>20000000</v>
+      </c>
+      <c r="F821" t="s">
+        <v>14</v>
+      </c>
+      <c r="G821" s="6" t="s">
+        <v>1422</v>
+      </c>
+      <c r="H821" t="s">
+        <v>2225</v>
+      </c>
+      <c r="I821" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="822" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A822" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B822" s="3">
+        <v>10</v>
+      </c>
+      <c r="C822" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D822" t="s">
+        <v>34</v>
+      </c>
+      <c r="E822" s="5">
+        <v>1785000</v>
+      </c>
+      <c r="F822" t="s">
+        <v>14</v>
+      </c>
+      <c r="G822" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H822" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I822" t="s">
+        <v>405</v>
+      </c>
+      <c r="J822" t="s">
+        <v>406</v>
+      </c>
+      <c r="K822" t="s">
+        <v>407</v>
+      </c>
+      <c r="L822" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="823" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A823" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B823" s="3">
+        <v>10</v>
+      </c>
+      <c r="C823" s="4">
+        <v>45940</v>
+      </c>
+      <c r="D823" t="s">
+        <v>23</v>
+      </c>
+      <c r="E823" s="5">
+        <v>2000000</v>
+      </c>
+      <c r="F823" t="s">
+        <v>14</v>
+      </c>
+      <c r="G823" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H823" t="s">
+        <v>2227</v>
+      </c>
+      <c r="I823" t="s">
+        <v>1471</v>
+      </c>
+      <c r="J823" t="s">
+        <v>1472</v>
+      </c>
+      <c r="K823" t="s">
+        <v>80</v>
+      </c>
+      <c r="L823" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="824" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A824" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B824" s="3">
+        <v>10</v>
+      </c>
+      <c r="C824" s="4">
+        <v>45936</v>
+      </c>
+      <c r="D824" t="s">
+        <v>209</v>
+      </c>
+      <c r="E824" s="5">
+        <v>76431354</v>
+      </c>
+      <c r="F824" t="s">
+        <v>14</v>
+      </c>
+      <c r="G824" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="H824" t="s">
+        <v>2228</v>
+      </c>
+      <c r="I824" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="825" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A825" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B825" s="3">
+        <v>10</v>
+      </c>
+      <c r="C825" s="4">
+        <v>45936</v>
+      </c>
+      <c r="D825" t="s">
+        <v>176</v>
+      </c>
+      <c r="E825" s="5">
+        <v>1288306</v>
+      </c>
+      <c r="F825" t="s">
+        <v>14</v>
+      </c>
+      <c r="G825" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="H825" t="s">
+        <v>2228</v>
+      </c>
+      <c r="I825" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="826" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A826" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B826" s="3">
+        <v>10</v>
+      </c>
+      <c r="C826" s="4">
+        <v>45936</v>
+      </c>
+      <c r="D826" t="s">
+        <v>19</v>
+      </c>
+      <c r="E826" s="5">
+        <v>313080</v>
+      </c>
+      <c r="F826" t="s">
+        <v>14</v>
+      </c>
+      <c r="G826" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="H826" t="s">
+        <v>2229</v>
+      </c>
+      <c r="I826" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="827" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A827" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B827" s="3">
+        <v>10</v>
+      </c>
+      <c r="C827" s="4">
+        <v>45936</v>
+      </c>
+      <c r="D827" t="s">
+        <v>13</v>
+      </c>
+      <c r="E827" s="5">
+        <v>60032479</v>
+      </c>
+      <c r="F827" t="s">
+        <v>14</v>
+      </c>
+      <c r="G827" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H827" t="s">
+        <v>2230</v>
+      </c>
+      <c r="I827" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="828" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A828" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B828" s="3">
+        <v>10</v>
+      </c>
+      <c r="C828" s="4">
+        <v>45940</v>
+      </c>
+      <c r="D828" t="s">
+        <v>23</v>
+      </c>
+      <c r="E828" s="5">
+        <v>3000000</v>
+      </c>
+      <c r="F828" t="s">
+        <v>14</v>
+      </c>
+      <c r="G828" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H828" t="s">
+        <v>2231</v>
+      </c>
+      <c r="I828" t="s">
+        <v>1679</v>
+      </c>
+      <c r="J828" t="s">
+        <v>1680</v>
+      </c>
+      <c r="K828" t="s">
+        <v>172</v>
+      </c>
+      <c r="L828" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="829" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A829" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B829" s="3">
+        <v>10</v>
+      </c>
+      <c r="C829" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D829" t="s">
+        <v>23</v>
+      </c>
+      <c r="E829" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F829" t="s">
+        <v>14</v>
+      </c>
+      <c r="G829" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H829" t="s">
+        <v>2232</v>
+      </c>
+      <c r="I829" t="s">
+        <v>2233</v>
+      </c>
+      <c r="J829" t="s">
+        <v>2234</v>
+      </c>
+      <c r="K829" t="s">
+        <v>120</v>
+      </c>
+      <c r="L829" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="830" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A830" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B830" s="3">
+        <v>10</v>
+      </c>
+      <c r="C830" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D830" t="s">
+        <v>23</v>
+      </c>
+      <c r="E830" s="5">
+        <v>90000</v>
+      </c>
+      <c r="F830" t="s">
+        <v>14</v>
+      </c>
+      <c r="G830" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H830" t="s">
+        <v>2235</v>
+      </c>
+      <c r="I830" t="s">
+        <v>2236</v>
+      </c>
+      <c r="J830" t="s">
+        <v>2237</v>
+      </c>
+      <c r="K830" t="s">
+        <v>28</v>
+      </c>
+      <c r="L830" t="s">
+        <v>2238</v>
+      </c>
+    </row>
+    <row r="831" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A831" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B831" s="3">
+        <v>10</v>
+      </c>
+      <c r="C831" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D831" t="s">
+        <v>46</v>
+      </c>
+      <c r="E831" s="5">
+        <v>150000</v>
+      </c>
+      <c r="F831" t="s">
+        <v>14</v>
+      </c>
+      <c r="G831" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H831" t="s">
+        <v>2239</v>
+      </c>
+      <c r="I831" t="s">
+        <v>2240</v>
+      </c>
+      <c r="J831" t="s">
+        <v>2241</v>
+      </c>
+      <c r="K831" t="s">
+        <v>61</v>
+      </c>
+      <c r="L831" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="832" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A832" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B832" s="3">
+        <v>10</v>
+      </c>
+      <c r="C832" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D832" t="s">
+        <v>23</v>
+      </c>
+      <c r="E832" s="5">
+        <v>70000</v>
+      </c>
+      <c r="F832" t="s">
+        <v>14</v>
+      </c>
+      <c r="G832" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H832" t="s">
+        <v>2242</v>
+      </c>
+      <c r="I832" t="s">
+        <v>2243</v>
+      </c>
+      <c r="J832" t="s">
+        <v>2244</v>
+      </c>
+      <c r="K832" t="s">
+        <v>2245</v>
+      </c>
+      <c r="L832" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="833" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A833" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B833" s="3">
+        <v>10</v>
+      </c>
+      <c r="C833" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D833" t="s">
+        <v>23</v>
+      </c>
+      <c r="E833" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F833" t="s">
+        <v>14</v>
+      </c>
+      <c r="G833" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H833" t="s">
+        <v>2246</v>
+      </c>
+      <c r="I833" t="s">
+        <v>2247</v>
+      </c>
+      <c r="J833" t="s">
+        <v>2248</v>
+      </c>
+      <c r="K833" t="s">
+        <v>90</v>
+      </c>
+      <c r="L833" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="834" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A834" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B834" s="3">
+        <v>10</v>
+      </c>
+      <c r="C834" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D834" t="s">
+        <v>23</v>
+      </c>
+      <c r="E834" s="5">
+        <v>60000</v>
+      </c>
+      <c r="F834" t="s">
+        <v>14</v>
+      </c>
+      <c r="G834" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H834" t="s">
+        <v>2249</v>
+      </c>
+      <c r="I834" t="s">
+        <v>2250</v>
+      </c>
+      <c r="J834" t="s">
+        <v>2251</v>
+      </c>
+      <c r="K834" t="s">
+        <v>275</v>
+      </c>
+      <c r="L834" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="835" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A835" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B835" s="3">
+        <v>10</v>
+      </c>
+      <c r="C835" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D835" t="s">
+        <v>23</v>
+      </c>
+      <c r="E835" s="5">
+        <v>120000</v>
+      </c>
+      <c r="F835" t="s">
+        <v>14</v>
+      </c>
+      <c r="G835" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H835" t="s">
+        <v>2252</v>
+      </c>
+      <c r="I835" t="s">
+        <v>2253</v>
+      </c>
+      <c r="J835" t="s">
+        <v>2254</v>
+      </c>
+      <c r="K835" t="s">
+        <v>70</v>
+      </c>
+      <c r="L835" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="836" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A836" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B836" s="3">
+        <v>10</v>
+      </c>
+      <c r="C836" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D836" t="s">
+        <v>23</v>
+      </c>
+      <c r="E836" s="5">
+        <v>80000</v>
+      </c>
+      <c r="F836" t="s">
+        <v>14</v>
+      </c>
+      <c r="G836" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H836" t="s">
+        <v>2255</v>
+      </c>
+      <c r="I836" t="s">
+        <v>2256</v>
+      </c>
+      <c r="J836" t="s">
+        <v>2257</v>
+      </c>
+      <c r="K836" t="s">
+        <v>279</v>
+      </c>
+      <c r="L836" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="837" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A837" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B837" s="3">
+        <v>10</v>
+      </c>
+      <c r="C837" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D837" t="s">
+        <v>23</v>
+      </c>
+      <c r="E837" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F837" t="s">
+        <v>14</v>
+      </c>
+      <c r="G837" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H837" t="s">
+        <v>2258</v>
+      </c>
+      <c r="I837" t="s">
+        <v>2259</v>
+      </c>
+      <c r="J837" t="s">
+        <v>2260</v>
+      </c>
+      <c r="K837" t="s">
+        <v>171</v>
+      </c>
+      <c r="L837" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="838" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A838" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B838" s="3">
+        <v>10</v>
+      </c>
+      <c r="C838" s="4">
+        <v>45933</v>
+      </c>
+      <c r="D838" t="s">
+        <v>97</v>
+      </c>
+      <c r="E838" s="5">
+        <v>33443000</v>
+      </c>
+      <c r="F838" t="s">
+        <v>14</v>
+      </c>
+      <c r="G838" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="H838" t="s">
+        <v>2261</v>
+      </c>
+      <c r="I838" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="839" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A839" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B839" s="3">
+        <v>10</v>
+      </c>
+      <c r="C839" s="4">
+        <v>45937</v>
+      </c>
+      <c r="D839" t="s">
+        <v>97</v>
+      </c>
+      <c r="E839" s="5">
+        <v>2400000</v>
+      </c>
+      <c r="F839" t="s">
+        <v>14</v>
+      </c>
+      <c r="G839" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="H839" t="s">
+        <v>2262</v>
+      </c>
+      <c r="I839" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="840" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A840" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B840" s="3">
+        <v>10</v>
+      </c>
+      <c r="C840" s="4">
+        <v>45938</v>
+      </c>
+      <c r="D840" t="s">
+        <v>23</v>
+      </c>
+      <c r="E840" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F840" t="s">
+        <v>14</v>
+      </c>
+      <c r="G840" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H840" t="s">
+        <v>2263</v>
+      </c>
+      <c r="I840" t="s">
+        <v>2264</v>
+      </c>
+      <c r="J840" t="s">
+        <v>2265</v>
+      </c>
+      <c r="K840" t="s">
+        <v>441</v>
+      </c>
+      <c r="L840" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="841" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A841" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B841" s="3">
+        <v>10</v>
+      </c>
+      <c r="C841" s="4">
+        <v>45945</v>
+      </c>
+      <c r="D841" t="s">
+        <v>182</v>
+      </c>
+      <c r="E841" s="5">
+        <v>149147</v>
+      </c>
+      <c r="F841" t="s">
+        <v>14</v>
+      </c>
+      <c r="G841" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H841" t="s">
+        <v>2266</v>
+      </c>
+      <c r="I841" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="842" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A842" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B842" s="3">
+        <v>10</v>
+      </c>
+      <c r="C842" s="4">
+        <v>45937</v>
+      </c>
+      <c r="D842" t="s">
+        <v>550</v>
+      </c>
+      <c r="E842" s="5">
+        <v>1000000</v>
+      </c>
+      <c r="F842" t="s">
+        <v>14</v>
+      </c>
+      <c r="G842" s="6" t="s">
+        <v>551</v>
+      </c>
+      <c r="H842" t="s">
+        <v>900</v>
+      </c>
+      <c r="I842" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="843" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A843" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B843" s="3">
+        <v>10</v>
+      </c>
+      <c r="C843" s="4">
+        <v>45945</v>
+      </c>
+      <c r="D843" t="s">
+        <v>182</v>
+      </c>
+      <c r="E843" s="5">
+        <v>103103</v>
+      </c>
+      <c r="F843" t="s">
+        <v>14</v>
+      </c>
+      <c r="G843" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H843" t="s">
+        <v>2267</v>
+      </c>
+      <c r="I843" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="844" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A844" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B844" s="3">
+        <v>10</v>
+      </c>
+      <c r="C844" s="4">
+        <v>45945</v>
+      </c>
+      <c r="D844" t="s">
+        <v>23</v>
+      </c>
+      <c r="E844" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F844" t="s">
+        <v>14</v>
+      </c>
+      <c r="G844" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H844" t="s">
+        <v>2268</v>
+      </c>
+      <c r="I844" t="s">
+        <v>2269</v>
+      </c>
+      <c r="J844" t="s">
+        <v>2270</v>
+      </c>
+      <c r="K844" t="s">
+        <v>564</v>
+      </c>
+      <c r="L844" t="s">
+        <v>2271</v>
+      </c>
+    </row>
+    <row r="845" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A845" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B845" s="3">
+        <v>10</v>
+      </c>
+      <c r="C845" s="4">
+        <v>45940</v>
+      </c>
+      <c r="D845" t="s">
+        <v>23</v>
+      </c>
+      <c r="E845" s="5">
+        <v>70000</v>
+      </c>
+      <c r="F845" t="s">
+        <v>14</v>
+      </c>
+      <c r="G845" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H845" t="s">
+        <v>2272</v>
+      </c>
+      <c r="I845" t="s">
+        <v>2273</v>
+      </c>
+      <c r="J845" t="s">
+        <v>2274</v>
+      </c>
+      <c r="K845" t="s">
+        <v>297</v>
+      </c>
+      <c r="L845" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="846" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A846" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B846" s="3">
+        <v>10</v>
+      </c>
+      <c r="C846" s="4">
+        <v>45940</v>
+      </c>
+      <c r="D846" t="s">
+        <v>23</v>
+      </c>
+      <c r="E846" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F846" t="s">
+        <v>14</v>
+      </c>
+      <c r="G846" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H846" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I846" t="s">
+        <v>2276</v>
+      </c>
+      <c r="J846" t="s">
+        <v>1271</v>
+      </c>
+      <c r="K846" t="s">
+        <v>1971</v>
+      </c>
+      <c r="L846" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="847" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A847" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B847" s="3">
+        <v>10</v>
+      </c>
+      <c r="C847" s="4">
+        <v>45940</v>
+      </c>
+      <c r="D847" t="s">
+        <v>34</v>
+      </c>
+      <c r="E847" s="5">
+        <v>150000</v>
+      </c>
+      <c r="F847" t="s">
+        <v>14</v>
+      </c>
+      <c r="G847" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H847" t="s">
+        <v>2277</v>
+      </c>
+      <c r="I847" t="s">
+        <v>2278</v>
+      </c>
+      <c r="J847" t="s">
+        <v>2279</v>
+      </c>
+      <c r="K847" t="s">
+        <v>2280</v>
+      </c>
+      <c r="L847" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="848" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A848" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B848" s="3">
+        <v>10</v>
+      </c>
+      <c r="C848" s="4">
+        <v>45940</v>
+      </c>
+      <c r="D848" t="s">
+        <v>23</v>
+      </c>
+      <c r="E848" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F848" t="s">
+        <v>14</v>
+      </c>
+      <c r="G848" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H848" t="s">
+        <v>2281</v>
+      </c>
+      <c r="I848" t="s">
+        <v>2282</v>
+      </c>
+      <c r="J848" t="s">
+        <v>1440</v>
+      </c>
+      <c r="K848" t="s">
+        <v>120</v>
+      </c>
+      <c r="L848" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="849" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A849" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B849" s="3">
+        <v>10</v>
+      </c>
+      <c r="C849" s="4">
+        <v>45940</v>
+      </c>
+      <c r="D849" t="s">
+        <v>23</v>
+      </c>
+      <c r="E849" s="5">
+        <v>150000</v>
+      </c>
+      <c r="F849" t="s">
+        <v>14</v>
+      </c>
+      <c r="G849" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H849" t="s">
+        <v>2283</v>
+      </c>
+      <c r="I849" t="s">
+        <v>2284</v>
+      </c>
+      <c r="J849" t="s">
+        <v>2285</v>
+      </c>
+      <c r="K849" t="s">
+        <v>564</v>
+      </c>
+      <c r="L849" t="s">
+        <v>2286</v>
+      </c>
+    </row>
+    <row r="850" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A850" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B850" s="3">
+        <v>10</v>
+      </c>
+      <c r="C850" s="4">
+        <v>45940</v>
+      </c>
+      <c r="D850" t="s">
+        <v>46</v>
+      </c>
+      <c r="E850" s="5">
+        <v>120000</v>
+      </c>
+      <c r="F850" t="s">
+        <v>14</v>
+      </c>
+      <c r="G850" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H850" t="s">
+        <v>2287</v>
+      </c>
+      <c r="I850" t="s">
+        <v>2288</v>
+      </c>
+      <c r="J850" t="s">
+        <v>2289</v>
+      </c>
+      <c r="K850" t="s">
+        <v>81</v>
+      </c>
+      <c r="L850" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="851" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A851" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B851" s="3">
+        <v>10</v>
+      </c>
+      <c r="C851" s="4">
+        <v>45940</v>
+      </c>
+      <c r="D851" t="s">
+        <v>23</v>
+      </c>
+      <c r="E851" s="5">
+        <v>150000</v>
+      </c>
+      <c r="F851" t="s">
+        <v>14</v>
+      </c>
+      <c r="G851" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H851" t="s">
+        <v>2290</v>
+      </c>
+      <c r="I851" t="s">
+        <v>2291</v>
+      </c>
+      <c r="J851" t="s">
+        <v>2292</v>
+      </c>
+      <c r="K851" t="s">
+        <v>1389</v>
+      </c>
+      <c r="L851" t="s">
+        <v>2293</v>
+      </c>
+    </row>
+    <row r="852" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A852" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B852" s="3">
+        <v>10</v>
+      </c>
+      <c r="C852" s="4">
+        <v>45940</v>
+      </c>
+      <c r="D852" t="s">
+        <v>23</v>
+      </c>
+      <c r="E852" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F852" t="s">
+        <v>14</v>
+      </c>
+      <c r="G852" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H852" t="s">
+        <v>2294</v>
+      </c>
+      <c r="I852" t="s">
+        <v>2295</v>
+      </c>
+      <c r="J852" t="s">
+        <v>2296</v>
+      </c>
+      <c r="K852" t="s">
+        <v>2297</v>
+      </c>
+      <c r="L852" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="853" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A853" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B853" s="3">
+        <v>10</v>
+      </c>
+      <c r="C853" s="4">
+        <v>45940</v>
+      </c>
+      <c r="D853" t="s">
+        <v>23</v>
+      </c>
+      <c r="E853" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F853" t="s">
+        <v>14</v>
+      </c>
+      <c r="G853" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H853" t="s">
+        <v>2298</v>
+      </c>
+      <c r="I853" t="s">
+        <v>2299</v>
+      </c>
+      <c r="J853" t="s">
+        <v>2300</v>
+      </c>
+      <c r="K853" t="s">
+        <v>40</v>
+      </c>
+      <c r="L853" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="854" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A854" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B854" s="3">
+        <v>10</v>
+      </c>
+      <c r="C854" s="4">
+        <v>45940</v>
+      </c>
+      <c r="D854" t="s">
+        <v>23</v>
+      </c>
+      <c r="E854" s="5">
+        <v>90000</v>
+      </c>
+      <c r="F854" t="s">
+        <v>14</v>
+      </c>
+      <c r="G854" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H854" t="s">
+        <v>2301</v>
+      </c>
+      <c r="I854" t="s">
+        <v>2302</v>
+      </c>
+      <c r="J854" t="s">
+        <v>2303</v>
+      </c>
+      <c r="K854" t="s">
+        <v>648</v>
+      </c>
+      <c r="L854" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="855" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A855" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B855" s="3">
+        <v>10</v>
+      </c>
+      <c r="C855" s="4">
+        <v>45939</v>
+      </c>
+      <c r="D855" t="s">
+        <v>2304</v>
+      </c>
+      <c r="E855" s="5">
+        <v>850000</v>
+      </c>
+      <c r="F855" t="s">
+        <v>14</v>
+      </c>
+      <c r="G855" s="6" t="s">
+        <v>2305</v>
+      </c>
+      <c r="H855" t="s">
+        <v>2306</v>
+      </c>
+      <c r="I855" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="856" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A856" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B856" s="3">
+        <v>10</v>
+      </c>
+      <c r="C856" s="4">
+        <v>45939</v>
+      </c>
+      <c r="D856" t="s">
+        <v>2307</v>
+      </c>
+      <c r="E856" s="5">
+        <v>2500000</v>
+      </c>
+      <c r="F856" t="s">
+        <v>14</v>
+      </c>
+      <c r="G856" s="6" t="s">
+        <v>2308</v>
+      </c>
+      <c r="H856" t="s">
+        <v>2309</v>
+      </c>
+      <c r="I856" t="s">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="857" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A857" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B857" s="3">
+        <v>10</v>
+      </c>
+      <c r="C857" s="4">
+        <v>45943</v>
+      </c>
+      <c r="D857" t="s">
+        <v>2311</v>
+      </c>
+      <c r="E857" s="5">
+        <v>1800000</v>
+      </c>
+      <c r="F857" t="s">
+        <v>14</v>
+      </c>
+      <c r="G857" s="6" t="s">
+        <v>2312</v>
+      </c>
+      <c r="H857" t="s">
+        <v>2313</v>
+      </c>
+      <c r="I857" t="s">
+        <v>2314</v>
+      </c>
+    </row>
+    <row r="858" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A858" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B858" s="3">
+        <v>10</v>
+      </c>
+      <c r="C858" s="4">
+        <v>45945</v>
+      </c>
+      <c r="D858" t="s">
+        <v>2315</v>
+      </c>
+      <c r="E858" s="5">
+        <v>1200000</v>
+      </c>
+      <c r="F858" t="s">
+        <v>14</v>
+      </c>
+      <c r="G858" s="6" t="s">
+        <v>2316</v>
+      </c>
+      <c r="H858" t="s">
+        <v>2317</v>
+      </c>
+      <c r="I858" t="s">
+        <v>2318</v>
+      </c>
+    </row>
+    <row r="859" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A859" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B859" s="3">
+        <v>10</v>
+      </c>
+      <c r="C859" s="4">
+        <v>45943</v>
+      </c>
+      <c r="D859" t="s">
+        <v>23</v>
+      </c>
+      <c r="E859" s="5">
+        <v>70000</v>
+      </c>
+      <c r="F859" t="s">
+        <v>14</v>
+      </c>
+      <c r="G859" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H859" t="s">
+        <v>2319</v>
+      </c>
+      <c r="I859" t="s">
+        <v>2320</v>
+      </c>
+      <c r="J859" t="s">
+        <v>2321</v>
+      </c>
+      <c r="K859" t="s">
+        <v>2322</v>
+      </c>
+      <c r="L859" t="s">
+        <v>2323</v>
+      </c>
+    </row>
+    <row r="860" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A860" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B860" s="3">
+        <v>10</v>
+      </c>
+      <c r="C860" s="4">
+        <v>45950</v>
+      </c>
+      <c r="D860" t="s">
+        <v>46</v>
+      </c>
+      <c r="E860" s="5">
+        <v>80000</v>
+      </c>
+      <c r="F860" t="s">
+        <v>14</v>
+      </c>
+      <c r="G860" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H860" t="s">
+        <v>2324</v>
+      </c>
+      <c r="I860" t="s">
+        <v>2325</v>
+      </c>
+      <c r="J860" t="s">
+        <v>2326</v>
+      </c>
+      <c r="K860" t="s">
+        <v>2327</v>
+      </c>
+      <c r="L860" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="861" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A861" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B861" s="3">
+        <v>10</v>
+      </c>
+      <c r="C861" s="4">
+        <v>45950</v>
+      </c>
+      <c r="D861" t="s">
+        <v>46</v>
+      </c>
+      <c r="E861" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F861" t="s">
+        <v>14</v>
+      </c>
+      <c r="G861" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H861" t="s">
+        <v>2328</v>
+      </c>
+      <c r="I861" t="s">
+        <v>2329</v>
+      </c>
+      <c r="J861" t="s">
+        <v>2330</v>
+      </c>
+      <c r="K861" t="s">
+        <v>2331</v>
+      </c>
+      <c r="L861" t="s">
+        <v>2332</v>
+      </c>
+    </row>
+    <row r="862" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A862" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B862" s="3">
+        <v>10</v>
+      </c>
+      <c r="C862" s="4">
+        <v>45950</v>
+      </c>
+      <c r="D862" t="s">
+        <v>23</v>
+      </c>
+      <c r="E862" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F862" t="s">
+        <v>14</v>
+      </c>
+      <c r="G862" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H862" t="s">
+        <v>2333</v>
+      </c>
+      <c r="I862" t="s">
+        <v>2334</v>
+      </c>
+      <c r="J862" t="s">
+        <v>2335</v>
+      </c>
+      <c r="K862" t="s">
+        <v>80</v>
+      </c>
+      <c r="L862" t="s">
+        <v>2336</v>
+      </c>
+    </row>
+    <row r="863" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A863" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B863" s="3">
+        <v>10</v>
+      </c>
+      <c r="C863" s="4">
+        <v>45950</v>
+      </c>
+      <c r="D863" t="s">
+        <v>46</v>
+      </c>
+      <c r="E863" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F863" t="s">
+        <v>14</v>
+      </c>
+      <c r="G863" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H863" t="s">
+        <v>2337</v>
+      </c>
+      <c r="I863" t="s">
+        <v>2338</v>
+      </c>
+      <c r="J863" t="s">
+        <v>2339</v>
+      </c>
+      <c r="K863" t="s">
+        <v>217</v>
+      </c>
+      <c r="L863" t="s">
+        <v>2340</v>
+      </c>
+    </row>
+    <row r="864" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A864" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B864" s="3">
+        <v>10</v>
+      </c>
+      <c r="C864" s="4">
+        <v>45950</v>
+      </c>
+      <c r="D864" t="s">
+        <v>23</v>
+      </c>
+      <c r="E864" s="5">
+        <v>70000</v>
+      </c>
+      <c r="F864" t="s">
+        <v>14</v>
+      </c>
+      <c r="G864" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H864" t="s">
+        <v>2341</v>
+      </c>
+      <c r="I864" t="s">
+        <v>2342</v>
+      </c>
+      <c r="J864" t="s">
+        <v>889</v>
+      </c>
+      <c r="K864" t="s">
+        <v>2343</v>
+      </c>
+      <c r="L864" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="865" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A865" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B865" s="3">
+        <v>10</v>
+      </c>
+      <c r="C865" s="4">
+        <v>45950</v>
+      </c>
+      <c r="D865" t="s">
+        <v>23</v>
+      </c>
+      <c r="E865" s="5">
+        <v>120000</v>
+      </c>
+      <c r="F865" t="s">
+        <v>14</v>
+      </c>
+      <c r="G865" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H865" t="s">
+        <v>2344</v>
+      </c>
+      <c r="I865" t="s">
+        <v>2345</v>
+      </c>
+      <c r="J865" t="s">
+        <v>2346</v>
+      </c>
+      <c r="K865" t="s">
+        <v>1075</v>
+      </c>
+      <c r="L865" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="866" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A866" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B866" s="3">
+        <v>10</v>
+      </c>
+      <c r="C866" s="4">
+        <v>45950</v>
+      </c>
+      <c r="D866" t="s">
+        <v>23</v>
+      </c>
+      <c r="E866" s="5">
+        <v>120000</v>
+      </c>
+      <c r="F866" t="s">
+        <v>14</v>
+      </c>
+      <c r="G866" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H866" t="s">
+        <v>2347</v>
+      </c>
+      <c r="I866" t="s">
+        <v>2348</v>
+      </c>
+      <c r="J866" t="s">
+        <v>2349</v>
+      </c>
+      <c r="K866" t="s">
+        <v>1057</v>
+      </c>
+      <c r="L866" t="s">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="867" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A867" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B867" s="3">
+        <v>10</v>
+      </c>
+      <c r="C867" s="4">
+        <v>45950</v>
+      </c>
+      <c r="D867" t="s">
+        <v>23</v>
+      </c>
+      <c r="E867" s="5">
+        <v>150000</v>
+      </c>
+      <c r="F867" t="s">
+        <v>14</v>
+      </c>
+      <c r="G867" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H867" t="s">
+        <v>2351</v>
+      </c>
+      <c r="I867" t="s">
+        <v>2352</v>
+      </c>
+      <c r="J867" t="s">
+        <v>947</v>
+      </c>
+      <c r="K867" t="s">
+        <v>421</v>
+      </c>
+      <c r="L867" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="868" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A868" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B868" s="3">
+        <v>10</v>
+      </c>
+      <c r="C868" s="4">
+        <v>45950</v>
+      </c>
+      <c r="D868" t="s">
+        <v>23</v>
+      </c>
+      <c r="E868" s="5">
+        <v>150000</v>
+      </c>
+      <c r="F868" t="s">
+        <v>14</v>
+      </c>
+      <c r="G868" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H868" t="s">
+        <v>2353</v>
+      </c>
+      <c r="I868" t="s">
+        <v>2354</v>
+      </c>
+      <c r="J868" t="s">
+        <v>2355</v>
+      </c>
+      <c r="K868" t="s">
+        <v>80</v>
+      </c>
+      <c r="L868" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="869" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A869" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B869" s="3">
+        <v>10</v>
+      </c>
+      <c r="C869" s="4">
+        <v>45950</v>
+      </c>
+      <c r="D869" t="s">
+        <v>23</v>
+      </c>
+      <c r="E869" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F869" t="s">
+        <v>14</v>
+      </c>
+      <c r="G869" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H869" t="s">
+        <v>2356</v>
+      </c>
+      <c r="I869" t="s">
+        <v>2357</v>
+      </c>
+      <c r="J869" t="s">
+        <v>2358</v>
+      </c>
+      <c r="K869" t="s">
+        <v>479</v>
+      </c>
+      <c r="L869" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="870" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A870" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B870" s="3">
+        <v>10</v>
+      </c>
+      <c r="C870" s="4">
+        <v>45950</v>
+      </c>
+      <c r="D870" t="s">
+        <v>46</v>
+      </c>
+      <c r="E870" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F870" t="s">
+        <v>14</v>
+      </c>
+      <c r="G870" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H870" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I870" t="s">
+        <v>2360</v>
+      </c>
+      <c r="J870" t="s">
+        <v>2361</v>
+      </c>
+      <c r="K870" t="s">
+        <v>147</v>
+      </c>
+      <c r="L870" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="871" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A871" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B871" s="3">
+        <v>10</v>
+      </c>
+      <c r="C871" s="4">
+        <v>45950</v>
+      </c>
+      <c r="D871" t="s">
+        <v>23</v>
+      </c>
+      <c r="E871" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F871" t="s">
+        <v>14</v>
+      </c>
+      <c r="G871" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H871" t="s">
+        <v>2362</v>
+      </c>
+      <c r="I871" t="s">
+        <v>2363</v>
+      </c>
+      <c r="J871" t="s">
+        <v>2364</v>
+      </c>
+      <c r="K871" t="s">
+        <v>559</v>
+      </c>
+      <c r="L871" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="872" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A872" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B872" s="3">
+        <v>10</v>
+      </c>
+      <c r="C872" s="4">
+        <v>45950</v>
+      </c>
+      <c r="D872" t="s">
+        <v>23</v>
+      </c>
+      <c r="E872" s="5">
+        <v>130000</v>
+      </c>
+      <c r="F872" t="s">
+        <v>14</v>
+      </c>
+      <c r="G872" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H872" t="s">
+        <v>2365</v>
+      </c>
+      <c r="I872" t="s">
+        <v>2366</v>
+      </c>
+      <c r="J872" t="s">
+        <v>2367</v>
+      </c>
+      <c r="K872" t="s">
+        <v>2368</v>
+      </c>
+      <c r="L872" t="s">
+        <v>2085</v>
+      </c>
+    </row>
+    <row r="873" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A873" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B873" s="3">
+        <v>10</v>
+      </c>
+      <c r="C873" s="4">
+        <v>45950</v>
+      </c>
+      <c r="D873" t="s">
+        <v>983</v>
+      </c>
+      <c r="E873" s="5">
+        <v>17500000</v>
+      </c>
+      <c r="F873" t="s">
+        <v>14</v>
+      </c>
+      <c r="G873" s="6" t="s">
+        <v>984</v>
+      </c>
+      <c r="H873" t="s">
+        <v>2369</v>
+      </c>
+      <c r="I873" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="874" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A874" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B874" s="3">
+        <v>10</v>
+      </c>
+      <c r="C874" s="4">
+        <v>45950</v>
+      </c>
+      <c r="D874" t="s">
+        <v>527</v>
+      </c>
+      <c r="E874" s="5">
+        <v>519480</v>
+      </c>
+      <c r="F874" t="s">
+        <v>14</v>
+      </c>
+      <c r="G874" s="6" t="s">
+        <v>528</v>
+      </c>
+      <c r="H874" t="s">
+        <v>2370</v>
+      </c>
+      <c r="I874" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="875" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A875" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B875" s="3">
+        <v>10</v>
+      </c>
+      <c r="C875" s="4">
+        <v>45957</v>
+      </c>
+      <c r="D875" t="s">
+        <v>182</v>
+      </c>
+      <c r="E875" s="5">
+        <v>145135</v>
+      </c>
+      <c r="F875" t="s">
+        <v>14</v>
+      </c>
+      <c r="G875" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="H875" t="s">
+        <v>2371</v>
+      </c>
+      <c r="I875" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="876" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A876" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B876" s="3">
+        <v>10</v>
+      </c>
+      <c r="C876" s="4">
+        <v>45951</v>
+      </c>
+      <c r="D876" t="s">
+        <v>23</v>
+      </c>
+      <c r="E876" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F876" t="s">
+        <v>14</v>
+      </c>
+      <c r="G876" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H876" t="s">
+        <v>2372</v>
+      </c>
+      <c r="I876" t="s">
+        <v>110</v>
+      </c>
+      <c r="J876" t="s">
+        <v>111</v>
+      </c>
+      <c r="K876" t="s">
+        <v>51</v>
+      </c>
+      <c r="L876" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="877" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A877" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B877" s="3">
+        <v>10</v>
+      </c>
+      <c r="C877" s="4">
+        <v>45957</v>
+      </c>
+      <c r="D877" t="s">
+        <v>30</v>
+      </c>
+      <c r="E877" s="5">
+        <v>36000000</v>
+      </c>
+      <c r="F877" t="s">
+        <v>14</v>
+      </c>
+      <c r="G877" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="H877" t="s">
+        <v>2373</v>
+      </c>
+      <c r="I877" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="878" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A878" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B878" s="3">
+        <v>10</v>
+      </c>
+      <c r="C878" s="4">
+        <v>45954</v>
+      </c>
+      <c r="D878" t="s">
+        <v>527</v>
+      </c>
+      <c r="E878" s="5">
+        <v>343230</v>
+      </c>
+      <c r="F878" t="s">
+        <v>14</v>
+      </c>
+      <c r="G878" s="6" t="s">
+        <v>528</v>
+      </c>
+      <c r="H878" t="s">
+        <v>2374</v>
+      </c>
+      <c r="I878" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="879" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A879" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B879" s="3">
+        <v>10</v>
+      </c>
+      <c r="C879" s="4">
+        <v>45954</v>
+      </c>
+      <c r="D879" t="s">
+        <v>13</v>
+      </c>
+      <c r="E879" s="5">
+        <v>844169408</v>
+      </c>
+      <c r="F879" t="s">
+        <v>14</v>
+      </c>
+      <c r="G879" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H879" t="s">
+        <v>2375</v>
+      </c>
+      <c r="I879" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="880" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A880" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B880" s="3">
+        <v>10</v>
+      </c>
+      <c r="C880" s="4">
+        <v>45954</v>
+      </c>
+      <c r="D880" t="s">
+        <v>13</v>
+      </c>
+      <c r="E880" s="5">
+        <v>6487129</v>
+      </c>
+      <c r="F880" t="s">
+        <v>14</v>
+      </c>
+      <c r="G880" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H880" t="s">
+        <v>2376</v>
+      </c>
+      <c r="I880" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="881" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A881" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B881" s="3">
+        <v>10</v>
+      </c>
+      <c r="C881" s="4">
+        <v>45954</v>
+      </c>
+      <c r="D881" t="s">
+        <v>2377</v>
+      </c>
+      <c r="E881" s="5">
+        <v>2000000</v>
+      </c>
+      <c r="F881" t="s">
+        <v>14</v>
+      </c>
+      <c r="G881" s="6" t="s">
+        <v>2378</v>
+      </c>
+      <c r="H881" t="s">
+        <v>2379</v>
+      </c>
+      <c r="I881" t="s">
+        <v>2380</v>
+      </c>
+    </row>
+    <row r="882" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A882" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B882" s="3">
+        <v>10</v>
+      </c>
+      <c r="C882" s="4">
+        <v>45957</v>
+      </c>
+      <c r="D882" t="s">
+        <v>97</v>
+      </c>
+      <c r="E882" s="5">
+        <v>30363000</v>
+      </c>
+      <c r="F882" t="s">
+        <v>14</v>
+      </c>
+      <c r="G882" s="6" t="s">
+        <v>649</v>
+      </c>
+      <c r="H882" t="s">
+        <v>2381</v>
+      </c>
+      <c r="I882" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="883" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A883" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B883" s="3">
+        <v>10</v>
+      </c>
+      <c r="C883" s="4">
+        <v>45959</v>
+      </c>
+      <c r="D883" t="s">
+        <v>23</v>
+      </c>
+      <c r="E883" s="5">
+        <v>150000</v>
+      </c>
+      <c r="F883" t="s">
+        <v>14</v>
+      </c>
+      <c r="G883" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H883" t="s">
+        <v>2382</v>
+      </c>
+      <c r="I883" t="s">
+        <v>2383</v>
+      </c>
+      <c r="J883" t="s">
+        <v>859</v>
+      </c>
+      <c r="K883" t="s">
+        <v>516</v>
+      </c>
+      <c r="L883" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="884" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A884" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B884" s="3">
+        <v>10</v>
+      </c>
+      <c r="C884" s="4">
+        <v>45960</v>
+      </c>
+      <c r="D884" t="s">
+        <v>23</v>
+      </c>
+      <c r="E884" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F884" t="s">
+        <v>14</v>
+      </c>
+      <c r="G884" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H884" t="s">
+        <v>2384</v>
+      </c>
+      <c r="I884" t="s">
+        <v>2385</v>
+      </c>
+      <c r="J884" t="s">
+        <v>2386</v>
+      </c>
+      <c r="K884" t="s">
+        <v>2387</v>
+      </c>
+      <c r="L884" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="885" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A885" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B885" s="3">
+        <v>10</v>
+      </c>
+      <c r="C885" s="4">
+        <v>45959</v>
+      </c>
+      <c r="D885" t="s">
+        <v>23</v>
+      </c>
+      <c r="E885" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F885" t="s">
+        <v>14</v>
+      </c>
+      <c r="G885" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H885" t="s">
+        <v>2388</v>
+      </c>
+      <c r="I885" t="s">
+        <v>2389</v>
+      </c>
+      <c r="J885" t="s">
+        <v>2390</v>
+      </c>
+      <c r="K885" t="s">
+        <v>546</v>
+      </c>
+      <c r="L885" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="886" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A886" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B886" s="3">
+        <v>10</v>
+      </c>
+      <c r="C886" s="4">
+        <v>45959</v>
+      </c>
+      <c r="D886" t="s">
+        <v>23</v>
+      </c>
+      <c r="E886" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F886" t="s">
+        <v>14</v>
+      </c>
+      <c r="G886" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H886" t="s">
+        <v>2391</v>
+      </c>
+      <c r="I886" t="s">
+        <v>2392</v>
+      </c>
+      <c r="J886" t="s">
+        <v>2393</v>
+      </c>
+      <c r="K886" t="s">
+        <v>66</v>
+      </c>
+      <c r="L886" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="887" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A887" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B887" s="3">
+        <v>10</v>
+      </c>
+      <c r="C887" s="4">
+        <v>45959</v>
+      </c>
+      <c r="D887" t="s">
+        <v>23</v>
+      </c>
+      <c r="E887" s="5">
+        <v>70000</v>
+      </c>
+      <c r="F887" t="s">
+        <v>14</v>
+      </c>
+      <c r="G887" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H887" t="s">
+        <v>2394</v>
+      </c>
+      <c r="I887" t="s">
+        <v>2395</v>
+      </c>
+      <c r="J887" t="s">
+        <v>2396</v>
+      </c>
+      <c r="K887" t="s">
+        <v>2293</v>
+      </c>
+      <c r="L887" t="s">
+        <v>2397</v>
+      </c>
+    </row>
+    <row r="888" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A888" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B888" s="3">
+        <v>10</v>
+      </c>
+      <c r="C888" s="4">
+        <v>45959</v>
+      </c>
+      <c r="D888" t="s">
+        <v>23</v>
+      </c>
+      <c r="E888" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F888" t="s">
+        <v>14</v>
+      </c>
+      <c r="G888" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H888" t="s">
+        <v>2398</v>
+      </c>
+      <c r="I888" t="s">
+        <v>2399</v>
+      </c>
+      <c r="J888" t="s">
+        <v>2400</v>
+      </c>
+      <c r="K888" t="s">
+        <v>80</v>
+      </c>
+      <c r="L888" t="s">
+        <v>2401</v>
+      </c>
+    </row>
+    <row r="889" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A889" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B889" s="3">
+        <v>10</v>
+      </c>
+      <c r="C889" s="4">
+        <v>45959</v>
+      </c>
+      <c r="D889" t="s">
+        <v>23</v>
+      </c>
+      <c r="E889" s="5">
+        <v>120000</v>
+      </c>
+      <c r="F889" t="s">
+        <v>14</v>
+      </c>
+      <c r="G889" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H889" t="s">
+        <v>2402</v>
+      </c>
+      <c r="I889" t="s">
+        <v>2403</v>
+      </c>
+      <c r="J889" t="s">
+        <v>2404</v>
+      </c>
+      <c r="K889" t="s">
+        <v>2405</v>
+      </c>
+      <c r="L889" t="s">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="890" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A890" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B890" s="3">
+        <v>10</v>
+      </c>
+      <c r="C890" s="4">
+        <v>45959</v>
+      </c>
+      <c r="D890" t="s">
+        <v>46</v>
+      </c>
+      <c r="E890" s="5">
+        <v>100000</v>
+      </c>
+      <c r="F890" t="s">
+        <v>14</v>
+      </c>
+      <c r="G890" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H890" t="s">
+        <v>2407</v>
+      </c>
+      <c r="I890" t="s">
+        <v>481</v>
+      </c>
+      <c r="J890" t="s">
+        <v>482</v>
+      </c>
+      <c r="K890" t="s">
+        <v>70</v>
+      </c>
+      <c r="L890" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="891" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A891" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B891" s="3">
+        <v>10</v>
+      </c>
+      <c r="C891" s="4">
+        <v>45959</v>
+      </c>
+      <c r="D891" t="s">
+        <v>23</v>
+      </c>
+      <c r="E891" s="5">
+        <v>60000</v>
+      </c>
+      <c r="F891" t="s">
+        <v>14</v>
+      </c>
+      <c r="G891" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H891" t="s">
+        <v>2408</v>
+      </c>
+      <c r="I891" t="s">
+        <v>2409</v>
+      </c>
+      <c r="J891" t="s">
+        <v>2410</v>
+      </c>
+      <c r="K891" t="s">
+        <v>39</v>
+      </c>
+      <c r="L891" t="s">
+        <v>2411</v>
+      </c>
+    </row>
+    <row r="892" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A892" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B892" s="3">
+        <v>10</v>
+      </c>
+      <c r="C892" s="4">
+        <v>45959</v>
+      </c>
+      <c r="D892" t="s">
+        <v>23</v>
+      </c>
+      <c r="E892" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F892" t="s">
+        <v>14</v>
+      </c>
+      <c r="G892" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H892" t="s">
+        <v>2412</v>
+      </c>
+      <c r="I892" t="s">
+        <v>2413</v>
+      </c>
+      <c r="J892" t="s">
+        <v>2414</v>
+      </c>
+      <c r="K892" t="s">
+        <v>1244</v>
+      </c>
+      <c r="L892" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="893" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A893" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B893" s="3">
+        <v>10</v>
+      </c>
+      <c r="C893" s="4">
+        <v>45960</v>
+      </c>
+      <c r="D893" t="s">
+        <v>23</v>
+      </c>
+      <c r="E893" s="5">
+        <v>80000</v>
+      </c>
+      <c r="F893" t="s">
+        <v>14</v>
+      </c>
+      <c r="G893" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H893" t="s">
+        <v>2415</v>
+      </c>
+      <c r="I893" t="s">
+        <v>2416</v>
+      </c>
+      <c r="J893" t="s">
+        <v>2417</v>
+      </c>
+      <c r="K893" t="s">
+        <v>95</v>
+      </c>
+      <c r="L893" t="s">
+        <v>2418</v>
+      </c>
+    </row>
+    <row r="894" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A894" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B894" s="3">
+        <v>10</v>
+      </c>
+      <c r="C894" s="4">
+        <v>45960</v>
+      </c>
+      <c r="D894" t="s">
+        <v>23</v>
+      </c>
+      <c r="E894" s="5">
+        <v>150000</v>
+      </c>
+      <c r="F894" t="s">
+        <v>14</v>
+      </c>
+      <c r="G894" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H894" t="s">
+        <v>2419</v>
+      </c>
+      <c r="I894" t="s">
+        <v>2420</v>
+      </c>
+      <c r="J894" t="s">
+        <v>2421</v>
+      </c>
+      <c r="K894" t="s">
+        <v>40</v>
+      </c>
+      <c r="L894" t="s">
+        <v>2422</v>
+      </c>
+    </row>
+    <row r="895" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A895" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B895" s="3">
+        <v>10</v>
+      </c>
+      <c r="C895" s="4">
+        <v>45960</v>
+      </c>
+      <c r="D895" t="s">
+        <v>23</v>
+      </c>
+      <c r="E895" s="5">
+        <v>80000</v>
+      </c>
+      <c r="F895" t="s">
+        <v>14</v>
+      </c>
+      <c r="G895" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H895" t="s">
+        <v>2423</v>
+      </c>
+      <c r="I895" t="s">
+        <v>2424</v>
+      </c>
+      <c r="J895" t="s">
+        <v>2425</v>
+      </c>
+      <c r="K895" t="s">
+        <v>80</v>
+      </c>
+      <c r="L895" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="896" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A896" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B896" s="3">
+        <v>10</v>
+      </c>
+      <c r="C896" s="4">
+        <v>45960</v>
+      </c>
+      <c r="D896" t="s">
+        <v>23</v>
+      </c>
+      <c r="E896" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F896" t="s">
+        <v>14</v>
+      </c>
+      <c r="G896" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H896" t="s">
+        <v>2426</v>
+      </c>
+      <c r="I896" t="s">
+        <v>2427</v>
+      </c>
+      <c r="J896" t="s">
+        <v>2428</v>
+      </c>
+      <c r="K896" t="s">
+        <v>1290</v>
+      </c>
+      <c r="L896" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="897" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A897" s="3">
+        <v>2025</v>
+      </c>
+      <c r="B897" s="3">
+        <v>10</v>
+      </c>
+      <c r="C897" s="4">
+        <v>45960</v>
+      </c>
+      <c r="D897" t="s">
+        <v>23</v>
+      </c>
+      <c r="E897" s="5">
+        <v>200000</v>
+      </c>
+      <c r="F897" t="s">
+        <v>14</v>
+      </c>
+      <c r="G897" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H897" t="s">
+        <v>2429</v>
+      </c>
+      <c r="I897" t="s">
+        <v>2430</v>
+      </c>
+      <c r="J897" t="s">
+        <v>2431</v>
+      </c>
+      <c r="K897" t="s">
+        <v>421</v>
+      </c>
+      <c r="L897" t="s">
+        <v>2211</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">