--- v1 (2025-12-04)
+++ v2 (2026-01-27)
@@ -1,645 +1,658 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
-  <workbookPr/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jonat\Desktop\10 OCTUBRE\7.0 Transferencias de fondos y aportes económicos entregados\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jonat\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{604E19F5-747C-4F26-AFB2-186D2A0E7BF8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A2537286-1933-4E99-9875-F891F7E40E69}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{33D0C23C-9DCE-4B9F-8F08-6F36F3F7CE9E}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="152511"/>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Hoja1!$A$3:$L$1141</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6131" uniqueCount="2432">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9115" uniqueCount="2997">
   <si>
     <t>TRANSFERENCIAS DE FONDOS PUBLICOS</t>
   </si>
   <si>
     <t xml:space="preserve"> Año </t>
   </si>
   <si>
     <t>Mes</t>
   </si>
   <si>
     <t>Fecha Transparencia</t>
   </si>
   <si>
     <t>Denominación de la Transferencia</t>
   </si>
   <si>
     <t>Monto</t>
   </si>
   <si>
     <t>Unidad Monetaria</t>
   </si>
   <si>
     <t>Imputación presupuestaria</t>
   </si>
   <si>
     <t>Objeto de la transferencia</t>
   </si>
   <si>
     <t>Razón social de la persona jurídica que recibe la Transferencia</t>
   </si>
   <si>
     <t>Nombre de la persona natural que recibe la Transferencia</t>
   </si>
   <si>
     <t>Apellido paterno de la persona natural que recibe la Transferencia</t>
   </si>
   <si>
     <t>Apellido materno de la persona natural que recibe la Transferencia</t>
   </si>
   <si>
+    <t>Multas Art. 14, N° 6, Inc. 2°, Ley N° 18.695 - Multas TAG</t>
+  </si>
+  <si>
+    <t>Pesos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152403092002   </t>
+  </si>
+  <si>
+    <t>PAGO FONDO COMUN MUNICIPAL CORRESPONDIENTE AL MES DE  DICIEMBRE 2024.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TESORERIA GENERAL DE LA REPUBLICA  </t>
+  </si>
+  <si>
+    <t>Aporte Otros Años</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152403090002   </t>
+  </si>
+  <si>
+    <t>Multa Ley de Alcoholes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152403002001   </t>
+  </si>
+  <si>
+    <t>PAGO MULTA LEY ALCOHOLES CORRESPONDIENTE AL MES DE DICIEMBRE 2024.</t>
+  </si>
+  <si>
     <t>Otros Organismos del Estado</t>
   </si>
   <si>
-    <t>Pesos</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">2152401003001   </t>
   </si>
   <si>
     <t>PAGO DIFERENCIA CORRESPONDIIENTE A DESEMPEÑO COLECTIVO VARIABLE 2024 CORPORACION MUNICIPAL ANCUD AREA SALUD SEGUN ORD. N° 14 DEL 07-01-2025.</t>
   </si>
   <si>
     <t xml:space="preserve">CORP. MUNICP.DE ANCUD PARA EDUC.SALUD  </t>
+  </si>
+  <si>
+    <t>Mejoramiento Condiciones de Salud de la Comuna</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152401007002   </t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO SRA CARLA CRISTINA RAIMILLA COMICHEO, SEGUN DECRETO MUNICIPAL N°114 DE FECHA 09.01.2025.-</t>
+  </si>
+  <si>
+    <t>RAIMILLA COMICHEO CARLA CRISTINA</t>
+  </si>
+  <si>
+    <t>CARLA CRISTINA</t>
+  </si>
+  <si>
+    <t>RAIMILLA</t>
+  </si>
+  <si>
+    <t>COMICHEO</t>
+  </si>
+  <si>
+    <t>Fondo de Emergencia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152401007004   </t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO SRA MARIA POLONIA ARISMENDI MANSILLA, SEGUN DECRETO MUNICIPAL N°114 DE FECHA 09.01.2025.-</t>
+  </si>
+  <si>
+    <t>ARISMENDI MANSILLA MARIA POLONIA</t>
+  </si>
+  <si>
+    <t>MARIA POLONIA</t>
+  </si>
+  <si>
+    <t>ARISMENDI</t>
+  </si>
+  <si>
+    <t>MANSILLA</t>
+  </si>
+  <si>
+    <t>Ayudas Sociales</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152401007003   </t>
+  </si>
+  <si>
+    <t>PAGO DE APORTE ECONOMICO A DOÑA LILA ALEJANDRA VIDAL MODINGER ORDEN DE PEDIDO N°02 DE FECHA 07/01/2025 DE ACUERDO A DECRETO ALCALDICIO N°114 DE FECHA 09-01/2024 SOLICITUD ASISTENCIAL N°557 E INFORME SOCIAL N°1027.</t>
+  </si>
+  <si>
+    <t>VIDAL MODINGER LILA ALEJANDR</t>
+  </si>
+  <si>
+    <t>LILA ALEJANDR</t>
+  </si>
+  <si>
+    <t>VIDAL</t>
+  </si>
+  <si>
+    <t>MODINGER</t>
+  </si>
+  <si>
+    <t>Corporaciòn Cultural</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152401999002   </t>
+  </si>
+  <si>
+    <t>APORTE ANUAL 2025, SEGUN DECRETO ALCALDICIO NO, 181 DEL 15.01.2025,  CONVENIO DE SUBVENCION, ORD. No. 4 DE FECHA 08.01.2025, DE CORPORACION CULTURAL.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CORPORACION CULTURAL MUNICIPAL DE ANCUD  </t>
+  </si>
+  <si>
+    <t>PAGO DE APORTE ECONOMICO A DOÑA ANA CARLINA ARAVENA RUIZ DE ACUERDO A ORDEN DE PEDIDO N°09 DE FECHA 09/01/2025 Y DECRETO ALCALDICIO N°140 DE FECHA 13/01/2025 QUE LO OTORGA SOLICITUD ASISTENCIAL N°4 E INFORME SOCIAL N°18.-</t>
+  </si>
+  <si>
+    <t>ARAVENA RUIZ ANA CARLINA</t>
+  </si>
+  <si>
+    <t>ANA CARLINA</t>
+  </si>
+  <si>
+    <t>ARAVENA</t>
+  </si>
+  <si>
+    <t>RUIZ</t>
+  </si>
+  <si>
+    <t>PAGO DE APORTE ECONOMICO A DOÑA MIREYA DE LOURDES VÁSQUEZ VERA DE ACUERDO A ORDEN DE PEDIDO N°14 DE FECHA 15/01/2025 DECRETO ALCALDICIO N°257 DE FECHA 21/01/2025 SOLICITUD ASISTENCIAL N°13 E INFORME SOCIAL N°35.</t>
+  </si>
+  <si>
+    <t>VASQUEZ VERA MIREYA DE LOURD</t>
+  </si>
+  <si>
+    <t>MIREYA DE LOURD</t>
+  </si>
+  <si>
+    <t>VASQUEZ</t>
+  </si>
+  <si>
+    <t>VERA</t>
+  </si>
+  <si>
+    <t>PAGO DE APORTE ECONOMICO A DON LUIS ARMANDO CAILEO PAREDES DE ACUERDO A ORDEN DE PEDIDO N° 16 DE FECHA 15/01/2025 DECRETO ALCALDICIO N°257 DE FECHA 21/01/2025 SOLICITUD ASISTENCIAL N°09 E INFORME SOCIAL N°25.</t>
+  </si>
+  <si>
+    <t>CAILEO PAREDES LUIS ARMANDO</t>
+  </si>
+  <si>
+    <t>LUIS ARMANDO</t>
+  </si>
+  <si>
+    <t>CAILEO</t>
+  </si>
+  <si>
+    <t>PAREDES</t>
+  </si>
+  <si>
+    <t>PAGO DE APORTE ECONOMICO A DOÑA PABLA FAUMELICIA ULE BARRÍA DE ACUERDO A ORDEN DE PEDIDO N°17 DE FECHA 15/01/2025 DECRETO ALCALDICIO N°257 DE FECHA 21/01/2025 SOLICITUD ASISTENCIAL N°14 E INFORME SOCIAL N°36..</t>
+  </si>
+  <si>
+    <t>ULE BARRIA PABLA FAUMELICIA</t>
+  </si>
+  <si>
+    <t>PABLA FAUMELICIA</t>
+  </si>
+  <si>
+    <t>ULE</t>
+  </si>
+  <si>
+    <t>BARRIA</t>
+  </si>
+  <si>
+    <t>PAGO DE APORTE ECONOMICO A DOÑA SCARLETTE ALEJANDRA ANDRADE MORA DE ACUERDO A ORDEN DE PEDIDO N°28 DE FECHA 17/01/2025 DECRETO ALCALDICIO N°257 DE FECHA 21/01/2025 SOLICITUD ASISTENCIAL N°4 E INFORME SOCIAL N°19.</t>
+  </si>
+  <si>
+    <t>ANDRADE MORA SCARLETTE ALEJANDRA</t>
+  </si>
+  <si>
+    <t>SCARLETTE ALEJANDRA</t>
+  </si>
+  <si>
+    <t>ANDRADE</t>
+  </si>
+  <si>
+    <t>MORA</t>
+  </si>
+  <si>
+    <t>PAGO DE APORTE ECONOMICO A DOÑA MAGDALENA EDUVIGES DORCA GONZÁLEZ SILVA DE ACUERDO A ORDEN DE PEDIDO N°29 DE FECHA 17/01/2025 DECRETO ALCALDICIO N°257 DE FECHA 21/01/2025 SOLICITUD ASISTENCIAL N°5 E INFORME SOCIAL N°22.</t>
+  </si>
+  <si>
+    <t>GONZALEZ SILVA MAGDALENA EDUVIGES DORCA</t>
+  </si>
+  <si>
+    <t>MAGDALENA EDUVIGES DORCA</t>
+  </si>
+  <si>
+    <t>GONZALEZ</t>
+  </si>
+  <si>
+    <t>SILVA</t>
+  </si>
+  <si>
+    <t>PAGO DE APORTE ECONOMICO A DOÑA CAMILA IVONNE HUICHAL CURUMILLA  DE ACUERDO A ORDEN DE PEDIDO N°30 DE FECHA 17/01/2025 DECRETO ALCALDICIO N°257 DE FECHA 21/01/2025 SOLICITUD ASISTENCIAL N°06 E INFORME SOCIAL N°24.</t>
+  </si>
+  <si>
+    <t>HUICHAL CURUMILLA CAMILA IVONNE</t>
+  </si>
+  <si>
+    <t>CAMILA IVONNE</t>
+  </si>
+  <si>
+    <t>HUICHAL</t>
+  </si>
+  <si>
+    <t>CURUMILLA</t>
+  </si>
+  <si>
+    <t>PAGO DE APORTE ECONOMICO A DOÑA  BETTY DEL CARMEN OJEDA OYARZO DE ACUERDO A ORDEN DE PEDIDO N°31 DE FECHA 17/01/2025 DECRETO ALCALDICIO N°257 DE FECHA 21/01/2025 SOLICITUD ASISTENCIAL N°07 E INFORME SOCIAL N°28.</t>
+  </si>
+  <si>
+    <t>OJEDA OYARZO BETTY DEL CARMEN</t>
+  </si>
+  <si>
+    <t>BETTY DEL CARMEN</t>
+  </si>
+  <si>
+    <t>OJEDA</t>
+  </si>
+  <si>
+    <t>OYARZO</t>
+  </si>
+  <si>
+    <t>PAGO DE APORTE ECONOMICO A DOÑA MARÍA EUGENIA MUÑOZ VIDAL DE ACUERDO A ORDEN DE PEDIDO N°33 DE FECHA 15/01/2025 DECRETO ALCALDICIO N°257 DE FECHA 21/01/2025 SOLICITUD ASISTENCIAL N°15 E INFORME SOCIAL N°37.</t>
+  </si>
+  <si>
+    <t>MUÑOZ VIDAL MARIA EUGENIA</t>
+  </si>
+  <si>
+    <t>MARIA EUGENIA</t>
+  </si>
+  <si>
+    <t>MUÑOZ</t>
+  </si>
+  <si>
+    <t>PAGO DE APORTE ECONOMICO A DOÑA MARISOL SOLEDAD BARRIENTOS AMPUERO DE ACUERDO A ORDEN DE PEDIDO N°38 DE FECHA 15/01/2025 DECRETO ALCALDICIO N°243 DE FECHA 21/01/2025 SOLICITUD ASISTENCIAL N°18 E INFORME SOCIAL N°42..</t>
+  </si>
+  <si>
+    <t>BARRIENTOS AMPUERO MARISOL SOLEDAD</t>
+  </si>
+  <si>
+    <t>MARISOL SOLEDAD</t>
+  </si>
+  <si>
+    <t>BARRIENTOS</t>
+  </si>
+  <si>
+    <t>AMPUERO</t>
+  </si>
+  <si>
+    <t>Premios</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152401008002   </t>
+  </si>
+  <si>
+    <t>LIDAD  A TRAVÉS DE LA OFICINA DE DEPORTES EN CONJUNTO CON QUETROS RUGBY CLUB.PAGO DE PREMIOS DE ACUERDO A LA ORDEN DE PEDIDO N° 1009 SOLICITADO POR LA DIRECCIÓN DIDECO, LOS INSUMOS SERÁN UTILIZADOS PARA LA ACTIVIDAD DENOMINADA 3ER. FIVE PLAYA INFANTIL Y JUVENIL A REALIZARCE EL DÍA 18 DE ENERO DE 2025, ORGANIZADA POR LA I. MUNICIPA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KONNECT COLOR SPA  </t>
+  </si>
+  <si>
+    <t>Mejoramiento Condiciones Habitacionales de la Comuna</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152401007001   </t>
+  </si>
+  <si>
+    <t>DECOPAGO DE  MATERIALES DE CONSTRUCCIÓN PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA ROSA ELENA BIBLIA NOVOA RUT  6576582-9 DOMICILIADA EN POBLACION JOSE JOAQUIN PEREZ S/N COMUNA DE ANCUD DE ACUERDO A LA ORDEN DE PEDIDO N°8 SOLICITADO POR LA DIRECCIÓN DI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOC. COMERCIAL DIMASUR LTDA  </t>
+  </si>
+  <si>
+    <t>ORGANIZADO POR LA ILUSTRE MUNICIPALIDAD DE ANCUD A TRAVÉS DE LA OFICINA DE DEPORTES EN CONJUNTO CON LA ESCUELA DE BASQUETBOL DE ANCUD.PAGO DE PREMIOS DE ACUERDO A LA ORDEN DE PEDIDO N°.11 SOLICITADO POR LA DIRECCIÓN DIDECO, PREMIOS QUE SERÁN UTILIZADO EN EL CAMPEONATO DE BASQUETBOL FEMENINO EFBA 2025, COPA MARIBEL RITTER AMPUERO, A REALIZARSE LOS DÍAS 16 AL 19 DEENERO DEL PRESENTE AÑO,</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CS PROMOCHILE GLORIA SOTO E HIJOS LIMITA  </t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO A DON RICARDO RAIMILLA RAIMILLA, R.U.T.: 3.110.015-1, SEGUN ORDEN DE PEDIDO N°44, DE FECHA 22.01.2025, Y DECRETO N° 263, DE FECHA 22.01.2025.-</t>
+  </si>
+  <si>
+    <t>RAIMILLA RAIMILLA RICARDO</t>
+  </si>
+  <si>
+    <t>RICARDO</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO A DON PEDRO ANTONIO HUIRIMILLA MANSILLA, CEDULA 9.882.211-9, SEGUN ORDEN DE PEDIDO N°43, DE FECHA 22.01.2025 Y DECRETO ALCALDICIO N°263, DE FECHA 22.01.2025.-</t>
+  </si>
+  <si>
+    <t>HUIRIMILLA MANSILLA PEDRO ANTONIO</t>
+  </si>
+  <si>
+    <t>PEDRO ANTONIO</t>
+  </si>
+  <si>
+    <t>HUIRIMILLA</t>
+  </si>
+  <si>
+    <t>Municipales</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152401002002   </t>
+  </si>
+  <si>
+    <t>PAGO APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 290 DEL 23.01.2025 Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t>Junta de Vecinos de Chacao Viejo</t>
+  </si>
+  <si>
+    <t>2152401999003004</t>
+  </si>
+  <si>
+    <t>PAGO APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO.296 DEL 24.01.2025. Y CONVENIO DE SUBVENCION .-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNIDAD VECINAL NO.22 CHACAO VIEJO  </t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO A SRA. SONIA DEL CARMEN RIOS VELASQUEZ, SEGUN ORDEN DE PEDIDO N°15, DE FECHA 15.01.2025, DECRETO N° 276, DE FECHA 23.01.2025.-</t>
+  </si>
+  <si>
+    <t>RIOS VELASQUEZ SONIA DEL CARM</t>
+  </si>
+  <si>
+    <t>SONIA DEL CARM</t>
+  </si>
+  <si>
+    <t>RIOS</t>
+  </si>
+  <si>
+    <t>VELASQUEZ</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO A SRA. MARIA LEONTINA SOTO CHODIL, SEGUN ORDEN DE PEDIDO N°41, DE FECHA 22.01.2025, DECRETO N° 263, DE FECHA 22.01.2025.-</t>
+  </si>
+  <si>
+    <t>SOTO CHODIL MARIA LEONTINA</t>
+  </si>
+  <si>
+    <t>MARIA LEONTINA</t>
+  </si>
+  <si>
+    <t>SOTO</t>
+  </si>
+  <si>
+    <t>CHODIL</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO A SRA. VERONICA DE LOURDES CAILEO COLHUANE, SEGUN ORDEN DE PEDIDO N°42, DE FECHA 22.01.2025, DECRETO N° 263, DE FECHA 22.01.2025.-</t>
+  </si>
+  <si>
+    <t>CAILEO COLHUANE VERONICA DE LOURD</t>
+  </si>
+  <si>
+    <t>VERONICA DE LOURD</t>
+  </si>
+  <si>
+    <t>COLHUANE</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO A SRA. KASANDRA LORETO PAREDES HUENCHUR, SEGUN ORDEN DE PEDIDO N°45, DE FECHA 22.01.2025, DECRETO N° 263, DE FECHA 22.01.2025.-</t>
+  </si>
+  <si>
+    <t>PAREDES HUENCHUR KASANDRA LORETO</t>
+  </si>
+  <si>
+    <t>KASANDRA LORETO</t>
+  </si>
+  <si>
+    <t>HUENCHUR</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO A SRA. MARIA TERESA MUÑOZ FUENTES, SEGUN ORDEN DE PEDIDO N°46, DE FECHA 22.01.2025, DECRETO N° 263, DE FECHA 22.01.2025.-</t>
+  </si>
+  <si>
+    <t>MUÑOZ FUENTES MARIA</t>
+  </si>
+  <si>
+    <t>MARIA</t>
+  </si>
+  <si>
+    <t>FUENTES</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO A SRA. ROXANA JACQUELINE VASQUEZ VASQUEZ, SEGUN ORDEN DE PEDIDO N°49, DE FECHA 23.01.2025, DECRETO N° 278, DE FECHA 23.01.2025.-</t>
+  </si>
+  <si>
+    <t>VASQUEZ VASQUEZ ROXANA JACQUELI</t>
+  </si>
+  <si>
+    <t>ROXANA JACQUELI</t>
+  </si>
+  <si>
+    <t>PAGO APORTE AÑO  2025, UTILIZADO EN ACTIDADES DE VERANO DE ANCUD, SEGUN DECRETO ALCALDICIO NO.  319  DE FECHA 27.01.2025, Y CONVENIO DE SUBVENCION.-</t>
   </si>
   <si>
     <t>TRASPASO  DE FONDOS CORRESPONDIENTE A A PER CAPITA ENERO 2024, ORD. NO. 63 DEL 24.01.2025.- Y TRASPASO DE FONDOS CORRESPONDIENTE  A LEYES MES DE ENERO 2025, ORD. NO. 64 DEL 24.01.2025.- 
 DECRETO ALCALDICIO NO. 320 DEL 27.01.2025.-</t>
   </si>
   <si>
-    <t>Multa Ley de Alcoholes</t>
-[...341 lines deleted...]
-    <t>FUENTES</t>
+    <t>PAGO DE APORTE ECONOMICO A DON  MANUEL ENRIQUE PAREDES ESPINOZA DE ACUERDO A ORDEN DE PEDIDO N°64 DE FECHA 28/01/2025 DECRETO ALCALDICIO N°343 DE FECHA 28/01/2025 QUE LO OTORGA, SOLICITUD ASISTENCIAL N°29 E INFORME SOCIAL N°61.</t>
+  </si>
+  <si>
+    <t>PAREDES ESPINOZA MANUEL ENRIQUE</t>
+  </si>
+  <si>
+    <t>MANUEL ENRIQUE</t>
+  </si>
+  <si>
+    <t>ESPINOZA</t>
+  </si>
+  <si>
+    <t>PAGO DE APORTE ECONOMICO A DOÑA MARÍA ALICIA PIÑERO LUCERO DE ACUERDO A ORDEN DE PEDIDO N°63 DE FECHA 28/01/2025 DECRETO ALCALDICIO N°343 DE FECHA 28/01/2025 QUE LO OTORGA, SOLICITUD ASISTENCIAL N°16 E INFORME SOCIAL N°43</t>
+  </si>
+  <si>
+    <t>PIÑERO LUCERO MARIA ALICIA</t>
+  </si>
+  <si>
+    <t>MARIA ALICIA</t>
+  </si>
+  <si>
+    <t>PIÑERO</t>
+  </si>
+  <si>
+    <t>LUCERO</t>
+  </si>
+  <si>
+    <t>PAGO DE APORTE ECONOMICO A DON FELIPE IVÁN PERALTA BARRÍA DE ACUERDO A ORDEN DE PEDIDO N°62 DE FECHA 28/01/2025 DECRETO ALCALDICIO N°343 DE FECHA 28/01/2025 QUE LO OTORGA, SOLICITUD ASISTENCIAL N°31 E INFORME SOCIAL N°64.</t>
+  </si>
+  <si>
+    <t>PERALTA BARRIA FELIPE IVAN</t>
+  </si>
+  <si>
+    <t>FELIPE IVAN</t>
+  </si>
+  <si>
+    <t>PERALTA</t>
+  </si>
+  <si>
+    <t>PAGO DE APORTE ECONOMICO A DOÑA MARÍA ESMIRED SOTO RUIZ DE ACUERDO A ORDEN DE PEDIDO N°61 DE FECHA 28/01/2025 DECRETO ALCALDICIO N°343 DE FECHA 28/01/2025 QUE LO OTORGA, SOLICITUD ASISTENCIAL N°30 E INFORME SOCIAL N°63..</t>
+  </si>
+  <si>
+    <t>SOTO RUIZ MARIA ESMERIT</t>
+  </si>
+  <si>
+    <t>MARIA ESMERIT</t>
+  </si>
+  <si>
+    <t>PAGO DE APORTE ECONOMICO A DON SERGIO SANTIAGO VARGAS AGUILAR DE ACUERDO A ORDEN DE PEDIDO N°60 DE FECHA 28/01/2025 DECRETO ALCALDICIO N°343 DE FECHA 28/01/2025 QUE LO OTORGA, SOLICITUD ASISTENCIAL N°32 E INFORME SOCIAL N°66.</t>
+  </si>
+  <si>
+    <t>VARGAS AGUILAR SERGIO SANTIAGO</t>
+  </si>
+  <si>
+    <t>SERGIO SANTIAGO</t>
+  </si>
+  <si>
+    <t>VARGAS</t>
+  </si>
+  <si>
+    <t>AGUILAR</t>
   </si>
   <si>
     <t>PAGO DE APORTE ECONOMICO A DOÑA IRMA ALEJANDRA ABURTO ESPINOZA DE ACUERDO A ORDEN DE PEDIDO N°59 DE FECHA 28/01/2025 DECRETO ALCALDICIO N°343 DE FECHA 28/01/2025 QUE LO OTORGA, SOLICITUD ASISTENCIAL N°17 E INFORME SOCIAL N°44.</t>
   </si>
   <si>
     <t>ABURTO ESPINOZA IRMA ALEJANDRA</t>
   </si>
   <si>
     <t>IRMA ALEJANDRA</t>
   </si>
   <si>
     <t>ABURTO</t>
   </si>
   <si>
-    <t>ESPINOZA</t>
-[...11 lines deleted...]
-    <t>PERALTA</t>
+    <t>PAGO DE APORTE ECONOMICO A DOÑA MIREYA MARGARITA ASCENCIO MARTÍNEZ DE ACUERDO A ORDEN DE PEDIDO N°58 DE FECHA 28/01/2025 DECRETO ALCALDICIO N°343 DE FECHA 28/01/2025 QUE LO OTORGA, SOLICITUD ASISTENCIAL N°27 E INFORME SOCIAL N°65.</t>
+  </si>
+  <si>
+    <t>ASCENCIO MARTINEZ MIREYA MARGARITA</t>
+  </si>
+  <si>
+    <t>MIREYA MARGARITA</t>
+  </si>
+  <si>
+    <t>ASCENCIO</t>
+  </si>
+  <si>
+    <t>MARTINEZ</t>
   </si>
   <si>
     <t>PAGO DE APORTE ECONOMICO A DON ERIC GUILLERMO MALTES VILLARROEL DE ACUERDO A ORDEN DE PEDIDO N°57 DE FECHA 28/01/2025 DECRETO ALCALDICIO N°343 DE FECHA 28/01/2025 QUE LO OTORGA, SOLICITUD ASISTENCIAL N°33 E INFORME SOCIAL N°67.</t>
   </si>
   <si>
     <t>MALTES VILLARROEL ERIC GUILLERMO</t>
   </si>
   <si>
     <t>ERIC GUILLERMO</t>
   </si>
   <si>
     <t>MALTES</t>
   </si>
   <si>
     <t>VILLARROEL</t>
   </si>
   <si>
-    <t>PAGO DE APORTE ECONOMICO A DOÑA MIREYA MARGARITA ASCENCIO MARTÍNEZ DE ACUERDO A ORDEN DE PEDIDO N°58 DE FECHA 28/01/2025 DECRETO ALCALDICIO N°343 DE FECHA 28/01/2025 QUE LO OTORGA, SOLICITUD ASISTENCIAL N°27 E INFORME SOCIAL N°65.</t>
-[...46 lines deleted...]
-  <si>
     <t>Asociación de Boxeo</t>
   </si>
   <si>
     <t>2152401999003025</t>
   </si>
   <si>
     <t>PAGO DE SUBVENCIÓN A LA ASOCIACIÓN DE BOX ANCUD DE ACUERDO A DECRETO N°387 DE FECHA 30/01/2025 QUE OTORGA A ESTA INSTITUCIÓN UNA SUBVENCIÓN MUNICIPAL LA CUAL PODRA DESTINAR LOS RECURSOS A LOS FINES SEÑALADOS.</t>
   </si>
   <si>
     <t xml:space="preserve">ASOCIACION DE BOX ANCUD  </t>
-  </si>
-[...67 lines deleted...]
-    <t>ROXANA JACQUELI</t>
   </si>
   <si>
     <t>Agrupación Juvenil Villa Chacao</t>
   </si>
   <si>
     <t>2152401999003061</t>
   </si>
   <si>
     <t>PAGO DE SUBVENCIÓN A LA AGRUPACIÓN JUVENIL VILLA CHACAO DE ANCUD SUSCRITO CON FECHA 24/01/2025 DE ACUERDO AL DECRETO N°353 DE FECHA 29/01/2025 QUE LO OTORGA, LA INSTITUCIÓN PODRÁ DESTINAR LOS RECURSOS A LOS FINES SEÑALADOS.</t>
   </si>
   <si>
     <t xml:space="preserve">AGRUPACION JUVENIL VILLA CHACAO DE ANCUD  </t>
   </si>
   <si>
     <t>TRASPASO DE FONDOS CORRESPONDIENTE A LEYES ENERO 2025 DE ACUERDO A INGRESO N°967.852 DE FECHA 31/01/2025.</t>
   </si>
   <si>
     <t>TRASPASO DE FONDOS CORRESPONDIENTES AL AREA DE LA SALUD " PROGRAMA DE SALUD MENTAL" DE ACUERDO A INGRESO N°967.854 DE FECHA 31/01/2025.</t>
   </si>
   <si>
     <t>Club de Ajedrez Torreón</t>
   </si>
   <si>
     <t>2152401999003031</t>
   </si>
@@ -1271,50 +1284,86 @@
     <t>EN SITUACIÓN DE NECESIDAD MANIFIESTA. 
 FACTURA N°30494 DE FECHA 24/01/2025.PAGO DE CANASTAS FAMILIARES DE ACUERDO A LA ORDEN DE PEDIDO N° 5 SOLICITADO POR LA  DIDECO, CANASTAS QUE SERÁN UTILIZADAS POR LA OFICINA DE AYUDA SOCIAL DE LA DIRECCIÓN DE DESARROLLO COMUNITARIO, PARA LAS FAMILIAS DE LA COMUNA DE ANCUD, QUE SE ENCUENTRAN</t>
   </si>
   <si>
     <t>MORALES SILVA NORMA ELENA</t>
   </si>
   <si>
     <t>NORMA ELENA</t>
   </si>
   <si>
     <t>MORALES</t>
   </si>
   <si>
     <t>Junta de Vecinos N° 6 Pudeto Bajo</t>
   </si>
   <si>
     <t>2152401999003072</t>
   </si>
   <si>
     <t>PAGO DE SUBVENCIÓN A LA JUNTA DE  VECINOS N°6 PUDETO BAJO DE ACUERDO A DECRETO ALCALDICIO N°583 DE FECHA 17/02/2025 QUE OTORGA LOS RECURSOS SEÑALADOS.</t>
   </si>
   <si>
     <t xml:space="preserve">JUNTA DE VECINOS NO.6 PUDETO BAJO  </t>
   </si>
   <si>
+    <t>Agrupación Asperguer Ancud</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152401006010   </t>
+  </si>
+  <si>
+    <t>PAGO SUBVENCION MUNICIPAL SEGUN DECRETO ALCALDICIO N° 549 DEL 12-02-2025, AGRUPACION ASPERGER ANCUD.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGRUPACION ASPERGER ANCUD  </t>
+  </si>
+  <si>
+    <t>Escuela Fútbol Bórquez Solar</t>
+  </si>
+  <si>
+    <t>2152401999003048</t>
+  </si>
+  <si>
+    <t>PAGO CONVENIO SUBVENCION A ESCUELA DE FUTBOL BORQUEZ SOLAR, DE ACUERDO A DECRETO DE PAGO N° 506, DE FECHA 10.02.2025, DE ASESORIA JURIDICA.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ESCUELA DE FUTBOL BORQUEZ SOLAR  </t>
+  </si>
+  <si>
+    <t>Agrupación Alborada Huicha</t>
+  </si>
+  <si>
+    <t>2152401999003044</t>
+  </si>
+  <si>
+    <t>PAGO SUBVENCION MUNICIPAL SEGUN DECRETO ALCALDICIO N° 545 DEL 12-02-2025, COMITE PRODUCTIVO DE MUJERES LA ALBORADA DE HUICHA DE ANCUD.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMITE PRODUCTIVO DE MUJERES ALBORADA DE HUICHA LA CUMBRE  </t>
+  </si>
+  <si>
     <t>TRASPASO DE FONDOS CORRESPONNDIENTE A PROGRAMAS DE SALUD 2025,SEGUN ORD. N° 122 DEL 19-02-2025 CORPORACION MUNICIAL DE ANCUD.</t>
   </si>
   <si>
     <t>TRASPASO DE FONDOS CORRESPONDIENTE A INCENTIVO AL RETIRO VOLUNTARIO AREA SALUD ,SEGUN ORD. N° 123  DEL 19-02-2025 CORPORACION MUNICIPAL ANCUD.</t>
   </si>
   <si>
     <t>PAGO APORTE ECONOMICO N°68 DE FECHA 28.01.2025, SEGUN DECRETO N° 507, DE FECHA 10.02.2025</t>
   </si>
   <si>
     <t>PEREZ BARRIENTOS ROSA DEL CARMEN</t>
   </si>
   <si>
     <t>ROSA DEL CARMEN</t>
   </si>
   <si>
     <t>PEREZ</t>
   </si>
   <si>
     <t>GUENTELICAN ALVARADO SILVIA XIMENA</t>
   </si>
   <si>
     <t>SILVIA XIMENA</t>
   </si>
   <si>
     <t>GUENTELICAN</t>
@@ -1424,53 +1473,122 @@
   <si>
     <t>PAGO SUBVENCION APORTE A CLUB NAUTICO GOLETA ANCUD Y ESCUELA ANCUD, SEGUN DECRETO N°622, DE FECHA 20.02.2025.-</t>
   </si>
   <si>
     <t xml:space="preserve">CLUB DE DEPORTES NÁUTICOS Y ESCUELA GOLETA ANCUD  </t>
   </si>
   <si>
     <t>Club Deportivo Porvenir</t>
   </si>
   <si>
     <t>2152401999003059</t>
   </si>
   <si>
     <t>PAGO SUBVENCION APORTE CLUB DEPORTIVO PORVENIR DE HUEIHUE, SEGUN DECRETO DE PAGO N°623, DE FECHA 20.02.2025.-</t>
   </si>
   <si>
     <t xml:space="preserve">CLUB DEPORTIVO PORVENIR DE HUEIHUE  </t>
   </si>
   <si>
     <t>COMUNITARIO.PAGO FACTURA N°25707, DE FECHA 22.01.2025, SEGUN Orden de Compra codigo: 2658-48-AG25 dirigida a COMERCIALIZADORA TJB SOCIEDAD ANONIMA, SEGÚN O.P. 4 DIDECO, INSUMOS QUE SERÁ UTILIZADOS COMO STOCK DE LA OFICINA DE AYUDA SOCIAL DE LA DIRECCIÓN DE DESARROLLO</t>
   </si>
   <si>
     <t xml:space="preserve">COMERCIALIZADORA TJB S.A.  </t>
   </si>
   <si>
+    <t>30% - 50% Multas TAG RMNP Otras Municipalidades</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152403100002   </t>
+  </si>
+  <si>
+    <t>PAGO VALORES PERCIBIDOS PERIODO COMENDIDO ENTRE EL  01 AL 30 DE NOVIEMBRE DE 2024, POR CONCEPTO DE RMNP, Y QUE DEBEN SER REMITIDOS A DIFERENTES COMUNAS, SEGUN CERT. N°22, DE TESORERIA.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MUNICIPALIDAD DE ANCUD  </t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°161.180 DE FECHA 06/02/2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR LUIS ROBERTO MARTY TORRES RUT 12595484-7 DOMICILIADO EN EL SECTOR RURAL DE PUNTRA COMUNA DE ANCUD.O.P.N. 65 DIDECO</t>
+  </si>
+  <si>
     <t>PAGO FACTURA N°160.757, DE FECHA 30/01/2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR FRANCISCO JAVIER BARRIA VILLARROEL RUT 13407899-5 DOMICILIADA EN DOCTOR GONZALEZ CANESSA 1150 COMUNA DE ANCUD.O.P.N. 48 DIDECO</t>
   </si>
   <si>
+    <t>Club Deportivo Cultural y Social José Miguel Carrera</t>
+  </si>
+  <si>
+    <t>2152401999003069</t>
+  </si>
+  <si>
+    <t>PAGO SUBVENCION APORTE A CLUB DEPORTIVO, CULTURAL Y SOCIAL JOSE MIGUEL CARRERA DE ACUERDO A DECRETO N°625, DE FECHA 20.02.2025 DE ASESORIA JURIDICA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DEPORTIVO SOCIAL Y CULTURAL JOSE MIGUEL CARRERA  </t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°738, DE FECHA 06.02.2025, SEGUN O.P 104, DIDECO, POR MEDALLAS Y TROFEOS PARA PREMIACIÓN CAMPEONATO DE BASKET 3X3 TODO COMPETIDOR Y SUB 11 ORGANIZADA POR LA OFICINA DE DEPORTES.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMERCIAL JANET CAROLINA SALDIVIA NENEN SPA  </t>
+  </si>
+  <si>
+    <t>PAGO ACTURA N°3123, DE FECHA 12.02.2025, SEGUN Orden de Compra codigo: 2658-197-AG25 dirigida a OSCAR EDUARDO GOYE CASTILLO SEGÚN O.P 89, DIDECO, POR MATERIALES DE CONSTRUCCIÓN COMO AYUDA SOCIAL GESTIONADA POR DIRECCIÓN DE DESARROLLO COMUNITARIO.-</t>
+  </si>
+  <si>
+    <t>GOYE CASTILLO OSCAR EDUARDO</t>
+  </si>
+  <si>
+    <t>OSCAR EDUARDO</t>
+  </si>
+  <si>
+    <t>GOYE</t>
+  </si>
+  <si>
+    <t>EDUCATIVA, ACTIVIDAD A REALIZARSE DURANTE EL MES DE MARZO, ACTIVIDADES DE CARÁCTER COMUNICACIONAL, QUE INVITEN A LA SUPERACIÓN, EMPATÍA, EMPODERAMIENTO  DE LA MUJER Y DIFUSIÓN SOBRE LA EQUIDAD DE GÉNERO.PAGO FACTURA N°1123, DE FECHA 14.02.2025, SEGUN Orden de Compra codigo: 2658-201-AG25 dirigida a KONNECT COLOR SPA, SEGÚN O.P. 65 DIDECO, TROFEOS QUE SERÁN UTILIZADOS POR LA OFICINA DE LA MUJER, EN TALLERES DE CAPACITACIÓN DE ÍNDOLE RECREATIVA, CULTURAL Y</t>
+  </si>
+  <si>
+    <t>FEBRERO DEL AÑO 2025, ORGANIZADO POR LA ILUSTRES MUNICIPALIDAD DE ANCUD, A TRAVÉS DE LA OFICINA DE DEPORTES.PAGO FACTURA N°899, DE FECHA 11/02/2025, Según Orden de Compra codigo: 2658-157-AG25 dirigida a MARTA ANDREA SANTANA RIVAS, SEGÚN O.P. 66 DIDECO, TROFEOS QUE SERÁN UTILIZADOS EN PREMIACIÓN DE CAMPEONATO BREAKDANCE AL AIRE LIBRE, A REALIZARSE EL DÍA 14 DE</t>
+  </si>
+  <si>
+    <t>SANTANA RIVAS MARTA ANDREA</t>
+  </si>
+  <si>
+    <t>MARTA ANDREA</t>
+  </si>
+  <si>
+    <t>SANTANA</t>
+  </si>
+  <si>
+    <t>RIVAS</t>
+  </si>
+  <si>
+    <t>. 22 DIDECOPAGO FACTURA N°234, DE FECHA 17.02.2025, SEGUN Orden de Compra codigo: 2658-100-AG25 dirigida a MARCELO ALEJANDRO DIAZ FREUDE, PARA LA DIRECCION DE DIDECO PARA INSUMOS Y AYUDAS TECNICAS PARA BENEFICIARIOS DEL PROGRAMA ATENCION DOMICILIARIA MUNICIPAL.O.P.N</t>
+  </si>
+  <si>
+    <t>GANIZADO POR LA I. MUNICIPALIDAD DE ANCUD, A TRAVÉS DE LA OFICINA DE DEPORTES Y CLUB DEPORTIVO CHACAO.PAGO FACTURA N°1116, DE FECHA 10/02/2025, Según Orden de Compra codigo: 2658-179-AG25 dirigida a KONNECT COLOR SPA, SEGÚN O.P. 84 DIDECO, TROFEOS QUE SERÁN UTILIZADOS EN PREMIACIÓN DE COPA SEMANA CHACAINA, A REALIZARSE EL DÍA 8 Y 13 DE FEBRERO DE 2025, OR</t>
+  </si>
+  <si>
     <t>APORTE ECONOMICO  N°54, DE FECHA 28.01.2025, SEGUN DECRETO ALCALDICIO N°570,  DE FECHA 13.02.2025.</t>
   </si>
   <si>
     <t>MANSILLA DEL VALLE JOSE JAIME</t>
   </si>
   <si>
     <t>JOSE JAIME</t>
   </si>
   <si>
     <t>DEL VALLE</t>
   </si>
   <si>
     <t>APORTE ECONOMICO A KARIN REMOLCOY REMOLCOY, SEGUN ORDEN DE PEDIDO N°67, DE FECHA 28.01.2025, Y DECRETO ALCALDICIO N° 570, DE FECHA 13.02.2025</t>
   </si>
   <si>
     <t>REMOLCOY REMOLCOY KARIN PAULINA</t>
   </si>
   <si>
     <t>KARIN PAULINA</t>
   </si>
   <si>
     <t>REMOLCOY</t>
   </si>
   <si>
     <t>APORTE ECONOMICO A RUTH VASQUEZ TELLEZ, SEGUN ORDEN DE PEDIDO N°75, DE FECHA 30.01.2025, SEGUN DECRETO N°570, DE FECHA 13.02.2025.-</t>
@@ -1590,206 +1708,113 @@
     <t>PINCHEIRA</t>
   </si>
   <si>
     <t>BRICEÑO</t>
   </si>
   <si>
     <t>APORTE ECONOMICO A MARIA GARAY CARCAMO, SEGUN ORDEN DE PEDIDO N°114, DE FECHA 07.02.2025 Y DECRETO N°637, DE FECHA 21.02.2025.-</t>
   </si>
   <si>
     <t>GARAY CARCAMO MARIA SONIA</t>
   </si>
   <si>
     <t>MARIA SONIA</t>
   </si>
   <si>
     <t>GARAY</t>
   </si>
   <si>
     <t>CARCAMO</t>
   </si>
   <si>
     <t>PAGO APORTE ANUAL 2025, SEGUN DECRETO ALCALDICIO NO, 181 DEL 15.01.2025,  Y CONVENIO DE SUBVENCION .-</t>
   </si>
   <si>
     <t>TRASPASO DE FONDOS CORRESPONDIENTE A PERCAPITA FEBRERO 2025,ORD. 128 DEL 24-02-2025., PERCAPITA  LEYES FEBRERO 2025,SEGUN ORD.N° 129 DEL 24-02-2025.</t>
-  </si>
-[...91 lines deleted...]
-    <t>GANIZADO POR LA I. MUNICIPALIDAD DE ANCUD, A TRAVÉS DE LA OFICINA DE DEPORTES Y CLUB DEPORTIVO CHACAO.PAGO FACTURA N°1116, DE FECHA 10/02/2025, Según Orden de Compra codigo: 2658-179-AG25 dirigida a KONNECT COLOR SPA, SEGÚN O.P. 84 DIDECO, TROFEOS QUE SERÁN UTILIZADOS EN PREMIACIÓN DE COPA SEMANA CHACAINA, A REALIZARSE EL DÍA 8 Y 13 DE FEBRERO DE 2025, OR</t>
   </si>
   <si>
     <t>Club Deportivo El Pilar de Ancud</t>
   </si>
   <si>
     <t>2152401999003039</t>
   </si>
   <si>
     <t>PAGO SUBVENCION APORTE A CLUB DEPORTIVO EL PILAR DE ANCUD, DE ACUERDO A DECRETO N°684. DE FECHA 27.02.2025 DE ASESORIA JURÍDICA. 
 CORRESPONDIENTE A CUOTA N°1, DE ACUERDO A SOLICITUD DE LA ORGANIZACIÓN, RECIBIDA CON FECHA 27.02.2025.-</t>
   </si>
   <si>
     <t xml:space="preserve">CLUB DEPORTIVO EL PILAR ANCUD  </t>
   </si>
   <si>
+    <t>APORTE ECONOMICO SEGUN ORDEN DE PEDIDO N°107, DE FECHA 06.02.2025, A DOÑA ILIA HERRERA CIFUENTES, SEGUN DECRETO N°685, DE FECHA 27.02.2025.-</t>
+  </si>
+  <si>
+    <t>HERRERA CIFUENTES ILIA PATRICIA</t>
+  </si>
+  <si>
+    <t>ILIA PATRICIA</t>
+  </si>
+  <si>
+    <t>HERRERA</t>
+  </si>
+  <si>
+    <t>CIFUENTES</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO SEGUN ORDEN DE PEDIDO N°164, DE FECHA 19.02.2025, A DOÑA TERESA AMPUERO MALDONADO, SEGUN DECRETO N°685, DE FECHA 27.02.2025.-</t>
+  </si>
+  <si>
+    <t>AMPUERO MALDONADO TERESA MARIANA</t>
+  </si>
+  <si>
+    <t>TERESA MARIANA</t>
+  </si>
+  <si>
+    <t>MALDONADO</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO SEGUN ORDEN DE PEDIDO N°165, DE FECHA 21.02.2025, A DOÑA FELIZA ASTUDILLO IGOR, SEGUN DECRETO N°685, DE FECHA 27.02.2025.-</t>
+  </si>
+  <si>
+    <t>ASTUDILLO IGOR FELIZA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>FELIZA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>ASTUDILLO</t>
+  </si>
+  <si>
+    <t>IGOR</t>
+  </si>
+  <si>
     <t>N DE DIDECO PARA OFICINA DE AYUDA SOCIAL PARA LAS FAMILIAS DE VILLA RIO PUDETO Y VILLA LOS AROMOS COMUNA DE ANCUD LOS CUALES SE VEN AFECTADOS POR LA SITUACION SANITARIA QUE SE ENCUENTRAN ACTUALMENTE.o.p.699 didecoPAGO DE FACTURA N°153, DE FECHA 13/02/2025, Según Orden de Compra codigo: 2658-132-AG25 dirigida a SOCIEDAD DE INVERSIONES ALTOS DE COQUIAO SPA Orden de Compra codigo: 2658-132-AG25 dirigida a SOCIEDAD DE INVERSIONES ALTOS DE COQUIAO SPA, PARA LA DIRECCIO</t>
   </si>
   <si>
     <t xml:space="preserve">SOCIEDAD DE INVERSIONES ALTOS DE COQUIAO SPA  </t>
   </si>
   <si>
-    <t>APORTE ECONOMICO SEGUN ORDEN DE PEDIDO N°107, DE FECHA 06.02.2025, A DOÑA ILIA HERRERA CIFUENTES, SEGUN DECRETO N°685, DE FECHA 27.02.2025.-</t>
-[...40 lines deleted...]
-  <si>
     <t>APORTE ECONOMICO SEGUN ORDEN DE PEDIDO N°166,  DE FECHA 21.02.2025, A DOÑA ROSA PASTEN GARAY, SEGUN DECRETO N°685, DE FECHA 27.02.2025.-</t>
   </si>
   <si>
     <t>PASTEN GARAY ROSA ELIZABETH</t>
   </si>
   <si>
     <t>ROSA ELIZABETH</t>
   </si>
   <si>
     <t>PASTEN</t>
   </si>
   <si>
     <t>APORTE ECONOMICO SEGUN ORDEN DE PEDIDO N°167, DE FECHA 21.02.2025, A DOÑA EVA JARA FERNANDEZ, SEGUN DECRETO N°685, DE FECHA 27.02.2025.-</t>
   </si>
   <si>
     <t>EVA JUDITH JARA FERNANDEZ</t>
   </si>
   <si>
     <t>FERNANDEZ</t>
   </si>
   <si>
     <t>EVA JUDITH</t>
   </si>
   <si>
     <t>JARA</t>
@@ -2070,91 +2095,127 @@
   <si>
     <t>ARJEL VILLEGAS JOSE SERGIO</t>
   </si>
   <si>
     <t>JOSE SERGIO</t>
   </si>
   <si>
     <t>ARJEL</t>
   </si>
   <si>
     <t>VILLEGAS</t>
   </si>
   <si>
     <t>APORTE ECONOMICO, SEGUN ORDEN DE PEDIDO N°198, DE FECHA 28.02.2025, A NELIDA SOTO ANDRADE,  Y DECRETO N°702, DE FECHA 28.02.2025.-</t>
   </si>
   <si>
     <t>SOTO ANDRADE NELIDA GALICIA</t>
   </si>
   <si>
     <t>NELIDA GALICIA</t>
   </si>
   <si>
     <t>APORTE ECONOMICO, SEGUN ORDEN DE PEDIDO N°187, DE FECHA 28.02.2025, A CARLOS FAUDEZ ANDRAES,  Y DECRETO N°702, DE FECHA 28.02.2025.-</t>
   </si>
   <si>
-    <t>FAUNDES ANDRADE CARLOS ALEJANDRO</t>
+    <t>FAUNDEZ ANDRAES CARLOS ALEJANDRO</t>
   </si>
   <si>
     <t>CARLOS ALEJANDRO</t>
   </si>
   <si>
-    <t>FAUNDES</t>
+    <t>FAUNDEZ</t>
+  </si>
+  <si>
+    <t>ANDRAES</t>
   </si>
   <si>
     <t>PAGO AYUDA ECOMONICA O.P.NO. 279, SEGUN DECRETO N°820, DE FECHA 14.03.2025.-</t>
   </si>
   <si>
     <t>OYARZO COBY TABITA EVELYN</t>
   </si>
   <si>
     <t>TABITA EVELYN</t>
   </si>
   <si>
     <t>COBY</t>
   </si>
   <si>
     <t>PAGO APORTE ECONOMICO O.P.NO. 192, SEGUN DECRETO ALCALDICIO NO. 812 DEL 13.03.2025.-</t>
   </si>
   <si>
     <t>ASTORGA GAMIN MARIA ANA</t>
   </si>
   <si>
     <t>MARIA ANA</t>
   </si>
   <si>
     <t>GAMIN</t>
   </si>
   <si>
     <t xml:space="preserve">PAGO AYUDA SOCIAL O.P.NO. 280, SEGUN DECRETO ALCALDICIO NO. 820 DEL 14.03.2025.- 
 </t>
   </si>
   <si>
     <t>VELASQUEZ MALDONADO YULISSA ALEJANDRA</t>
   </si>
   <si>
     <t>YULISSA ALEJANDRA</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°13851 DE FECHA 27.02.2025, CORRESPONDIENTE A INSUMOS QUE SERÁN UTILIZADOS PARA BENEFICIARIOS OFICINA DE DISCAPACIDAD AÑO 2025, DEPENDIENTE DE LA DIRECCIÓN DE DESARROLLO COMUNITARIO DE LA I. MUNICIPALIDAD DE ANCUD.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IMPORTADORA EDIMAR A. CARRERA HIDALGO EIRL  </t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°162212 DE FECHA 26.02.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA YASNA DELICIA VALLEJOS ALMONADIC RUT 14041668-1 DOMICILIADA EN VILLA ROSAURA PASAJE MAR BRAVA 45 COMUNA DE ANCUD. O.P.N. 147 DIDECO</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°162209 DE FECHA 26.02.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA YOLANDA IRENE GOMEZ TRIVIÑO RUT 7403714-3 DOMICILIADA EN  BELLAVISTA 3 AV. CIRCUNVALACION 1190 COMUNA DE ANCUD.</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°162211 DE FECHA 26.02.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR JOSE MIGUEL VELASQUEZ VELASQUEZ RUT 9305177-7 DOMICILIADA EN EL ESFUERZO NRO. 19 COMUNA DE ANCUD.</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°1138 DE FECHA 27.02.2025,  , POR COPAS QUE SERAN UTILIZADO PARA FINALIZACIÓN DE CAMPEONATOS DE LIGAS CAMPECINAS A.F.U.R.A ESTO SE REALIZARA EL 26 DE FEBRERO DEL 2025.-</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°481 DE FECHA 27.02.2025,  PARA FAMILIAS DE LA COMUNA DE ANCUD QUE SE ENCUENTRAN EN SITUACON DE NECESIDAD MANIFIESTA.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RED LAGOS SPA  </t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°1562 DE 03.03.2025, PARA AYUDA SOCIAL SRA GLADYS CECILIA BARRIA ULLOA RUT 13593550-6 DOMICILIADA EN PSJE LAS MOSQUETAS 31 ALTOS DE CARACOLES COMUNA DE ANCUD.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMERCIAL JAIME FRANCISCO ASMUSSEN CHALES EIRL  </t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°25902,  PARA LA DIRECCION DE DIDECO PARA LA OFICINA DE AYUDA SOCIAL PARA STOCK.O.P.N. 160 DIDECO</t>
   </si>
   <si>
     <t>PAGO APORTE ECONOMICO O.P.NO. 284, SEGUN DECRETO ALCALDICIA NO. 851 DEL 17.03.2025.-</t>
   </si>
   <si>
     <t>MIRANDA VARGAS MIRIAM</t>
   </si>
   <si>
     <t>MIRIAM</t>
   </si>
   <si>
     <t>MIRANDA</t>
   </si>
   <si>
     <t>PAGO APORTE ECONOMICO O.P.NO. 286, SEGUN DECRETO ALCALDICIO NO. 851 DEL 17.03.2025.-</t>
   </si>
   <si>
     <t>QUIDIANTE MONTIEL ROSA ESTER</t>
   </si>
   <si>
     <t>ROSA ESTER</t>
   </si>
   <si>
     <t>QUIDIANTE</t>
   </si>
@@ -2206,50 +2267,62 @@
   <si>
     <t>JULIO ROBERTO</t>
   </si>
   <si>
     <t>GALLEGOS</t>
   </si>
   <si>
     <t>PAGO APORTE ECONOMICO O.P.NO. 117, SEGUN DECRETO ALCALDICIO NO. 851 DEL 17.03.2025.-</t>
   </si>
   <si>
     <t>UNQUÉN HUEICHA ROSA ALICIA</t>
   </si>
   <si>
     <t>ROSA ALICIA</t>
   </si>
   <si>
     <t>UNQUÉN</t>
   </si>
   <si>
     <t>HUEICHA</t>
   </si>
   <si>
     <t>PAGO DE VALORES PERCIBIDOS POR CONCEPTO DE RMNP DESDE EL  PERIODO ENTREL EL 01 AL 28 DE FEBRERO 2025, SEGUN CERTIFICADO NO. 03 DE TESORERA MUNICIPAL.-</t>
   </si>
   <si>
+    <t>Iglesia Unión Evangélica Misionera en Chile</t>
+  </si>
+  <si>
+    <t>2152401999003066</t>
+  </si>
+  <si>
+    <t>PAGO APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 860 DEL 18.03.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IGLESIA UNION EVANGELICA Y MISIONERA EN CHILE  </t>
+  </si>
+  <si>
     <t xml:space="preserve">PAGO APORTE ECONOMICO O.P.NO. 307, SEGUN DECRETO ALCALDICIO NO. 871 DEL 19.03.2025 
 </t>
   </si>
   <si>
     <t>VILLARROEL ALVARADO DIEGO VIRGILIO</t>
   </si>
   <si>
     <t>DIEGO VIRGILIO</t>
   </si>
   <si>
     <t>PAGO APORTE ECONOMICO O.P.NO. 308, SEGUN DECRETO ALCALDICIO NO. 871 DEL 19.03.2025</t>
   </si>
   <si>
     <t>GAMIN SUBIABRE DANIELA ALEJANDRA</t>
   </si>
   <si>
     <t>DANIELA ALEJANDRA</t>
   </si>
   <si>
     <t>SUBIABRE</t>
   </si>
   <si>
     <t>PAGO DE APORTE ECONOMICO A DON HUGO MELLA PAREDES ORDEN DE PEDIDO N°310 DECRETO ALCALDICIO N°871 DE FECHA 19/03/2025 QUE LO OTORGA SOLICITUD ASISTENCIAL N°228 E INFORME SOCIAL N°315.</t>
   </si>
   <si>
@@ -2333,66 +2406,102 @@
   <si>
     <t>PAGO DE APORTE ECONOMICO A DOÑA IRMA ELENA GUERRERO MUÑOZ ORDEN DE PEDIDO N°294 DECRETO ALCALDICIO N°861 DE FECHA 18/03/2025 QUE LO OTORGA SOLICITUD ASISTENCIAL N°206 E INFORME SOCIAL N°300.</t>
   </si>
   <si>
     <t>GUERRERO MUÑOZ IRMA ELENA</t>
   </si>
   <si>
     <t>IRMA ELENA</t>
   </si>
   <si>
     <t>PAGO VALORES PERCIBIDOS PERIODO 01 AL 31 DE DICIEMBRE 2024, QUE DEBEN SER REMITIDOS A LAS DIFERENTES COMUNAS, CERTITIFICADO NO. 4 DE TESORERA MUNICIPAL.-</t>
   </si>
   <si>
     <t>PAGO VALORES PERCIBIDOS PERIODO ENTRE EL 01 AL 31 DE ENERO 2025 Y QUE DEDEN SER REMITIDOS A LAS DIFERENTES COMUNA,  SEGUN CERTITIFICADO NO. 5 DE TESORERA MUNICIPAL.-</t>
   </si>
   <si>
     <t>PAGO DE VALORES PERCIBIDOS ENTRE EL 01 AL 28 DE FEBRERO 2025, VALORES QUE DEBEN SER REMITIDOS A LAS DIFERENTES COMUNAS, SEGUN CERTIFICADO DE TESORERA MUNICIPAL.</t>
   </si>
   <si>
     <t>TRASPASO DE FONDOS CORESPONDIENTE A PROGRAMA ESTRATEGIAS EN SALUD BUCAL, ORD. NO. 166 DEL 17.03.2025.-</t>
   </si>
   <si>
     <t>TRASPASO DE FONDOS CORRESPONDIENTE A PER CAPITA MES DE MARZO 2025,  SWGUN ORD. NO. 186 DEL 24.03.2025, Y   LEYES MES DE MARZO 2025, SEGUN ORD. NO. 187 DEL 24.03.2025.-</t>
   </si>
   <si>
+    <t>APORTE ANUAL 2025, SEGUN DECRETO ALCALDICIO NO, 181 DEL 15.01.2025,  Y CONVENIO DE SUBVENCION .-</t>
+  </si>
+  <si>
     <t>CANCELA SUBVENCION MUNICIPAL  SEGUN DECRETO ALCALDICIO N° 430 DEL 03-02-2025</t>
   </si>
   <si>
+    <t>CANCELA FACTURA N°626872 DE 11.03.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA MIRTA MANSILLA RUIZ RUT 7505850-0 DOMICILIADA EN SECTOR DOMINGO ESPIÑERIRA 255 CHACAO COMUNA DE ANCUD.</t>
+  </si>
+  <si>
+    <t>VILLARROEL HEINZ OSCAR JOSE</t>
+  </si>
+  <si>
+    <t>OSCAR JOSE</t>
+  </si>
+  <si>
+    <t>HEINZ</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°626865 DE 10.03.2025, PARA AYUDA SOCIAL SRA ESTELA CURUMILLA GUERRERO RUT 8671832-4 DOMICILIADO EN SECTOR SOMMERMIER CHACAO NRO. 130 COMUNA DE ANCUD.</t>
+  </si>
+  <si>
     <t>PAGO DE ORDEN DE PEDIDO N°304 DE ACUERDO A DECRETO ALCALDICIO N°914 DE FECHA 25/03/2025 QUE LO OTORGA, SOLICITUD ASISTENCIAL N°21 E INFORME SOCIAL N°308.</t>
   </si>
   <si>
     <t>MACHUCA BARRERA AARON NEFTALI</t>
   </si>
   <si>
     <t>AARON NEFTALI</t>
   </si>
   <si>
     <t>MACHUCA</t>
   </si>
   <si>
     <t>BARRERA</t>
+  </si>
+  <si>
+    <t>Cuerpo de Bomberos de Ancud</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152401006001   </t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025 SEGUN DECRETO ALCALDICIO NO. 88 DEL 20.03.2025 Y CONVENIO DE SUBVENCION .-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CUERPO DE BOMBEROS DE ANCUD  </t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°1627998 DE 11.03.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA JANET ADRIANA EPUYADO RTUIZ RUT 16779499-8 DOMICILIADO EN SECTOR RURAL LECAM ALTO COMUNA DE ANCUD.</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°1158, PARA LA DIRECCION DE DIDECO PARA OFICINA DE DEPORTES PARA PREMIACION FINAL LIGA DEPORTIVA TALENTOS DE CHILOE PARA EL DIA 15 DE MARZO  DE 2025.-</t>
   </si>
   <si>
     <t xml:space="preserve">PAGO DE APORTE ECONOMICO N°320 A DOÑA MERCEDES DEL CARMEN BARROS SAAVEDRA DE ACUERDO A DECRETO ALCALDICIO N° 939 DE FECHA 26/03/2025 QUE LO OTORGA, SOLICITUD ASISTENCIAL N°232 E INFORME SOCIAL N°334. 
 </t>
   </si>
   <si>
     <t>BARROS SAAVEDRA MERCEDES DEL CARMEN</t>
   </si>
   <si>
     <t>MERCEDES DEL CARMEN</t>
   </si>
   <si>
     <t>BARROS</t>
   </si>
   <si>
     <t>SAAVEDRA</t>
   </si>
   <si>
     <t>PAGO DE APORTE ECONOMICO N°321 A DOÑA CONSUELO FERNANDA MANSILLA GONZÁLEZ DE ACUERDO A DECRETO ALCALDICIO N°939 DE FECHA 26/03/2025 QUE LO OTORGA, SOLICITUD ASISTENCIAL N°233 E INFORME SOCIAL N°339.</t>
   </si>
   <si>
     <t>MANSILLA BARRIA CONSUELO FERNANDA</t>
   </si>
   <si>
     <t>CONSUELO FERNANDA</t>
@@ -2400,119 +2509,50 @@
   <si>
     <t>Unión Comunal de Juntas de Vecinos de Ancud</t>
   </si>
   <si>
     <t>2152401999003003</t>
   </si>
   <si>
     <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 956 DEL 27.03.2025. Y CONVENIO DE SUBVENCION.-</t>
   </si>
   <si>
     <t xml:space="preserve">UNION COMUNAL JUNTAS DE VECINOS ANCU  </t>
   </si>
   <si>
     <t>Comunidad Indígena La Cancagua de Yuste</t>
   </si>
   <si>
     <t>2152401999003074</t>
   </si>
   <si>
     <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 963    Y CONVENIO DE SUBVENCION</t>
   </si>
   <si>
     <t xml:space="preserve">COMUNIDAD INDIGENA LA CANCAGUA DE YUSTE  </t>
   </si>
   <si>
-    <t>CANCELA FACTURA N°13851 DE FECHA 27.02.2025, CORRESPONDIENTE A INSUMOS QUE SERÁN UTILIZADOS PARA BENEFICIARIOS OFICINA DE DISCAPACIDAD AÑO 2025, DEPENDIENTE DE LA DIRECCIÓN DE DESARROLLO COMUNITARIO DE LA I. MUNICIPALIDAD DE ANCUD.-</t>
-[...67 lines deleted...]
-  <si>
     <t>TRASPASO  DE FONDOS CORRESPONDIENTE A PROGRAMAS DE SALUD (TRASTORNO DEL ASPECTRO AUTISTA Y SENAME), DE ACUERDO A ORD. N°194 DE FECHA 26.03.2025 DE SECRETARIA GENERAL (S).-</t>
   </si>
   <si>
     <t>Agrupación 8 Vidas de Narki</t>
   </si>
   <si>
     <t>2152401999003050</t>
   </si>
   <si>
     <t>CANCELA SUBVENCION  DE ACUERDO A DECRETO N°969 DE 28.03.2025 DE ASESORIA JURIDICA</t>
   </si>
   <si>
     <t xml:space="preserve">AGRUPACION 8 VIDAS DE NARKI  </t>
   </si>
   <si>
     <t>PAGO FACTURA N°163235, DE FECHA 18.03.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA MARGARITA ARISMENDI VELASQUEZ RUT 7480530-2 DOMICILIADA EN PASAJE EL ESTERO S/N COMUNA DE ANCUD.O.P.N. 189 DIDECO</t>
   </si>
   <si>
     <t>PAGO FACTURA N°163236, DE FECHA 18.03.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR JUAN CARLOS AMPUERTO GARAY RUT 15874283-78 DOMICILIADO EN CAICUMEO 1696 COMUNA DE ANCUD.O.PN. 193 DIDECO</t>
   </si>
   <si>
     <t>PAGO FACTURA N°163232, DE FECHA 18.03.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA EVA SUSANA AMPUERTO GUAIQUIL RUT 12345223-2 DOMICILIADA EN LAURA VICUÑA 103 POBLACION LIBERTAD COMUNA DE ANCUD.O.P.N. 190 DIDECO</t>
   </si>
   <si>
     <t>PAGO FACTURA N°163230, DE FECHA 18.03.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA MARITA DEL CARMEN ZUÑIGA GUINEO RUT 9505272-K DOMCIICLCIADA EN RICARDO LICA DIAZ S/N COMUNA DE ANCUD.O.P.215 DIDECO</t>
@@ -2553,51 +2593,51 @@
   <si>
     <t>BETANZO</t>
   </si>
   <si>
     <t>PAGO DE APORTE ECONOMICO A DOÑA MARGOT ADRIANA VERA GUINEO DE ACUERDO A DECRETO ALCALDICIO N°958 DE FECHA 28/03/2025 QUE LO OTORGA , SOLICITUD ASISTENCIAL N°230 E INFORME SOCIAL N°318.</t>
   </si>
   <si>
     <t>DE ANCUD.O.P.N. 188 DIDECOPAGO FACTURA N°3295, DE FECHA 24.03.2025, SEGUN Orden de Compra codigo: 2658-397-AG25 dirigida a OSCAR EDUARDO GOYE CASTILLO, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA MARCELA ULE MANSILLA RUT 12202841-0 DOMICILIADO EN PASAJE LOS AROMOS 31 COMUNA</t>
   </si>
   <si>
     <t>APORTE MUNICIPAL PARA PAGO DE REMUNERACIONES DE PERSONAL NO RECONOCIDO POR ADM. PROVISIONAL.-D.A.NO. 1.001 DEL 01.04.2025.-</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA KARLA NICOL CARDENAS TORRES DE AXCUERDO A DECRETO N°970 DE 28.03.2025</t>
   </si>
   <si>
     <t>CARDENAS TORRES KARLA NICOL</t>
   </si>
   <si>
     <t>KARLA NICOL</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DON JUAN CURUMILLA SOTO DE ACUERDO A DECRETO N°970 DE 28.03.2025</t>
   </si>
   <si>
-    <t>CURUMILLA SOTO JUAN ANDRES</t>
+    <t>SOTO CURUMILLA JUAN ANDRES</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A A DOÑA MIRIAM YANETH NICUCHEO ALVAREZ DE ACUERDO A DECRETO N°970 DE 28.03.2025</t>
   </si>
   <si>
     <t>NICUCHEO ALVAREZ MIRIAM YANETH</t>
   </si>
   <si>
     <t>MIRIAM YANETH</t>
   </si>
   <si>
     <t>NICUCHEO</t>
   </si>
   <si>
     <t>ALVAREZ</t>
   </si>
   <si>
     <t>PAGO DE FONDO COMUN MUNICIPAL CORRESPONDIENTE DEL 01 DE MARZO AL 31 DE  MARZO 2025, SEGUN RESUMEN  DE INGRESOS PERCIBIDOS.-</t>
   </si>
   <si>
     <t>TRASPASO DE FONDOS , CORRESPONDIENTE A PROGRAMAS DE SALUD, ORD. NO.216 DEL 04.04.2025, CORP.MUNICIPAL.-</t>
   </si>
   <si>
     <t>Escuela Tenis de Mesa Alywen</t>
   </si>
@@ -2643,89 +2683,98 @@
   <si>
     <t>MARCELA ALEJANDRA</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA FILOMENA DEL CARMEN BAHAMONDE BAHAMONDE DE ACUERDO A DECRETO N°970 DE 28.03.2025</t>
   </si>
   <si>
     <t>BAHAMONDE BAHAMONDE FILOMENA DEL CARMEN</t>
   </si>
   <si>
     <t>FILOMENA DEL CARMEN</t>
   </si>
   <si>
     <t>Fondos de Emergencia</t>
   </si>
   <si>
     <t xml:space="preserve">2152401001      </t>
   </si>
   <si>
     <t>Y DECRETO N°695 DE 28.02.2025 DE ASESORIA JURIDICACANCELA FACTURA N°207484 Y 207485, COMBUSTIBLE PARA UNIDADES DE BOMBEROS QUE COLABORARON EN EMERGENCIA COMUNAL INCENDIO SECTOR CENTRO COMUNA DE ANCUD 22 DE FEBRERO 2025, DE ACUERDO A LO SEÑALADO EN ORD. N°09 DE FECHA 19.03.2025 DE ADMINISTRACION MUNICIPAL</t>
   </si>
   <si>
     <t xml:space="preserve">ALFONSO VENEGAS E.I.R.L.  </t>
   </si>
   <si>
+    <t>DE DEPORTES JUNTO AL CLUB MX ANCUD, ACTIVIDAD QUE SE REALIZARÁ EL DÍA 06 DE ABRIL DEL 2025, DESDE LAS 08:00 HRS. EN PISTA MUTRICO, COMO ACTIVIDAD DEL DÍA INTERNACIONAL DE LA ACTIVIDAD FÍSICA.PAGO FACTURA N° 1704, DE FECHA 01.04.2025, SEGUN Orden de Compra codigo: 2658-456-AG25 dirigida a MIRNA MARÍA MORENO MELLA, SEGÚN O.P. 312 DIDECO, TROFEOS QUE SERÁN UTILIZADO EN LA PREMIACIÓN DEL ENCUENTRO DE MOTOCROSS MX ANCUD, ORGANIZADO POR LA OFICINA</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°164143, DE FECHA 02.04.2025, PARA LA DIREECCION DE DIDECO PARA AYUDA SOCIAL SRA SOFIA DANIELA PAREDES PAREDES RUT 18281257-9 DOMICILIADO EN SENDA CHACAO COMUNA DE ANCUD.O.P.N.301 DIDECO</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°164024, DE FECHA 01.04.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA,SOCIAL SRA CANDELARIA DEL CARMEN VELOZ NAHUELHUEN RUT 10166129-6 DOMICILIADA EN PACIFICO 231 COMUNA DE ANCUD.O.P.N. 303 DIDECO</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°164029, DE FECHA 01.04.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA ELIANA YESSICA ANGULO DIAZ RUT 14292102-2 DOMICILIADA EN AV. CIRCUNVALACION 2681 COMUNA DE ANCUD.O.P.N., 309 DIDECO</t>
+  </si>
+  <si>
     <t>GANIZADO POR LA OFICINA DE DEPORTES Y CLUB DE AJEDREZ TORREON ANCUDITANO.PAGO FACTURA N°911, DE FECHA 28.03.2025, SEGUN Orden de Compra codigo: 2658-426-AG25 dirigida a MARTA ANDREA SANTANA RIVAS, SEGÚN O.P. 281 DIDECO, PREMIOS QUE SERÁN UTILIZADO EN TORNEO DE AJEDREZ FEDERADO A REALIZARSE LOS DÍAS 29 Y 30 DE MARZO DE 2025, OR</t>
   </si>
   <si>
     <t>CANCELA PAORTE ECONOMICO A DOÑA MARIA LASTENIA HUEICHA MELIPILLAN DE ACUERDO A DECRETO N°1059 DE 08.04.2025</t>
   </si>
   <si>
     <t>HUEICHA MELIPILLAN MARIA LASTENIA</t>
   </si>
   <si>
     <t>MARIA LASTENIA</t>
   </si>
   <si>
     <t>MELIPILLAN</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA DEMIRA ELIZABETH DEL CARMEN GUZMAN MUÑOZ DE ACUERDO A DECRETO N°1059 DE 08.04.2025</t>
   </si>
   <si>
     <t>GUZMAN MUÑOZ DELMIRA</t>
   </si>
   <si>
     <t>DELMIRA</t>
   </si>
   <si>
     <t>GUZMAN</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA MARINA DEL CARMEN VASQUEZ TELLEZ DE ACUERDO A DECRETO N°1059 DE 08.04.2025</t>
   </si>
   <si>
     <t>VASQUEZ TELLEZ MARINA DEL CARMEN</t>
   </si>
   <si>
     <t>MARINA DEL CARMEN</t>
   </si>
   <si>
-    <t>DE DEPORTES JUNTO AL CLUB MX ANCUD, ACTIVIDAD QUE SE REALIZARÁ EL DÍA 06 DE ABRIL DEL 2025, DESDE LAS 08:00 HRS. EN PISTA MUTRICO, COMO ACTIVIDAD DEL DÍA INTERNACIONAL DE LA ACTIVIDAD FÍSICA.PAGO FACTURA N° 1704, DE FECHA 01.04.2025, SEGUN Orden de Compra codigo: 2658-456-AG25 dirigida a MIRNA MARÍA MORENO MELLA, SEGÚN O.P. 312 DIDECO, TROFEOS QUE SERÁN UTILIZADO EN LA PREMIACIÓN DEL ENCUENTRO DE MOTOCROSS MX ANCUD, ORGANIZADO POR LA OFICINA</t>
-[...1 lines deleted...]
-  <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA JUANA DEL CARMEN MATAMALA BARRIA DE ACUERDO A DECRETO N°1059 DE 08.04.2025</t>
   </si>
   <si>
     <t>MATAMALA BARRIA JUANA DEL CARMEN</t>
   </si>
   <si>
     <t>JUANA DEL CARMEN</t>
   </si>
   <si>
     <t>MATAMALA</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA MARIANELA INES GAMIN AMPUERO  DE ACUERDO A DECRETO N°1059 DE 08.04.2025</t>
   </si>
   <si>
     <t>GAMIN AMPUERO MARIANELA INES</t>
   </si>
   <si>
     <t>MARIANELA INES</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DON JUAN CARLOS ULE CARDENAS DE ACUERDO A DECRETO N°1059 DE 08.04.2025</t>
   </si>
   <si>
     <t>ULE CARDENAS JUAN CARLOS</t>
@@ -2839,50 +2888,59 @@
     <t>IRIS SOLEDAD</t>
   </si>
   <si>
     <t>APORTE ECONOMICO A MIGUEL GONZALEZ DREYFUS, SEGUN ORDEN DE PEDIDO N°358, DE FECHA 07.04.2025 Y DECRETO N°1103, DE FECHA 10.04.2025.-</t>
   </si>
   <si>
     <t>GONZALEZ DREYFUS MIGUEL FREDDY</t>
   </si>
   <si>
     <t>MIGUEL FREDDY</t>
   </si>
   <si>
     <t>DREYFUS</t>
   </si>
   <si>
     <t>APORTE ECONOMICO A YANETH GUENUMAN ALVARADO, SEGUN ORDEN DE PEDIDO N°340, DE FECHA 02.04.2025 Y DECRETO N° 1059, DE FECHA 08.04.2025.-</t>
   </si>
   <si>
     <t>GUENUMAN ALVARADO YANETH DEL CARMEN</t>
   </si>
   <si>
     <t>YANETH DEL CARMEN</t>
   </si>
   <si>
     <t>GUENUMAN</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°30646 Y 30647, CORRESPONDIENTE A ALIMENTOS Y PRODUCTOS DE HIDRATACION PARA ENTREGA DE DESAYUNOS, ALMUERZOS Y CENA PARA VOLUNTARIOS BOMBEROS DISTINTAS COMUNAS, EMRGENCIA INCENDIO DIA 22 DE FEBRERO 2025.</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°05 CORRESPONDIENTE A DESAYUNOS Y COLACIONES DIAS 23 Y 24 DE FEBRERO DE 2025 PARA VOLUNTARIOS EN EMERGENCIA INCENDIO SECTOR CENTRICO COMUNA DE ANCUD SEGUN LO SEÑALADO EN DECRETO N°695 DE 28.02.2025 DE ASESORIA JURIDICA Y ORD. N°09 DE ADMINISTRACION MUNICIPAL DE FECHA 19.03.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOC. COM.  PANIFICADORA Y DISTRIBUIDORA RIO ENCUENTRO SPA  </t>
   </si>
   <si>
     <t>CANCEELA FACTURA N°23 DE FECHA 17.03.2025, COLACIONES PARA OPERARIOS DE CAMIONES , MAQUINARIAS Y PEONETAS EMERGENCIA DIA 22 DE FEBRERO 2025, INCENDIO SECTOR CENTRICO COMUNA DE ANCUD,SEGUN DECRETO N°695 DE ASESORIA JURIDICA DE FECHA 28.02.2025 Y ORD. N09 DE ADMINISTRACION MUNICIPAL DE FECHA 19.03.2025</t>
   </si>
   <si>
     <t>PAILLALEVE MANSILLA EMA MIRTA</t>
   </si>
   <si>
     <t>EMA MIRTA</t>
   </si>
   <si>
     <t>PAILLALEVE</t>
   </si>
   <si>
     <t>025 DE ASESORIA JURIDICA Y ORD. N°09 DE 19.03.2025 DE ADMINISTRACION MUNICIPAL.CANCELA FACTURA N°1355  CORRESPONDIENTE A ALMUERZOS PARA OPERARIOS DE CAMIONES, MAQUINARIAS Y PEONETAS DIA 23 DE FEBRERO 2025, VOLUNTARIOS RETIRO ESCOMBROS INCENDIO SECTOR CENTRO DIA 22 DE FEBRERO 2025, DE ACUERDO A LO SEÑALADO EN DECRETO N°695 DE 28.02.2</t>
   </si>
   <si>
     <t>BAHAMONDE ANDRADE ROSA ANGELICA</t>
   </si>
   <si>
     <t>ROSA ANGELICA</t>
   </si>
   <si>
     <t>Asociación Atlética de Ancud</t>
   </si>
@@ -2951,148 +3009,118 @@
   <si>
     <t>REUQUEN</t>
   </si>
   <si>
     <t>PAGO APORTE ECONOMICO SEGUN O.P.NO. 373, SEGUN DECRETO ALCALDICIO NO. 11103 DEL 10.04.2025.-</t>
   </si>
   <si>
     <t>SOBARZO RODRIGUEZ LIA NAHARA</t>
   </si>
   <si>
     <t>LIA NAHARA</t>
   </si>
   <si>
     <t>SOBARZO</t>
   </si>
   <si>
     <t>PAGO APORTE ECONOMICO SEGUN O.P.NO. 388,  SEGUN DECRETO ALCALDICIO NO.1111 DEL 11.04.2025.-</t>
   </si>
   <si>
     <t>ASENCIO HERNANDEZ MARIA DEL SOCO</t>
   </si>
   <si>
     <t>MARIA DEL SOCO</t>
   </si>
   <si>
+    <t>Junta de Vecinos Padre Hurtado</t>
+  </si>
+  <si>
+    <t>2152401999003036</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION "JUNTA DE VECINOS POBLACION PADRE HURTADO" DE ACUERDO A DECRETO N°1185 DE 22.04.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JUNTA DE VECINOS POBLACION  PADRE HURTADO DE ANCUD  </t>
+  </si>
+  <si>
     <t>TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMA DE SALUD, ORD. NO. 240 DL 22.04.206.-</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA YENIFFER LORENA AROCA ULLOA DE ACUERDO A DECRETO N°1160 DE 17.04.2025, DE ACUERDO  A ORD. N°53 DE ALCALDIA DE FECHA 23.04.2025 DONDE SE INSTRUYE EL PAGO.- 
 SE ADJUNTA DECRETO DE PAGO N°2183 EL CUAL SE REEMPLAZA POR CAMBIO DE FIRMAS.</t>
   </si>
   <si>
     <t>AROCA ULLOA YENIFFER LORENA</t>
   </si>
   <si>
     <t>YENIFFER LORENA</t>
   </si>
   <si>
     <t>AROCA</t>
   </si>
   <si>
     <t>TRASPASO A CORPORACION MUNICIPAL DE ANCUD CORRESPONDIENTE A PERCAPITA Y LEYES ABRIL 2025 DE ACUERDO A ORD N°253 Y 254 DE 25 DE ABRIL 2025 DE SECRETARIO GENERAL.-</t>
   </si>
   <si>
+    <t>Conjunto Folklórico Nalhue de Nal</t>
+  </si>
+  <si>
+    <t>2152401999003049</t>
+  </si>
+  <si>
+    <t>PAGO APORTE  AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 1205 DE FECHA 24.04.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONJUNTO FOLKLORICO NALHUE NAL  </t>
+  </si>
+  <si>
     <t>CANCELA APORTE ECONOMICO  O.P.NO. 391</t>
   </si>
   <si>
     <t>RAVENA TERUMAN MARTA ALICIA</t>
   </si>
   <si>
     <t>MARTA ALICIA</t>
   </si>
   <si>
     <t>RAVENA</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO O.P.NO. 411</t>
   </si>
   <si>
     <t>GANGAS PROBOSTE GABRIEL RODOLFO</t>
   </si>
   <si>
     <t>GABRIEL RODOLFO</t>
   </si>
   <si>
     <t>GANGAS</t>
   </si>
   <si>
     <t>PROBOSTE</t>
-  </si>
-[...52 lines deleted...]
-    <t xml:space="preserve">CONJUNTO FOLKLORICO NALHUE NAL  </t>
   </si>
   <si>
     <t>CANCELA FACTURA N°50146, CANASTAS DE ALIMENTACION EMERGENCIA COMUNAL INCENDIO MADRUGADA 22 DE FEBRERO 2025 SEGUN INDICADO EN ORD N°09 DE ADMINISTRACION MUNICIPAL DE FECHA 19.03.2025 Y DECRETO N°695 DE 28.02.2025 DE ASESORIA JURIDICA.-</t>
   </si>
   <si>
     <t>ALVAREZ MONJE HUMBERTO FERNANDO</t>
   </si>
   <si>
     <t>HUMBERTO FERNANDO</t>
   </si>
   <si>
     <t>MONJE</t>
   </si>
   <si>
     <t>CANCELA TRASPASO DE FONDOS  A CORPORACION MUNICIPAL CORRESPONDIENTE A LEYES ABRIL 2025 SEGUN ORD. N°267 DE FCHA 29.04.2025 DE SECRETARIO GENERAL.</t>
   </si>
   <si>
     <t>CANCEL FACTURA N°542 DE 24.04.2025, PARA LA DIRECCION DE DIDECO PARA FAMILIAS DE LA COMUNA DE ANCUD QUE SE ENCUENTRAN EN SITUACION DE NECESIDAD MANIFIESTA.</t>
   </si>
   <si>
     <t>PAGO APÓRTE ECONOMICO O.P.NO. 410 SEGUN DECRETO ALCALDICIO NO. 1265 DEL 02.05.2025.-</t>
   </si>
   <si>
     <t>GALLARDO ALVARADO ELADIO SEGUNDO</t>
   </si>
@@ -3506,856 +3534,844 @@
   <si>
     <t>CANCELA SUBVENCION A CLUB DEPORTIVO TRES CRUCES DE ACUERDO A DECRETO N°1367 DE 15.05.2025 DE ASESORIA JURIDICA</t>
   </si>
   <si>
     <t xml:space="preserve">CLUB DEPORTIVO TRES CRUCES  </t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DON DELFIN GUERRERO PENOI DE ACUERDO A DECRETO N°1388 DE 19.05.2025</t>
   </si>
   <si>
     <t>GUERRERO PENOI DELFIN SEGUNDO</t>
   </si>
   <si>
     <t>DELFIN SEGUNDO</t>
   </si>
   <si>
     <t>PENOI</t>
   </si>
   <si>
     <t>CANCELA VALORES PERCIBIDOS POR CONCEPTO DE RMNP DE 01 A 30 DE ABRIL 2025, CERTIFICADO N°09</t>
   </si>
   <si>
     <t>PAGO 2 da. .CUOTA  SERVICIO DE BIENESTAR APS,  SEGUN OD. NO. 326 DE FECHA 16.05.2025, DE SECRETARIO GENERAL CORPORACION MUNICIPAL.-</t>
   </si>
   <si>
+    <t>Unión Comunal de Mujeres Rurales</t>
+  </si>
+  <si>
+    <t>2152401999003009</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE AÑO  2025, SEGUN DECRETO ALCALDICIO NO. 1383 DEL 16.05.2025 Y CONVENIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNION COMUNAL DE MUJERES RURALES  </t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°18424 DE FECHA 08.05.2025,  POR MATERIALES DE CONSTRUCCIÓN SERA UTILIZADO COMO AYUDA SOCIAL PARA ANA MIRIAM VARGAS HUEICHA, RUT:14.292.264-9, DOMICILIADA EN PONLACIÓN VISTA HERMOSA, PASAJE 7 CASA N°32 COMUNA DE ANCUD.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMERCIAL IVAN ALBERTO MELLA VILLAR  </t>
+  </si>
+  <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA PAULA CAROLINA AQUEVEQUE TUDELA DE ACUERDO A DECRETO N°1189 DE 22.04.2025 DE DIDECO, DE ACUERDO A LO INSTRUIDO MEDIANTE ORD. N°66 DE FECHA 19.05.2025 DE ALCALDIA.</t>
   </si>
   <si>
     <t>AQUEVEQUE TUDELA PAULA CAROLINA</t>
   </si>
   <si>
     <t>PAULA CAROLINA</t>
   </si>
   <si>
     <t>AQUEVEQUE</t>
   </si>
   <si>
     <t>TUDELA</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA SONIA ELIZABETH PAEGELOW BAHAMONDE DE ACUERDO A DECRETO N°1189 DE 22.04.2025, DE ACUERDO A LO INSTRUIDO MEDIANTE ORD. N°66 DE FECHA 19.05.2025 DE ALCALDIA.</t>
   </si>
   <si>
     <t>PAEGELOW BAHAMONDE SONIA ELIZABETH</t>
   </si>
   <si>
     <t>SONIA ELIZABETH</t>
   </si>
   <si>
     <t>PAEGELOW</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO DE ACUERDO A LO INSTRUIDO MEDIANTE ORD.N°66 DE FECHA 19.05.2025 DE ALCALDIA.</t>
   </si>
   <si>
     <t>PEREZ CARDENAS SANTIAGO LUIS</t>
   </si>
   <si>
     <t>SANTIAGO LUIS</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO DE ACUERDO A LO INSTRUIDO MEDIANTE ORD. N°66 DE ALCALDIA DE 19.05.2025.-</t>
   </si>
   <si>
     <t>SANHUEZA VARGAS CAROL ESTER</t>
   </si>
   <si>
     <t>CAROL ESTER</t>
   </si>
   <si>
     <t>SANHUEZA</t>
+  </si>
+  <si>
+    <t>Rescatistas</t>
+  </si>
+  <si>
+    <t>2152401999003060</t>
+  </si>
+  <si>
+    <t>PAGO DE SUBVENCION "ORGANIZACION NO GUBERNAMENTAL DESARROLLO U ONG UBSA CHILOE UNIDAD BUSQUEDA SOCORRISMO AGRESTE" DE ACUERDO A DECRETO N°1387 DE 19.05.2025 DE ASESORIA JURIDICA.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ORGANIZACION NO GUBERNAMENTAL DESARROLLO U ONG UBSA CHILOE U  </t>
+  </si>
+  <si>
+    <t>Canal Deportivo Vecinal de Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003014</t>
+  </si>
+  <si>
+    <t>PAGO APORTE 2025, SEGUN DECRETO ALCALDICIO NO. 1374 DEL 16.05.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CANAL DEPORTIVO VECINAL DE ANCUD  </t>
   </si>
   <si>
     <t>Club Social y Deportivo Hospital</t>
   </si>
   <si>
     <t>2152401999003038</t>
   </si>
   <si>
     <t>PAGO DE SUBVENCION CLUB SOCIAL Y DEPORTIVO HOSPITAL DE ACUERDO A DECERTO N°1382 DE 16.05.2025 DE ASESORIA JURIDICA.-</t>
   </si>
   <si>
     <t xml:space="preserve">CLUB SOCIAL Y DEPORTIVO HOSPITAL  </t>
   </si>
   <si>
     <t>TRASPASO DE FONDOS CORRESPONDENTE A PER CAPITA  MES DE MAYO 2025 , SEGUN ORD. NO. 305 DEL 23.05.2025, Y TRASPASO DE FONDOS CORRESPONDIENTE A LEYES MAYO 2025, SEGUN ORD.304 DEL 23.05.2025.-</t>
   </si>
   <si>
     <t>PAGO DE APORTE ECONOMICO DE ACUERDO A DECRETO N°1319 DE 08.05.2025 DE DIDECO, SE INSTRUYE PAGO MENDIANTE ORD. N°67 DE 23.05.2025 DE ALCADIA.</t>
   </si>
   <si>
     <t>ZUÑIGA BUSTAMANTE VIVIANA MAKARENA</t>
   </si>
   <si>
     <t>VIVIANA MAKARENA</t>
   </si>
   <si>
     <t>ZUÑIGA</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA MARIA PAZ LEYTON ROSAS DE ACUERDO A DECRETO N°1339 DE 09.05.2025 
 DE ACUERDO A LO INSTRUIDO MEDIANTE ORD. N°67 DE FECHA 23.05.2025 DE ALCALDIA</t>
   </si>
   <si>
     <t>LEYTON ROSAS MARIA PAZ</t>
   </si>
   <si>
     <t>MARIA PAZ</t>
   </si>
   <si>
     <t>LEYTON</t>
   </si>
   <si>
     <t>ROSAS</t>
   </si>
   <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA ADRIANA VASQUEZ VIDAL DE ACUERDO A DECRETO N°1390 DE 19.05.2025.</t>
+  </si>
+  <si>
+    <t>VASQUEZ VIDAL ADRIANA ELIZABETH</t>
+  </si>
+  <si>
+    <t>ADRIANA ELIZABETH</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA DANIELA DIAZ ALTAMAR DE ACUERDO A DECRETO N°1389 DE 19.05.2025</t>
+  </si>
+  <si>
+    <t>DIAZ ALTAMAR DANIELA MERCEDES</t>
+  </si>
+  <si>
+    <t>DANIELA MERCEDES</t>
+  </si>
+  <si>
+    <t>ALTAMAR</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA SILVIA VERA MIRANDA DE ACUERDO A DECRETO N°1449 DE 27.05.2025</t>
+  </si>
+  <si>
+    <t>VERA MIRANDA SILVIA TATIANA</t>
+  </si>
+  <si>
+    <t>SILVIA TATIANA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARIA PALMA PANICHEO DE ACUERDO A DECRETO N°1449 DE 27.05.2025.-</t>
+  </si>
+  <si>
+    <t>PALMA PANICHEO MARIA ERCILIA</t>
+  </si>
+  <si>
+    <t>MARIA ERCILIA</t>
+  </si>
+  <si>
+    <t>PALMA</t>
+  </si>
+  <si>
+    <t>PANICHEO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA PAMELA LIZAMA TERUCAN DE ACUERDO A DECRETO N°1449 DE 27.05.2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA GLORIA HERRERA CARDENAS, DE ACUERDO A DECERTO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>HERRERA CARDENAS GLORIA PATRICIA</t>
+  </si>
+  <si>
+    <t>GLORIA PATRICIA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECOMOMICO A DON VICTOR CAIMAPO CURUMILLA DE ACUERDO A DECRETO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>CAIMAPO CURUMILLA VICTOR FERNANDO</t>
+  </si>
+  <si>
+    <t>VICTOR FERNANDO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA YASNA ANCAO MACIAS DE ACUERDO A DECRETO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>ANCAO MACIAS YASNA CAROLA</t>
+  </si>
+  <si>
+    <t>YASNA CAROLA</t>
+  </si>
+  <si>
+    <t>ANCAO</t>
+  </si>
+  <si>
+    <t>MACIAS</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA TERESA SERON CARDENAS DE ACUERDO A DECRETO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>SERON CARDENAS TERESA ELENA</t>
+  </si>
+  <si>
+    <t>TERESA ELENA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA CATALINA BORQUEZ GARCIA DE ACUERDO A DECRETO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>BORQUEZ GARCIA CATALINA FERNAND</t>
+  </si>
+  <si>
+    <t>CATALINA FERNAND</t>
+  </si>
+  <si>
+    <t>BORQUEZ</t>
+  </si>
+  <si>
+    <t>GARCIA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA VIVIANA NAUTO APABLAZA DE ACUERDO A DECRETO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>NAUTO APABLAZA VIVIANA EDITH</t>
+  </si>
+  <si>
+    <t>VIVIANA EDITH</t>
+  </si>
+  <si>
+    <t>APABLAZA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECOMOMICO A DON JUAN CARLOS URRA BURGOS DE ACUERDO A DECRETO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>URRA BURGOS JUAN CARLOS</t>
+  </si>
+  <si>
+    <t>URRA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARIA TORRALBO MANSILLA DE ACUERDO A DECRETO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>TORRALBO MANSILLA MARIA LUDGARDA</t>
+  </si>
+  <si>
+    <t>MARIA LUDGARDA</t>
+  </si>
+  <si>
+    <t>TORRALBO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECOMOMICO A DOÑA APULA ELGUETA ARJEL DE ACUERDO A DECRETO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>ELGUETA ARJEL PAULA ANDREA</t>
+  </si>
+  <si>
+    <t>PAULA ANDREA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON LUIS ALMONACID URIBE DE ACUERDO A DECRETO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>ALMONACID URIBE LUIS ANDRES</t>
+  </si>
+  <si>
+    <t>LUIS ANDRES</t>
+  </si>
+  <si>
+    <t>URIBE</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A GLADYS COMICHEO GAMIN DE ACUERDO A DECRETO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>COMICHEO GAMIN GLADYS DEL CARMEN</t>
+  </si>
+  <si>
+    <t>GLADYS DEL CARMEN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA IRMINTA BARRIENTOS BARRIENTOS DE ACUERDO A DECRETO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>BARRIENTOS BARRIENTOS IRMINTA EULALIA</t>
+  </si>
+  <si>
+    <t>IRMINTA EULALIA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA NANVY ANTECAO ANTECAO DE ACUERDO A DECRETO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>ANTECAO ANTECAO NANCY DEL CARM</t>
+  </si>
+  <si>
+    <t>NANCY DEL CARM</t>
+  </si>
+  <si>
+    <t>ANTECAO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA PATRICIA HIDALGO MALDONADO SEGUN DECRETO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>HIDALGO MALDONADO PATRICIA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>HIDALGO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARIA OJEDA SANCHEZ DE ACUERDO A DECRETO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>OJEDA SANCHEZ MARIA CARMEN</t>
+  </si>
+  <si>
+    <t>MARIA CARMEN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA VITALIA ULE BARRIA DE ACUERDO A DECRETO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>ULE BARRIA VITALIA MARISOL</t>
+  </si>
+  <si>
+    <t>VITALIA MARISOL</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MINERVA GARCIA PEMPELFORTSEGUN DECRETO 1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>GARCÍA PEMPELFORT MINERVA ALEJANDRA</t>
+  </si>
+  <si>
+    <t>MINERVA ALEJANDRA</t>
+  </si>
+  <si>
+    <t>GARCÍA</t>
+  </si>
+  <si>
+    <t>PEMPELFORT</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA ANA VARGAS VARGAS DE ACUERDO A DECRETO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>VARGAS VARGAS ANA MARIA</t>
+  </si>
+  <si>
+    <t>ANA MARIA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARIA CORBETT CARDENAS DE ACUERDO A DECRETO N°1462 DE 28.05.2025</t>
+  </si>
+  <si>
+    <t>CORBETT CARDENAS MARIA ELIANA</t>
+  </si>
+  <si>
+    <t>MARIA ELIANA</t>
+  </si>
+  <si>
+    <t>CORBETT</t>
+  </si>
+  <si>
+    <t>PAGO AYUDA SOCIAL O.P.NO. 520, SEGUN DECRETO ALCALDICIO NO. 1462 DE FECHA 28.05.2025.-</t>
+  </si>
+  <si>
+    <t>GUINAO ALVARADO PAULA ANDREA</t>
+  </si>
+  <si>
+    <t>GUINAO</t>
+  </si>
+  <si>
     <t>TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMA DE SALUD, SEGUN ORD. NO. 311 DE CORPORACION MUNICIPAL.-</t>
   </si>
   <si>
+    <t>PAGO MULTA LEY DE ALCOHOLES CORRESPONDIENTE AL MES DE MAYO 2025.</t>
+  </si>
+  <si>
+    <t>PAGO DE VALORES PERCIBIDOS POR CONCEPTO DE RMNP, DESDE EL PERIODO COMPRENDIDO ENTRE EL 01 Y 30 DE ABRIL 2025, QUE DEBEN SER REMITIDOS A DIFERENTES COMUNAS.-</t>
+  </si>
+  <si>
     <t>TRASPASO DE FONDOS  CORRESPONDIENTE A PROGRAMAS DE SALUD, SEGUN ORD. NO. 317 DE FECHA 02.06.2025.-</t>
   </si>
   <si>
+    <t>PAGO FONDO COMUN MUNICIPAL  CORRESPONDIENTE AL MES MAYO 2025.</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°18484 DE 15.05.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL JACQUELINE DEL ROSARIO AVENDAÑO GONZALEZ RUT 11361496-K DOMICILIADA EN CAULIN COMUNA DE ANCUD.</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°18453 DE 12.05.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL, SRA MIRTA JUDITH REYES VIDAL RUT 12756933-9 DOMICILIADA EN ANTONIO BURR 800 COMUNA DE ANCUD.</t>
+  </si>
+  <si>
+    <t>FACTURA N°18452, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA ELFRIDA DEL CARMEN RUIZ MILLACHEO RUT 8357457-7 DOMICILIADA EN PASAJE EL ESTERO 53 COMUNA DE ANCUD.</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°18485, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR NELSON LUIS YAÑEZ GOMEZ RUT 19607415-5 DOMICILIADA ENEX CNCHA LOS HUASOS NRO. 28 C COMUNA DE ANCUD.-</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°604, DE FECHA 02.06.2025, SEGUN Orden de Compra codigo: 2658-777-AG25 dirigida a RED LAGOS SPA, PARA LA DIRECCION DE DIDECO PARA FAMILIAS DE LA COMUNA DE ANCUD QUE SE ENCUENTREN EN SITUACION  DE NECESIDAD MANIFIESTA..O.P.N. 500 DIDECO</t>
+  </si>
+  <si>
+    <t>VALORES PERCIBIDOS  POR CONCEPTO DE RMNP PERIODO DESDE 01 AL 31 DE MAYO 2025, QUE DEBEN SER REMITIDOS A LAS DIF. COMUNAS, CER. NO. 12</t>
+  </si>
+  <si>
+    <t>ORDEN DE PEDIDO NO. 536</t>
+  </si>
+  <si>
+    <t>VILLARREAL NUÑEZ PATRICIA BETZABETH</t>
+  </si>
+  <si>
+    <t>PATRICIA BETZABETH</t>
+  </si>
+  <si>
+    <t>VILLARREAL</t>
+  </si>
+  <si>
+    <t>AYUDA SOCIAL O.P.NO. 546</t>
+  </si>
+  <si>
+    <t>ALVARADO VILLARROEL KAREN JACQUELINE</t>
+  </si>
+  <si>
+    <t>KAREN JACQUELINE</t>
+  </si>
+  <si>
+    <t>AYUDA SOCIAL O.P.NO. 540</t>
+  </si>
+  <si>
+    <t>MIRANDA BORQUEZ JUAN ENRIQUE</t>
+  </si>
+  <si>
+    <t>JUAN ENRIQUE</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO O.P.NO. 551</t>
+  </si>
+  <si>
+    <t>CARCAMO OJEDA JENIFER DEL PILAR</t>
+  </si>
+  <si>
+    <t>JENIFER DEL PILAR</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO O.P.NO. 565</t>
+  </si>
+  <si>
+    <t>ALMONACID AGUERO VERONICA EUGENIA</t>
+  </si>
+  <si>
+    <t>VERONICA EUGENIA</t>
+  </si>
+  <si>
+    <t>AGUERO</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO O.P.NO. 555</t>
+  </si>
+  <si>
+    <t>BURGOS NAHUELNERI FABIOLA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>FABIOLA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>NAHUELNERI</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO O.P.NO. 553</t>
+  </si>
+  <si>
+    <t>GUENTELICAN LOAIZA JUAN PABLO</t>
+  </si>
+  <si>
+    <t>JUAN PABLO</t>
+  </si>
+  <si>
+    <t>LOAIZA</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO O.P.NO. 544</t>
+  </si>
+  <si>
+    <t>VELQUEN MANSILLA MARIA MARGARIT</t>
+  </si>
+  <si>
+    <t>MARIA MARGARIT</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO O.P.NO. 539</t>
+  </si>
+  <si>
+    <t>BARRIA CID SONIA DE LOURD</t>
+  </si>
+  <si>
+    <t>SONIA DE LOURD</t>
+  </si>
+  <si>
+    <t>CID</t>
+  </si>
+  <si>
+    <t>AYUDA ECONOMICA O.P.NO. 554</t>
+  </si>
+  <si>
+    <t>ANDRADE CALISTO MARTA INES</t>
+  </si>
+  <si>
+    <t>MARTA INES</t>
+  </si>
+  <si>
+    <t>CALISTO</t>
+  </si>
+  <si>
+    <t>NTURA MES DEL MAR 2025, A DESARROLLARSE EL DÍA 29/05/2025.PAGO FACTURA N°1663, DE FECHA 28.05.2025, SEGUN Orden de Compra codigo: 2658-788-AG25 dirigida a Comercial Jaime Francisco Asmussen Chales EIRL SEGÚN O.P98, DITUFOP, POR TABLET, AUDIFONOS Y OTROS QUE  SERÁ UTILIZADO PARA PREMIACIÓN CONCURSO DE DIBUJO Y PI</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°504, DE FECHA 22.05.2025, SEGUN O.P. 522 DIDECO, RECONOCIMIENTO QUE SERÁ ENTREGADO EL DÍA 22 DE MAYO DE 2025, EN LAS ACTIVIDADES ORGANIZADAS PARA DICHOS EVENTOS.</t>
+  </si>
+  <si>
+    <t>MUÑOZ AMPUERO LUIS DAGOBERTO</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°166400, DE FECHA 23.05.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA LORENA IVON ANTIMAN ZUÑIGA RUT 18281865-8 DOMICILIADA EN RICARDO LICA DIAZ S.N. COMUNA DE ANCUD.O.P.N. 467 DIDECO</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°166398, DE FECHA 23.05.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA MARIA CRISTINA PAIDANCA VIDAL RUT 15287905-9 DOMICILIADA EN LAMECURA COMUNA DE ANCUD.O.P.N. 434 DIDECO</t>
+  </si>
+  <si>
+    <t>PAGO VALORES PERCIBIDOS POR CONCEPTO DE RMNP DEL 01 AL 31 DE MARZO 2025, SEGUN CERTIFICADO NO 07 DE TESORERA MUNICIPAL.-</t>
+  </si>
+  <si>
+    <t>PAGO VALORES PERCIBIDOS POR CONCEPTO DE RMNP DEL 01 AL 31 DE MAYO 2025, SEGUN CERTIFICADO NO. 11 DE TESORERA MUNICIPAL.-</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A CORPORACION MUNICIPAL ANCUD DE ACUERDO A DECRETO N°1613</t>
+  </si>
+  <si>
+    <t>Comunidad Indígena Huilqueco</t>
+  </si>
+  <si>
+    <t>2152401999003124</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION ACOMUNIDAD INDIGENA ANTU LAFQUEN DE ACUERDO A DECRETO N°1612 DE 16.06.2025 DE ASESORIA JURIDICA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMUNIDAD INDIGENA ANTU LAFQUEN DE HUENTETIQUE  </t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO NO. 597, SEGUN DECRETO ALCALDICIO NO. 1634 DEL 18.06.2025.-</t>
+  </si>
+  <si>
+    <t>RAVENA SAVARESES LUIS ALBERTO</t>
+  </si>
+  <si>
+    <t>LUIS ALBERTO</t>
+  </si>
+  <si>
+    <t>SAVARESES</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO O.P.NO. 556, SEGUN DECRETO ALCALDICIO NO.1634 DEL 18.06.2025.-</t>
+  </si>
+  <si>
+    <t>LEGUE CHEUQUEMAN MARILIN DEL CARMEN</t>
+  </si>
+  <si>
+    <t>MARILIN DEL CARMEN</t>
+  </si>
+  <si>
+    <t>LEGUE</t>
+  </si>
+  <si>
+    <t>CHEUQUEMAN</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO OP NO. 567, SEGUN DECRETO ALCALDICIO NO 1634 DEL 18.06.2025.-</t>
+  </si>
+  <si>
+    <t>CAILEO PAREDES JUANA ISABEL</t>
+  </si>
+  <si>
+    <t>JUANA ISABEL</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO O.P.NO. 574, SEGUN DECRETO ALCALDICIO NO. 1634 DEL 18.06.2025.-</t>
+  </si>
+  <si>
+    <t>CARDENAS TORRES CORNELIO ALFONSO</t>
+  </si>
+  <si>
+    <t>CORNELIO ALFONSO</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMIUCO O.P.NO. 575, SEGUN DECRETO ALCALDICIO NO, 1634 DEL 18.06.2025.-</t>
+  </si>
+  <si>
+    <t>SOTO DELGADO ROSA</t>
+  </si>
+  <si>
+    <t>ROSA</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO O.P.NO. 576, SEGUN DECRETO ALCALDICIO NO. 1634 DEL 18.06.2025.-</t>
+  </si>
+  <si>
+    <t>HERNANDEZ HERNANDEZ JOSE CRECENCIO</t>
+  </si>
+  <si>
+    <t>JOSE CRECENCIO</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO O.P.NO. 585, SEGUN DECRETO ALCALDICIO NO. 1634 DEL 18.06.2025.-</t>
+  </si>
+  <si>
+    <t>SANCHEZ OBANDO SILVIA ELIANA</t>
+  </si>
+  <si>
+    <t>SILVIA ELIANA</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO O.,P. NO. 586, SEGUN DECRETO ALCALDICIO NO. 1634 DEL 18.06.2025.-</t>
+  </si>
+  <si>
+    <t>DELGADO CARDENAS MARGARIT DEL TRAN</t>
+  </si>
+  <si>
+    <t>MARGARIT DEL TRAN</t>
+  </si>
+  <si>
+    <t>PAGO APORTE CONOMICO O.P.NO. 587, SEGUN DECRETO ALCALDICIO NO. 1634 DEL 18.06.2025.-</t>
+  </si>
+  <si>
+    <t>VILLARROEL NAUPAYAN XIMENA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>NAUPAYAN</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO O.P.NO. 588,  SEGUN DECRETO ALCALDICIO NO. 1634 DEL 18.06.2025.-</t>
+  </si>
+  <si>
+    <t>CARDENAS GARAY SANDRA JEANNETT</t>
+  </si>
+  <si>
+    <t>SANDRA JEANNETT</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO O.P.NO. 592, SEGUN DECRETO ALCALDICIO NO. 1634 DEL 18.06.2025.-</t>
+  </si>
+  <si>
+    <t>CONCHA OSORIO MARIA PAZ</t>
+  </si>
+  <si>
+    <t>CONCHA</t>
+  </si>
+  <si>
+    <t>OSORIO</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO O.P.NO. 598, SEGUN DECRETO ALCALDICIO NO. 1634 DEL 18.06.2025.-</t>
+  </si>
+  <si>
+    <t>RAMIREZ VENEGAS PAULINA DEL PILAR</t>
+  </si>
+  <si>
+    <t>PAULINA DEL PILAR</t>
+  </si>
+  <si>
+    <t>VENEGAS</t>
+  </si>
+  <si>
+    <t>Cuerpo de Bomberos de Chacao</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152401006002   </t>
+  </si>
+  <si>
+    <t>PAGO APORTE AÑO 2025,  SEGUN DECRETO ALCALDICIO NO. 1651 DEL 19.06.2025, Y CONVENIO SE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CUERPO DE BOMBEROS CHACAO  </t>
+  </si>
+  <si>
     <t>TRASPASO DE FONDOS CORRESPONDIENTE A PER CAPITA MES DE JUNIO 2025.-TRASPASO CORRESPONDIENTE A LEYES MES DE JUNIO 2025.- SEGUN ORD. NO. 404 Y 406 DEL 24.06.2025, DE CORPORACION MUNICIPAL DE ANCUD.-</t>
   </si>
   <si>
-    <t>CANCELA FACTURA N°18424 DE FECHA 08.05.2025,  POR MATERIALES DE CONSTRUCCIÓN SERA UTILIZADO COMO AYUDA SOCIAL PARA ANA MIRIAM VARGAS HUEICHA, RUT:14.292.264-9, DOMICILIADA EN PONLACIÓN VISTA HERMOSA, PASAJE 7 CASA N°32 COMUNA DE ANCUD.-</t>
-[...452 lines deleted...]
-    <t>PAGO FACTURA N°166398, DE FECHA 23.05.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA MARIA CRISTINA PAIDANCA VIDAL RUT 15287905-9 DOMICILIADA EN LAMECURA COMUNA DE ANCUD.O.P.N. 434 DIDECO</t>
+    <t>AGO APORTE ECONOMICO O.P.NO. 620, SEGUN DECRETO ALCALDICIO NO. 1669 DEL 24.06.2025.-</t>
+  </si>
+  <si>
+    <t>ALMONACID MUÑOZ SANDRA MAGALY</t>
+  </si>
+  <si>
+    <t>SANDRA MAGALY</t>
+  </si>
+  <si>
+    <t>PAGO APORTE ECONOMICO O.P NO. 621, SEGUN DECRETO ALCALDICIO NO. 1669 DEL 24.06.2025.-</t>
+  </si>
+  <si>
+    <t>MARQUEZ NAVARRO MARIA CRISTINA DOLORES</t>
+  </si>
+  <si>
+    <t>MARIA CRISTINA DOLORES</t>
+  </si>
+  <si>
+    <t>MARQUEZ</t>
+  </si>
+  <si>
+    <t>PAGO AYUDA SOCIAL O.P.NO. 622, SEGUN  DECRETO ALCALDICIO NO. 1669 DEL 24.06.2025.-</t>
+  </si>
+  <si>
+    <t>LEON RAMOS KARINA MARINA</t>
+  </si>
+  <si>
+    <t>KARINA MARINA</t>
+  </si>
+  <si>
+    <t>RAMOS</t>
+  </si>
+  <si>
+    <t>Club Deportivo Tricolor de Chaicura</t>
+  </si>
+  <si>
+    <t>2152401999003125</t>
+  </si>
+  <si>
+    <t>PAGO APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 1653 DEL 19.06.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DEPORTIVO TRICOLOR DE CHAICURA  </t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA CATALINA OSSIO CARRILLO DE ACUERDO A DECRETO N°1668 DE 24.06.2025</t>
+  </si>
+  <si>
+    <t>OSSIO CARRILLO CATALINA DE LOURDES</t>
+  </si>
+  <si>
+    <t>CATALINA DE LOURDES</t>
+  </si>
+  <si>
+    <t>OSSIO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECOMOMICO A DOÑA EDITH BARRIA GARAY DE ACUERDO A DECRETO N°1668 DE 24.06.2025</t>
+  </si>
+  <si>
+    <t>BARRIA GARAY EDITH MARISOL</t>
+  </si>
+  <si>
+    <t>EDITH MARISOL</t>
   </si>
   <si>
     <t>Academia de Artes Marciales Chiloé Grappling</t>
   </si>
   <si>
     <t>2152401999003081</t>
   </si>
   <si>
     <t>APORTE AÑO  2025, SEGUN DECRETO ALCALDICIO NO. 1683 DEL 24.06.2025 Y CONVENIO DE SUBVENCION.-</t>
   </si>
   <si>
     <t xml:space="preserve">CHILOE GRAPPLING  </t>
   </si>
   <si>
     <t>CANCELA APORTE  A CORPORACION CULTURAL DE ANCUD, SEGUN DECRETO ALCALDICIO NO, 181 DEL 15.01.2025,  Y CONVENIO DE SUBVENCION .-</t>
   </si>
   <si>
     <t>PAGO APORTE ECONOMICO O.P.594, SEGUN DE DECRETO ALCALDICIO NO. 1634 DEL 18.06.2025.-</t>
   </si>
   <si>
     <t>GUENTELICAN TORRES JUAN CARLOS</t>
-  </si>
-[...229 lines deleted...]
-    <t>EDITH MARISOL</t>
   </si>
   <si>
     <t>Corporacion de Rehabilitacion</t>
   </si>
   <si>
     <t xml:space="preserve">2152401006003   </t>
   </si>
   <si>
     <t>PAGO SUBVENCION CORPORACION DE REHABILITACION DEL CLUB DE LEONES DE ANCUD, SEGUN DECRETO N°1727, DE FECHA 27.06.2025 DE ASESORIA JURIDICA. 
 CUOTA 1/5.-</t>
   </si>
   <si>
     <t xml:space="preserve">CORPORACION DE REHABILITACION CLUB DE LEONES ANCUD  </t>
   </si>
   <si>
     <t>CANCELA FACTURA N°630767 DE FECHA 07.06.2025,  PARA AYUDA SOCIAL SRA SONIA DEL CARMEN MANSILLA MANSILLA RUT 10759051-K DOMICILIADA EN CALLE LOS GIRASOLES 33 VILLA SAN VALENTIN COMUNA DE ANCUD.</t>
   </si>
   <si>
     <t>CANCELA MULTAS LEY DE ALCOHOLES MES DE JUNIO 2025</t>
   </si>
   <si>
     <t>PAGO FONDO COMUN MUNICIPAL MES DE JUNIO 2025</t>
   </si>
   <si>
     <t>PAGO FACTURA N°630862, DE FECHA 10.06.2025, SEGUN Orden de Compra codigo: 2658-820-AG25 dirigida a OSCAR JOSÉ VILLARROEL HEINZ SEGÚN O.P 505, DIDECO, MATERIALES DE CONSTRUCCIÓN LO QUE SERÁ UTILIZADO POR LA OFICINA DE AYUDAS SOCIALES, PARA MARINA ELENA RIQUELME HERRERA, RUT:15.728.613-7 DOMICILIADA EN: RIVERA SUR N°125, ANCUD.-</t>
@@ -4660,50 +4676,62 @@
   <si>
     <t>CANCELA FACTURA N°168211,  PARA AYUDA SOCIAL CLAUDIO IVAN QUIDIANTE .-</t>
   </si>
   <si>
     <t>CANCELA FACTURA N°168210,  PARA AYUDA SOCIAL SR JOSE DAGOBERTO GONZALEZ ALTAMIRANO .-</t>
   </si>
   <si>
     <t>CANCELA FACTURA N°168212 DE FECH 01.07.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA PATRICIA LAVINIA NEUN CHIGUAY RUT 8500673-8 DOMICILIADA EN CALLE PEPITA MANSS NRO. 13A COMUNA DE ANCUD</t>
   </si>
   <si>
     <t>TRASPASO DE FONDOS  CORRESPONDIENTE A PROGRAMAS DE SALUD, ORD. 425 DEL 08.07.2025, DE SECRETARIO (S) GENERAL DE LA CORPORACION MUNICIPAL DE ANCUD.-</t>
   </si>
   <si>
     <t>Club de Boxeo Team M. Hueicha</t>
   </si>
   <si>
     <t>2152401999003129</t>
   </si>
   <si>
     <t>CANCELA SUBVENCION A "CLIB DEPORTIVO DE BOX TEAM M. HUEICHA" DECRETO N°1845 DE 10.07.2025</t>
   </si>
   <si>
     <t xml:space="preserve">CLUB  DEPORTIVO DE BOXEO TEAM M. HUEICHA  </t>
   </si>
   <si>
+    <t>Cruz Roja</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152401006006   </t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION "CRUZ ROJA CHILENA FILIAL ANCUD", DE ACUERDO A DECRETO N°1854 DE 10.07.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRUZ ROJA CHILENA FILIAL ANCUD  </t>
+  </si>
+  <si>
     <t>Club Deportivo, Social y Cultural El Pilar de Ancud Rama Varones</t>
   </si>
   <si>
     <t>2152401999003128</t>
   </si>
   <si>
     <t>CANCELA SUBVENCION A"CLUB DEPORTIVO EL PILAR" DE ACUERDO A DECRETO N°1855 DE 10.07.2025 DE ASESORIA JURIDICA</t>
   </si>
   <si>
     <t xml:space="preserve">CLUB DEPORTIVO SOCIAL Y CULTURAL EL PILAR RAMA VARONES  </t>
   </si>
   <si>
     <t>Junta de Vecinos Coquiao</t>
   </si>
   <si>
     <t>2152401999003103</t>
   </si>
   <si>
     <t>CANCELA SUBVENCION A "JUNTA DE VECINOS DE COQUIAO" DE ACUERDO A DECRETO N°1861 DE 11.07.2025 DE ASESORIA JURIDICA</t>
   </si>
   <si>
     <t xml:space="preserve">JUNTA DE VECINOS COQUIAO  </t>
   </si>
   <si>
     <t>CANCELA APORTE CONOMICO A DON HERNAN GOMEZ GONZALEZ DE ACUERDO A DECRETO N°1799 DE 04.07.2025</t>
@@ -4858,89 +4886,155 @@
   <si>
     <t>CANCELA APORTE ECONOMICO A DON BALDOVINO NANCUPILLAN DE ACUERDO A DECRETO N°1873 DE 14.07.2025</t>
   </si>
   <si>
     <t>NANCUPILLAN PERAL BALDOVINO NICANOR</t>
   </si>
   <si>
     <t>BALDOVINO NICANOR</t>
   </si>
   <si>
     <t>NANCUPILLAN</t>
   </si>
   <si>
     <t>PERAL</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA SUSANA CARCAMO ALVARADO DE ACUERDO A DECRETO N°1873 DE 14.07.2025</t>
   </si>
   <si>
     <t>CARCAMO ALVARADO SUSANA CRISTINA</t>
   </si>
   <si>
     <t>SUSANA CRISTINA</t>
   </si>
   <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA LETYICIA RAVERA SAVARESES DE ACUERDO A DECRETO N°1888 DE 15.07.2025</t>
+  </si>
+  <si>
+    <t>RAVENA SAVARESES LETICIA ORIANA</t>
+  </si>
+  <si>
+    <t>LETICIA ORIANA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTEE ECONOMICO A DOÑA CLAUDIA OYARZUN ALVARADO DE ACUERDO A DECRETO N°1888 DE 15.07.2025</t>
+  </si>
+  <si>
+    <t>OYARZUN ALVARADO CLAUDIA ISABEL</t>
+  </si>
+  <si>
+    <t>CLAUDIA ISABEL</t>
+  </si>
+  <si>
+    <t>OYARZUN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA JULIA AGUILAR ASCENCIO DE ACUERDO A DECRETO N°1888 DE 15.07.2025</t>
+  </si>
+  <si>
+    <t>AGUILAR ASENCIO JULIA EDITH</t>
+  </si>
+  <si>
+    <t>JULIA EDITH</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA ANGELICA SOTO SOTO DE ACUERDO A DECRETO N°1888 DE 15.07.2025</t>
+  </si>
+  <si>
+    <t>SOTO SOTO ANGÉLICA ELIZABETH</t>
+  </si>
+  <si>
+    <t>ANGÉLICA ELIZABETH</t>
+  </si>
+  <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA MARIA PALMA PANICHEO DE ACUERDO A DECRETO N°1909 DE 18.07.2025</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA DANIELA DIAZ ALTAMAR DE ACUERDO A DECRETO N°1909 DE 18.07.2025</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA PAMELA LIZAMA TERUCAN DE ACUERDO A DECRETO N°1909 DE 18.07.2025</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DIÑA SILVIA VERA MIRANDA DE ACUERDO A DECRETO N°1909 DE 18.07.2025</t>
   </si>
   <si>
     <t>Unión Comunal de Adultos Mayores Urbanos</t>
   </si>
   <si>
     <t>2152401999003091</t>
   </si>
   <si>
     <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO 1914 DEL 18.07.2025, Y CONVENIO DE SUBVENCION.-</t>
   </si>
   <si>
     <t xml:space="preserve">UNION COMUNAL ADULTO MAYOR  </t>
   </si>
   <si>
+    <t>Asociación de Mujeres Jefas de Hogar</t>
+  </si>
+  <si>
+    <t>2152401999003089</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 1922 DEL 21.07.2025 Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASOCIACION MUJERES JEFAS DE HOGAR RAYEN WAPI ANCUD  </t>
+  </si>
+  <si>
     <t>Grupo Folklórico Chenehuen</t>
   </si>
   <si>
     <t>2152401999003083</t>
   </si>
   <si>
     <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 1912 DEL 18.07.20525 Y CONVENIO DE SUBVENCION.-</t>
   </si>
   <si>
     <t xml:space="preserve">GRUPO FOLCLORICO CHENEWEN DE PUGUEÑUN  </t>
   </si>
   <si>
     <t>PAGO 3 ERA. CUOTA SERVIVICIO DE BIENESTAR APS, SEGUN ORD. NO. 438 DEL 17.07.2025, SECRETARIO GENERAL CORPORACION.-</t>
   </si>
   <si>
+    <t>CANCELA APORTE ECONOMICO A DON ERWIN MEUNET MULLER DE ACUERDO A DECRETO N°1668 DE 24.06.2025</t>
+  </si>
+  <si>
+    <t>MEYNET MÜLLER ERWIN ENRIQUE</t>
+  </si>
+  <si>
+    <t>ERWIN ENRIQUE</t>
+  </si>
+  <si>
+    <t>MEYNET</t>
+  </si>
+  <si>
+    <t>MÜLLER</t>
+  </si>
+  <si>
     <t>APORTE ECONOMICO, SEGUN ORDE DE PEDIDO N°705, DE FECHA 15/07/2025- DIDECO.</t>
   </si>
   <si>
     <t>SANCHEZ VELASQUEZ CARMEN GLORIA</t>
   </si>
   <si>
     <t>CARMEN GLORIA</t>
   </si>
   <si>
     <t>APORTE ECONOMICO N°698, DE FECHA 14.07.2025, SEGUN DECRETO N° 1932, DE FECHA 22.07.2025.-</t>
   </si>
   <si>
     <t>MILLAN MUÑOZ MIGUEL ANGEL</t>
   </si>
   <si>
     <t>MIGUEL ANGEL</t>
   </si>
   <si>
     <t>MILLAN</t>
   </si>
   <si>
     <t>APORTE ECONOMICO N° 696, DE FECHA 14.07.2025, SEGUN DECRETO N° 1932, DE FECHA 22.07.2025.-</t>
   </si>
   <si>
     <t>VELASQUEZ CARCAMO CECILIA MARILEN</t>
@@ -4957,62 +5051,182 @@
   <si>
     <t>SERGIO ROLANDO</t>
   </si>
   <si>
     <t>APORTE ECONOMICO N°712, DE FECHA 18.07.2025, SEGUN DECRETO N° 1932, DE FECHA 22.07.2025.-</t>
   </si>
   <si>
     <t>LAUQUEN MANQUILEPE MARTA SOLEDAD</t>
   </si>
   <si>
     <t>MARTA SOLEDAD</t>
   </si>
   <si>
     <t>MANQUILEPE</t>
   </si>
   <si>
     <t>APORTE ECONOMICO N°719, DE FECHA 21.07.2025, SEGUN DECRETO N° 1932, DE FECHA 22.07.2025.-</t>
   </si>
   <si>
     <t>BARRIA MALDONADO DENISSE MASIEL</t>
   </si>
   <si>
     <t>DENISSE MASIEL</t>
   </si>
   <si>
+    <t>CANCELA APORTE ECONOMICO A DON ALEJANDRO LEVIN ASTORGA DE ACUERDO A DECRETO N°1937 DE 22.07.2025</t>
+  </si>
+  <si>
+    <t>LEVIN ASTORGA ALEJANDRO ISMAEL</t>
+  </si>
+  <si>
+    <t>ALEJANDRO ISMAEL</t>
+  </si>
+  <si>
+    <t>LEVIN</t>
+  </si>
+  <si>
     <t>PAGO SUBVENCION MUNICIPAL SEGUN DECRETO ALCALDICIO N°448 DEL 04-02-2025</t>
   </si>
   <si>
+    <t>Comité Regadío Vertientes de Aguas Claras de Hueihue</t>
+  </si>
+  <si>
+    <t>2152401999003087</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A "COMITE DE REGADIO VERTIENTES DE AGUAS CLARAS" DE ACUERDO A DECRETO N°1944 DE 22.07.2025 DE ASESORIA JURIDICA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMITE DE REGADIO VERTIENTES AGUAS CLARAS  </t>
+  </si>
+  <si>
     <t>APORTE ANUAL 2025, SEGUN DECRETO ALCALDICIO NO, 181 DEL 15.01.2025,  Y CONVENIO DE SUBVENCION, ORD. NO. 86 DE FECHA 21.07.2025, DE CORPORACION CULTURAL ANCUD.-</t>
   </si>
   <si>
+    <t>PAGO FACTURA N°797, DE FECHA 09.07.2025, O.P 633, DIDECO-DEPORTES, POR SET DE COPAS CON PLACA QUE SERAN UTILIZADAS PARA EL "CAMPEONATO FUTBOL FORMATIVO VACACIONES DE INVIERNO" A REALIZARSE EL DIA 13 DE JULIO DEL 2025.-</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°168967, DE FECHA 17.07.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA MYRIAM DEL CARMEN ELGUETA CHIGUAY RUT 12594865-0 DOMICILIADA EN EX CANCHA LOS HUASOS 2 COMUNA DE ANCUD.O.P.641 DIDECO</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°168971, DE FECHA 17.07.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR MARIO RENE CARDENAS CACERES RUT 7761935-6 DOMICILAIDO EN PASAJE BENEDICTO XVI CAA 121 COMUNA DE ANCUD.O.P.N. 646 DIDECO</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°169002, DE FECHA 17.07.2025, O.P 640, DIDECO, POR AYUDA SOCIAL QUE SERA UTILIZADA PARA: MARIZA DEL CARMEN BARRIA, RUT: 11.716.405-5, DOMICILIADA EN ORENSE N°355</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°168972, DE FECHA 17.07.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR JOSE VICTOR MARILICAN GUINEO RUT 5706579-6 DOMICILIADO EN EL SECTOR RURAL DE LLANCO COMUNA DE ANCUD.O.P.N. 644 DIDECO</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°168969, DE FECHA 17.07.2025, PARA AYUDA SOCIAL SRA CANDELARIA DEL CARMEN AGUILA VERA RUT 7333939-1 DOMICILIADA EN ESCUADRA CHILENA 2207 COMUNA DE ANCUD.O.P.N. 645 DIDECO</t>
+  </si>
+  <si>
+    <t>LACION CASAMAR CALLE CIPRIANO JARA 1027 COMUNA DE ANCUD.O.P.581 DIDECOPAGO FACTURA N°282, DE FECHA 02.07.2025, SEGUN Orden de Compra codigo: 2658-906-AG25 dirigida a SOCIEDAD DE INVERSIONES ALTOS DE COQUIAO SPA, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA CLAUDIA LORENA OYARZO AMPUERO RUT 15288671-3 DOMIICLIADA EN POB</t>
+  </si>
+  <si>
+    <t>Junta de Vecinos de Huicha</t>
+  </si>
+  <si>
+    <t>2152401999003085</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO.1976 DE FECHA 24.07.2025 Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JUNTA DE VECINOS NO. 17 DE HUICHA  </t>
+  </si>
+  <si>
+    <t>Club Deportivo Marítimo de Chacao</t>
+  </si>
+  <si>
+    <t>2152401999003086</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 1961 DE FECHA 23.07.2025 Y CONVENIO DE SUBVENCION .-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DEPORTIVO MARITIMO DE CHACAO VIEJO  </t>
+  </si>
+  <si>
+    <t>Asociación Indígena Wenu Newen</t>
+  </si>
+  <si>
+    <t>2152401999003115</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 1962 DE FECHA 23.07.2025 Y CONVENCIO DE SUBVENCION .-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASOCIACION INDIGENA WENU NEWEN  </t>
+  </si>
+  <si>
+    <t>Junta de Vecinos Bellavista 3</t>
+  </si>
+  <si>
+    <t>2152401999003077</t>
+  </si>
+  <si>
+    <t>APORTE  AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 1997 DEL 25.07.2025 Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JUNTA DE VECINOS BELLAVISTA NO.3 DE ANCUD  </t>
+  </si>
+  <si>
+    <t>Junta de Vecinos Lomas de Puquillihue</t>
+  </si>
+  <si>
+    <t>2152401999003117</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 1981 DEL 24.07.2025,  Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JUNTA DE VECINOS LOMAS  DE PUQUILLIHUE  </t>
+  </si>
+  <si>
     <t>TRASPASO DE FONDOS CORRESPONDIENTE A PERCAPITA JULIO 2025, SEGUN ORD. NO. 450 DEL 24.07.2025, SECRETARIO MUNICIPAL</t>
   </si>
   <si>
     <t>TRASPASO DE FONDOS CORRESPONDIENTE A LEYES MES DE JULIO 2025, ORD. NO. 449 DEL 24.07.2025, SECRETARIO MUNICIPAL.-</t>
   </si>
   <si>
+    <t>CANCELA APORTE  2DA CUOTA A DOÑA PAULA AQUEVEQUE TUDELA DE ACUERDO A DECRETO N°1985 DE 25.07.2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO, SEGUN ORDE DE PEDIDO N°697, DE FECHA 14/07/2025- DIDECO.</t>
+  </si>
+  <si>
+    <t>CUEVAS BARRIA YANINA ANTONIETA SOLEDAD</t>
+  </si>
+  <si>
+    <t>YANINA ANTONIETA SOLEDAD</t>
+  </si>
+  <si>
+    <t>CUEVAS</t>
+  </si>
+  <si>
     <t>PAGO SUBVENCION CORPORACION DE REHABILITACION DEL CLUB DE LEONES DE ANCUD, SEGUN DECRETO N°1727, DE FECHA 27.06.2025 DE ASESORIA JURIDICA.</t>
   </si>
   <si>
     <t>APORTE ECONOMICO N°729, SEGUN DECRETO N° 1984, DE FECHA 24.07.2025.-</t>
   </si>
   <si>
     <t>ALTAMIRANO ALTAMIRANO NOLVIA ORFELIA</t>
   </si>
   <si>
     <t>NOLVIA ORFELIA</t>
   </si>
   <si>
     <t>APORTE ECONOMICO N°726, DE FECHA 22.07.2025, SEGUN DECRETO N° 1984, DE FECHA 24.07.2025.-</t>
   </si>
   <si>
     <t>BARRIA MANQUICHEO MARIA SARA</t>
   </si>
   <si>
     <t>MANQUICHEO</t>
   </si>
   <si>
     <t>APORTE ECONOMICO N°725, SEGUN DECRETO N°1984, DE FECHA 24.07.2025.-</t>
   </si>
   <si>
     <t>BUSTAMANTE AGUILAR JUAN BAUTISTA</t>
@@ -5056,297 +5270,96 @@
   <si>
     <t>RAIPANE</t>
   </si>
   <si>
     <t>APORTE ECONOMICO N°727, DE FECHA 22.07.2025, SEGUN DECRETO N° 1984, DE FECHA 24.07.2025.-</t>
   </si>
   <si>
     <t>TORRES VERA SILVIA DEL CARMEN</t>
   </si>
   <si>
     <t>SILVIA DEL CARMEN</t>
   </si>
   <si>
     <t>APORTE ECONOMICO N°730, DE FECHA 24.07.2025, SEGUN DECRETO N° 1984, DE FECHA 24.07.2025.-</t>
   </si>
   <si>
     <t>HUENTECURA PERALTA PAMELA SOLEDAD</t>
   </si>
   <si>
     <t>PAMELA SOLEDAD</t>
   </si>
   <si>
     <t>HUENTECURA</t>
   </si>
   <si>
-    <t>Cruz Roja</t>
-[...199 lines deleted...]
-  <si>
     <t>TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMA DE SALUD SEGUN ORD. NO. 462 DEL SECRETARIO MUNICIPAL.-</t>
   </si>
   <si>
     <t>TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMA DE SALUD SEGUN ORD. NO. 461 DEL 31.07.2025.-</t>
   </si>
   <si>
     <t>TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMAS DE SALUD ,SEGUN ORD. NO. 460 DEL 30.07.2025, DEL SECRETARIO GENERAL.-</t>
   </si>
   <si>
     <t>PAGO MULTA LEY DE ALCOHOLES CORRESPONDIENTE AL  MES DE JULIO 2025.</t>
   </si>
   <si>
     <t>Comité de Salud de Bellavista</t>
   </si>
   <si>
     <t>2152401999003113</t>
   </si>
   <si>
     <t>CANCELA SUBVENCION A "COMITE COMUNITARIOS DE SALUD FAMILIAR BELLAVISTA" DE ACUERDO A DECRETO N°2044 DE 31.07.2025</t>
   </si>
   <si>
     <t xml:space="preserve">COMITE COMUNITARIO DE SALUD FAMILIAR BELLAVISTA DE ANCUD  </t>
   </si>
   <si>
     <t>Junta de Vecinos Villa Lechagua</t>
   </si>
   <si>
     <t>2152401999003120</t>
   </si>
   <si>
     <t>CANCELA SUBVENCION A "JUNTA DE VECINOS VILLA LECHAGUA" DE ACUERDO A DECRETO N°2045 DE 31.07.2025</t>
   </si>
   <si>
     <t xml:space="preserve">JUNTA DE VECINOS VILLA LECHAGUA  </t>
   </si>
   <si>
     <t>Junta de Vecinos Hueldén Playa</t>
   </si>
   <si>
     <t>2152401999003079</t>
   </si>
   <si>
     <t>CANCELA SUBVENCION A "JUNTA DE VECINOS DEL SECTOR RURAL DE HUELDEN" DE ACUERDO A DECRETO N°2047 DE 31.07.2025</t>
   </si>
   <si>
-    <t xml:space="preserve">JUNTA VECINOS HUELDEN  </t>
+    <t xml:space="preserve">JUNTA DE VECINOS SECTOR RURAL DE HUELDEN  </t>
   </si>
   <si>
     <t>Club Deportivo Linao</t>
   </si>
   <si>
     <t>2152401999003116</t>
   </si>
   <si>
     <t>CANCELA SUBVENCION A "CLUB DEPORTIVO LINAO" DE ACUERDO A DECRETO N°2046 DE 31.07.2025</t>
   </si>
   <si>
     <t xml:space="preserve">CLUB DEPORTIVO LINAO  </t>
   </si>
   <si>
     <t>PAGO FONDO COMUN MUNICIPAL CORRESPONDIENTE AL DE MES JULIO 2025</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA FRANCISCO ASTORGA ASTORGA DE ACUERDO A DECRETO N°2064 DE 01.08.2025</t>
   </si>
   <si>
     <t>ASTORGA ASTORGA FRANCISCO EMILIANO</t>
   </si>
   <si>
     <t>FRANCISCO EMILIANO</t>
   </si>
@@ -6376,128 +6389,199 @@
   <si>
     <t>PAGO APORTE ECONOMICO O.P.NO. 919, SEGUN DECRETO ALCALDICIO NO.24340DEL 12.09.2025.-</t>
   </si>
   <si>
     <t>VELI CARO MARIA ORFA</t>
   </si>
   <si>
     <t>MARIA ORFA</t>
   </si>
   <si>
     <t>VELI</t>
   </si>
   <si>
     <t>CARO</t>
   </si>
   <si>
     <t>PAGO APORTE ECONOMICO O.P.NO. 921, SEGUN DECRETO ALCALDICIO NO.24340DEL 12.09.2025.-</t>
   </si>
   <si>
     <t>ARISMENDI AGUILA JOSE HECTOR</t>
   </si>
   <si>
     <t>JOSE HECTOR</t>
   </si>
   <si>
+    <t xml:space="preserve">PAGO APORTE ECONOMICO O.P.NO. 752, SEGUN DECRETO ALCALDICIO NO. 2065 DEL 01.08.2025,  
+CORRESPONDE A LA PRIMERA CUOTA DE UN TOTAL DE 4, QUE CONFORMA EL TOTAL DEL APORTE DE $ 5.000.000.- 
+</t>
+  </si>
+  <si>
+    <t>CARDENAS MALDONADO MARCELA EUGENIA</t>
+  </si>
+  <si>
+    <t>MARCELA EUGENIA</t>
+  </si>
+  <si>
     <t>Club Deportivo Huracán</t>
   </si>
   <si>
     <t>2152401999003043</t>
   </si>
   <si>
     <t>CANCELA SUBVENCION CLUB DEPORTIVO HURACAN DE PUDETO BAJO DE ACUERDO A DECRETO N° 2451 DE 15.09.2025 DE ASESORIA JURIDICA</t>
   </si>
   <si>
     <t xml:space="preserve">CLUB DEPORTIVO HURACAN DE PUDETO  </t>
   </si>
   <si>
+    <t>Unidad Vecinal No. 3  Practicante Araneda</t>
+  </si>
+  <si>
+    <t>2152401999003142</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION "UNIDAD VECINAL N°3 PRACTICANTE ARANEDA" DE ACUERDO A DECRETO N°2452 DE 15.09.2025 DE ASESORIA JURIDICA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNIDAD VECINAL NO.3 PRACTICANTE ARANEDA  </t>
+  </si>
+  <si>
     <t>SE CANCELA FACTURA N° 335 DE SOCIEDAD DE INVERSIONES ALTOS DE COQUIAO SPA PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA FRESIA GLADYS ALMONACID MUÑOZ RUT 9633855-4 DOMICILIADA EN CALLE 31 DE MAYO NRO. 110 COMUNA DE ANCUD O.P.N. 803 DIDECO</t>
   </si>
   <si>
     <t>Agrupación Florcitas de Caulín</t>
   </si>
   <si>
     <t>2152401999003110</t>
   </si>
   <si>
     <t>PAGO APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 2465 DEL 16.09.2025, Y CONVENIO DE SUBVENCION.-</t>
   </si>
   <si>
     <t xml:space="preserve">AGRUPACION LA FLORCITA DE CAULIN BAJO  </t>
   </si>
   <si>
     <t>CANCELA TRASPASO CORRESPONDIENTE A APORTE, SEGUN DECRETO ALCALDICIO NO, 181 DEL 15.01.2025 Y ORD. N°106-2025 DE CORPORACION CULTURAL DE ANCUD.-</t>
   </si>
   <si>
+    <t>IDAD MANIFIESTA DE LA COMUNA DE ANCUD.SE CANCELA FACTURA N° 634573 FECHA 08-09-2025 DE  OSCAR JOSÉ VILLARROEL HEINZ, SEGÚN O.P. 839 DIDECO, MATERIALES QUE SERÁN UTILIZADOS COMO AYUDA SOCIAL A SRA. MARÍA CRISTINA CONTRERAS OYARZÚN, DOMICILIADA EN SECTOR RURAL MANAO LOS PATOS, VECINA  CON NECES</t>
+  </si>
+  <si>
+    <t>ECOSE CANCELA FACTURA N° 346 FECHA 10-09-2025 DE SOCIEDAD DE INVERSIONES ALTOS DE COQUIAO SPA PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA EDITH LORENA ULLOA ARO RUT 12345646-7 DOMICILIADA EN VISTA HERMOSA PASAJE 3 NRO. 26 COMUNA DE ANCUD.O.P.N. 836 DID</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°417 DE FECHA 11.09.2025,  PARA LA DIRECCION DE DIDECO PARA INSUMOS Y AYUDAS TECNICAS PARA BENEFICIARIS DEL PROGRAMA ATENCION DOMICILIARIA MUNICIPAL AÑO 2025</t>
+  </si>
+  <si>
+    <t>ES DE CONSTRUCCION.SE CANCELA FACTURA N° 633940 FECHA 26-08-2025 DE OSCAR JOSÉ VILLARROEL HEINZ, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL MARGARITA YANEZ BARRIA RUT 8839514-K DOMICILIADA EN CALLE EX LINEA FERREA SN PUDETO BAJO COMUNA DE ANCUD.O.P.N. 777 DIDECO MATERIAL</t>
+  </si>
+  <si>
+    <t>CUD.O.P.N. 865 DIDECOSE CANCELA FACTURA N° 171686 FECHA 12-09-2025 DE SOC.COM. DIMASUR LTDA. POR MATERIALES DE CONSTRUCCION, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR WALTER ESTEBAN MARIN CARO  RUT 9940423-K DOMICILIADO EN POBLACION PADRE HURTADO EX LINEA FERREA 161 AN</t>
+  </si>
+  <si>
+    <t>RUCCIONSE CANCELA FACTURA N° 171691 FECHA 12-09-2025 DE SOC.COM. DIMASUR LTS. PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA MARIA ELENA BARRIA GUINEO RUT 13000920-4 DOMCILIADA EN CALLE SAN MARTIN 1575 COMUNA DE ANCUD.O.P.N. 855 DIDECO POR MATERIALES DE CONST</t>
+  </si>
+  <si>
+    <t>DE CONSTRUCCIONSE CANCELA FACTURA N° 171688 FECHA 12-09-2025 DE SOC.COM. DIMASUR PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR SERGIO ELADIO ABURTO NAUTO RUT 14492670-6 DOMICILIADO EN EL MIRADOR DEL GOLFO 15 COMUNA DE ANCUD.O.P.N. 863 DIDECO  POR COMPRA DE MATERIALES</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO N° 931, SEGUN DECRETO N° 2443, DE FECHA 15.09.2025</t>
+  </si>
+  <si>
+    <t>AMPUERO BAHAMONDE GUILLERMO ARTURO</t>
+  </si>
+  <si>
+    <t>GUILLERMO ARTURO</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO N°932, DE FECHA 15.098.2025, SEGUN DECRETO N° 2443, DE FECHA 15.09.2025.-</t>
+  </si>
+  <si>
+    <t>MALDONADO ALVARADO CARLA PATRICIA</t>
+  </si>
+  <si>
+    <t>CARLA PATRICIA</t>
+  </si>
+  <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA MIRTA REYES VIDAL DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
   </si>
   <si>
     <t>REYES VIDAL MIRTA JUDITH</t>
   </si>
   <si>
     <t>MIRTA JUDITH</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA NADIA YUDUMAN OJEDA DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
   </si>
   <si>
     <t>YUDUMAN OJEDA NADIA DAMARIS</t>
   </si>
   <si>
     <t>NADIA DAMARIS</t>
   </si>
   <si>
     <t>YUDUMAN</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA JESSICA MUÑOZ RIVAS DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DON CESAR NANCUCHEO ULE DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
   </si>
   <si>
     <t>NANCUCHEO ULE CESAR DOMINGO</t>
   </si>
   <si>
     <t>CESAR DOMINGO</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMIOC A DOÑA ROSA JEREZ RODIRGUEZ DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
   </si>
   <si>
     <t>JEREZ RODRÍGUEZ ROSA INÉS</t>
   </si>
   <si>
     <t>ROSA INÉS</t>
   </si>
   <si>
     <t>JEREZ</t>
   </si>
   <si>
     <t>RODRÍGUEZ</t>
   </si>
   <si>
+    <t>CANCELA APORTE ECONOMICO N°900 DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
+  </si>
+  <si>
+    <t>OJEDA GALLARDO BERTA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>BERTA DEL CARMEN</t>
+  </si>
+  <si>
     <t>CANCELA APORTE ECONOMICO A DOÑAPAULINA HERNANDEZ SORUCO DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DON ROLANDO GUARDA MARTINEZ DE ACUERDO A DECRETO 2434 DE 12.09.2025</t>
   </si>
   <si>
     <t>GUARDA MARTINEZ ROLANDO VICENTE</t>
   </si>
   <si>
     <t>ROLANDO VICENTE</t>
   </si>
   <si>
     <t>GUARDA</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA JOSELIN ZUÑIHA ALMONACID DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
   </si>
   <si>
     <t>ZUÑIGA ALMONACID JOSELIN DEL ROSA</t>
   </si>
   <si>
     <t>JOSELIN DEL ROSA</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA JESSICA AMPUERO GAJARDO DE ACUERDO A DECRETO N°2434 DE 12.09.2025</t>
@@ -6509,110 +6593,50 @@
     <t>JESSICA ROXANA</t>
   </si>
   <si>
     <t>GAJARDO</t>
   </si>
   <si>
     <t>TRASPASO DE FONDOS CORRESPONDIENTE A PER CAPITA MES DE SEPTIEMBRE 2025,ORD. NO. 544 DEL 22.09.2025. CORPOR.MUNICIPAL.-</t>
   </si>
   <si>
     <t>TRASPASO DE FONDOS CORRESPONDIENTE A LEYES MES DE SEPTIEMBRE 2025, ORD. NO. 545DE FECHA 22.09.2025, CORPO.MUNICIPAL.-</t>
   </si>
   <si>
     <t>Junta de Vecinos de Butamanga</t>
   </si>
   <si>
     <t>2152401999003141</t>
   </si>
   <si>
     <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 2482 DEL 22.09.2025 Y CONVENIO DE SUBVENCION.-</t>
   </si>
   <si>
     <t xml:space="preserve">J.VECINOS No.154 DE BUTAMANGA  </t>
   </si>
   <si>
     <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 2466 DEL 16.09.2025 Y CONVENIO DE SUBVENCION</t>
-  </si>
-[...58 lines deleted...]
-    <t>BERTA DEL CARMEN</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DON JUAN SILVA PAREDES DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
   </si>
   <si>
     <t>SILVA PAREDES JUAN PEDRO</t>
   </si>
   <si>
     <t>JUAN PEDRO</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DON HECTOR SOTO VILLEGAS DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
   </si>
   <si>
     <t>SOTO VILLEGAS HECTOR MANUEL</t>
   </si>
   <si>
     <t>HECTOR MANUEL</t>
   </si>
   <si>
     <t>CANCELA CUOTA 4 DE 4 A DOÑA YENIFFER AROCA ULLOA DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
   </si>
   <si>
     <t>CANCELA CUOTA 4 DE 4  APORTE A DON VICTOR YAÑEZ ALTAMIRANO DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
   </si>
@@ -6740,50 +6764,62 @@
     <t>NEGRON OJEDA MARIA EUGENIA</t>
   </si>
   <si>
     <t>Becas Municipales</t>
   </si>
   <si>
     <t>2152401999003002</t>
   </si>
   <si>
     <t>PAGO DE BECAS A POSTULANTES DENTRO DE LA COMUNA, RENOVANTES FUERA DE LA COMUNA Y RENOVANTES DENTRO DE LA COMUNA, DE ACUERDO A DECRETO N°2316 DE 29.08.2025 DE DIDECO Y A INSTRUCCION DE PAGO MEDIANTE ORD. N°119 DE FECHA  29.09.2025 DE ALCALDIA.- 
 .</t>
   </si>
   <si>
     <t>PAGO DE BECAS MUNICIPALES A ESTUDIANTES FUERA DE LA COMUNA SEGUN DECRETO ALCALDICIO NO. 2316 DE FECHA 29.08.2025 Y A INSTRUCCION DE PAGO MEDIANTE ORD. N°119 DE 29.09.2025 DE ALCALDIA.-</t>
   </si>
   <si>
     <t>PAGO SUBVENCION CORPORACION DE REHABILITACION DEL CLUB DE LEONES DE ANCUD, SEGUN DECRETO N°1727, DE FECHA 27.06.2025 DE ASESORIA JURIDICA.-</t>
   </si>
   <si>
     <t>SE CANCELA FACTURA N° 31081 FECHA 11-09-2025 DE NORMA ELENA MORALES SILVA SEGÚN O.P 848, DIDECO, POR CANASTAS DE ALIMENTOS PARA LA DIRECCION DE DIDECO PARA SER UTILIZADO EN FAMILIAS DE LA COMUNA DE ANCUD QUE SE ENCUENTRAN EN SITUACION DE NECESIDAD MANIFIESTA</t>
   </si>
   <si>
     <t>CANCELA CUOTA 3 Y 4 DE 4 APORTE A DOÑA PATRICIA GONZALEZ VELASQUEZ DE ACUERDO A DECRETO N°2517 DE 25.09.2025</t>
   </si>
   <si>
+    <t>CANCELA APORTE A DOÑA JOHANA AGUILA CUYUL DE ACUERDO A DECRETO N°2568 DE 01.10.2025</t>
+  </si>
+  <si>
+    <t>AGUILA CUYUL JOHANA VALESKA</t>
+  </si>
+  <si>
+    <t>JOHANA VALESKA</t>
+  </si>
+  <si>
+    <t>CUYUL</t>
+  </si>
+  <si>
     <t>PAGO FONDO COMUN MES DE SEPTIEMBRE 2025, SEGUN RESUMEN DE INGRESOS PERCIBIDOS MES DE SEPTIEMBRE 2025.-</t>
   </si>
   <si>
     <t>PAGO MULTAS LEY DE ALCOHOLES MES DE SEPTIEMBRE 2025.- SEHGUN LIBRO AMYOR DESDE EL 01/09/2025 HASTA EL 30/09/2025.-</t>
   </si>
   <si>
     <t>TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMA DE SALUD , SEGUN ORD. NO. 556 DEL 30.09.2025, CORPORACION MUNICIPAL.-</t>
   </si>
   <si>
     <t>CANCELA CUOTA 2, 3 Y 4 DE 4, APORTE A DOÑA JULIA AGUILAR ASCENCIO DE ACUERDO A DECRETO N°2569 DE 02.10.2025</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA JUDITH SOTO GONZALEZ DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
   </si>
   <si>
     <t>SOTO GONZALEZ JUDITH DEL CARMEN</t>
   </si>
   <si>
     <t>JUDITH DEL CARMEN</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DON RUDECINDO VIDAL HUISCA DE ACUERDO A DECRETO N°2518 DE 25.09.2025</t>
   </si>
   <si>
     <t>VIDAL HUISCA RUDECINDO SEGUNDO</t>
@@ -6998,53 +7034,50 @@
   <si>
     <t>CANCELA SUBVENCION AGRUPACION JUVENIL VILLA CHACAO DE ANCUD DE ACUERDO A DECRETO N°2633 DE 07.10.2025</t>
   </si>
   <si>
     <t>Escuela de Basquetbol Femenina de Ancud (EBFA)</t>
   </si>
   <si>
     <t>2152401999003158</t>
   </si>
   <si>
     <t>PAGO APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 2640 DEL 08.10.2025 Y CONVENIO DE SUBVENCION .-</t>
   </si>
   <si>
     <t xml:space="preserve">ESCUELA BASQUETBOL ANCUD  </t>
   </si>
   <si>
     <t>Junta de Vecinos Huelden Playa</t>
   </si>
   <si>
     <t>2152401999003150</t>
   </si>
   <si>
     <t>PAGO APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 2639 DEL 08.10.2025 Y CONVENIO DE SUBVENCION .-</t>
   </si>
   <si>
-    <t xml:space="preserve">JUNTA DE VECINOS SECTOR RURAL DE HUELDEN  </t>
-[...1 lines deleted...]
-  <si>
     <t>Club Deportivo Miramar Lecam Bajo</t>
   </si>
   <si>
     <t>2152401999003105</t>
   </si>
   <si>
     <t>PAGO APORTE AÑO  2025, SEGUN DECRETO ALCALDICIO NO. 2616 DEL 07.10.2025 Y CONVENIO DE SUBVENCION.-</t>
   </si>
   <si>
     <t xml:space="preserve">CLUB DEPORTIVO MIRAMAR  </t>
   </si>
   <si>
     <t>SE CANCELA APORTE ECONOMICO A DOÑA ERIKA DEL ROSARIO LOBOS ROMERO, DE ACUERDO AL DECRETO N° 2646 DE 08-10-2025</t>
   </si>
   <si>
     <t>LOBOS ROMERO ERIKA</t>
   </si>
   <si>
     <t>ERIKA</t>
   </si>
   <si>
     <t>LOBOS</t>
   </si>
   <si>
     <t>ROMERO</t>
@@ -7172,50 +7205,56 @@
   <si>
     <t>NADIA MARGARIT</t>
   </si>
   <si>
     <t>CANCELA APORTE ECONOMICO A DOÑA YOCELYN HUENCHULEO TAPIA DE ACUERDO A DECRETO N°2646 DE 08.10.2025</t>
   </si>
   <si>
     <t>HUENCHULEO TAPIA YOCELYN ANDREA</t>
   </si>
   <si>
     <t>YOCELYN ANDREA</t>
   </si>
   <si>
     <t>HUENCHULEO</t>
   </si>
   <si>
     <t>CANCELA APORTE SUBVENCION  AÑO 2025 SEGUN DECRETO ALCALDICIO NO. 88 DEL 20.03.2025</t>
   </si>
   <si>
     <t>CANCELA VALORES PERCIBIDOS POR CONCEPTO DE RMNP PERIODO 01 A 30 SEPTIEMBRE 2025 DE ACUERDO A CERTIFICADO N°19 DE RESORERA MUNICIPAL DE OCTUBRE 2025</t>
   </si>
   <si>
     <t>DE CONSTRUCCION.SE CANCELA FACTURA N° 172212 FECHA 29-09-2025 DE SOC. COMERCIAL DIMASUR LTDA. PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR FRANCISCO JAVIER ASTORGA SILVA RUT 13001210-8 DOMICILAIDO EN CALLE ANTONIO BURR 28 COMUNA DE ANCUD.O.P.N. 903 DIDECO MATERIALES</t>
   </si>
   <si>
+    <t>CONSTRUCCIONSE CANCELA FACTURA N° 172629 FECHA 06-10-2025 DE SOC. COMERCIAL DIMASUR LTDA.PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA MARIA ERNA ALVARADO ALVARADO RUT 6689164-K DOMICILIADA EN RUTA CINCO PUDETO 1194 COMUNA DE ANCUD.O.P.N. 907 DIDECO MATERIALES DE</t>
+  </si>
+  <si>
+    <t>COMUNA DE ANCUD.-SE CANCELA FACTURA N° 3981 FECHA 14-10-2025 DE OSCAR EDUARDO GOYE CASTILLO SEGÚN O.P 980, DIDECO, POR MATERIALES DE CONSTRUCCIÓN QUE SERA UTILIZADO COMO AYUDA SOCIAL PARA LUCINDA OLIVIA REYES CARCAMO, RUT:13.593.101-2, DOMICILIADA EN SECTOR RURAL HUEIHUE,</t>
+  </si>
+  <si>
     <t>APORTE ECONOMICO SEGUN ORDEN DE PEDIDO N°1052, DE FECHA 08.10.2025 Y DECRETO N° 2722, DE FECHA 16/10/2025</t>
   </si>
   <si>
     <t>CANCELA APORTE ANUAL 2025, SEGUN DECRETO ALCALDICIO NO, 181 DEL 15.01.2025,  Y LO SOLICITADO MEDIANTE ORD. N°114-2025 DE CORPORACION CULTURAL MUNICIPAL.-</t>
   </si>
   <si>
     <t>CANCELA VALORES PERCIBIDOS POR CONCEPTO DE RMNP PERIODO 01 A 31 AGOSTO 2025</t>
   </si>
   <si>
     <t>PAGO TRASPASO  DE FONDOS CORRESPONDIENTE A PER CAPITA MES DE OCTUBRE 2025, ORD. NO. 582 DEL 22.10.2025, SEGUN DECRETO ALCALDICIO NO. 2765 DEL 22.10.2025.-</t>
   </si>
   <si>
     <t>PAGO TRASPASO DE FONDOS  CORRESPONDIENTE A LEYES MES DE COTUBRE 2025, SEGUN ORD. NO. 583 DE FECHA 22.10.2025 Y DECRETO ALCALDICIO NO. 2765  DEL 22.10.2025.-</t>
   </si>
   <si>
     <t>Club Deportivo Manao</t>
   </si>
   <si>
     <t>2152401999003157</t>
   </si>
   <si>
     <t>PAGO APORTE 2025, SEGUN DECRETO ALCALDICIO NO. 2.772 DEL 23.10.2025 Y CONVENIO DE SUBVENCION.-</t>
   </si>
   <si>
     <t xml:space="preserve">CLUB DEPORTIVO MANAO  </t>
@@ -7313,284 +7352,2002 @@
   <si>
     <t>GALLE</t>
   </si>
   <si>
     <t>CANCELA APORTE A DONA LINDA URIBE AGUILA DE ACUERDO A DECRETO N°2762 DE 22.10.2025</t>
   </si>
   <si>
     <t>URIBE AGUILA LINDA ANY</t>
   </si>
   <si>
     <t>LINDA ANY</t>
   </si>
   <si>
     <t>CANCELA APORTE A DON JUAN VASQUEZ OTTERSTEIN DE ACUERDO A DECRETO 2762 DE 22.10.2025</t>
   </si>
   <si>
     <t>VASQUEZ OTTERSTEIN JUAN SALOMON</t>
   </si>
   <si>
     <t>JUAN SALOMON</t>
   </si>
   <si>
     <t>OTTERSTEIN</t>
   </si>
   <si>
+    <t>ONAL MUNICIPAL EN EL MARCO DE LA CELEBRACION  DEL DIA DEL FUNCIONARIO MUNICIPAL AÑO 2025 EL DIA 28 DE OCTUBRE DE 2025.O.P.N. 29 CPPPAGO FACTURA N°1113, DE FECHA 22.10.2025, SEGUN Orden de Compra codigo: 2658-1431-AG25 dirigida a KRAKEN SPA PARA LA DIRECCION DE CONT.PPTO Y PERSONAL PARA DEPTO DE GESTION DE PERSONAS PARA CEREMONIA OFICIAL DE RECONOCIMIENTO POR AÑOS DE SERVICIOS DE PERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRAKEN SPA  </t>
+  </si>
+  <si>
     <t>CANCELA APORTE A DOÑA CAMILA MANCILLA DEL RIO DE ACUERDO A DECRETO N°2762 DE 22.10.2025</t>
   </si>
   <si>
     <t>MANSILLA DEL RIO CAMILA ANDREA</t>
   </si>
   <si>
     <t>CAMILA ANDREA</t>
   </si>
   <si>
     <t>DEL RIO</t>
   </si>
   <si>
     <t>CANCELA APORTE A DOÑA LORETO GONZALEZ GONZALEZ DE ACUERDO A DECRETO N°2762 DE 22.10.2025</t>
   </si>
   <si>
     <t>GONZALEZ GONZALEZ LORETO DEL CARMEN</t>
   </si>
   <si>
     <t>LORETO DEL CARMEN</t>
   </si>
   <si>
     <t>CANCELA APORTE A DOÑA RUTH CALISTO CARO DE ACUERDO A DECRETO N°2762 DE 22.10.2025</t>
   </si>
   <si>
     <t>CALISTO CARO RUTH GLADYS</t>
   </si>
   <si>
     <t>RUTH GLADYS</t>
   </si>
   <si>
     <t>CANCELA APORTE A DOÑA ANA ALVARADO ALARCON DE ACUERDO A DECRETO N°2762 DE 22.10.2025</t>
   </si>
   <si>
     <t>ALVARADO ALARCON ANA LORENA</t>
   </si>
   <si>
     <t>ANA LORENA</t>
+  </si>
+  <si>
+    <t>DE FECHA 16.10.2025.-PAGO FACTURA NO. 374,  PARA LA DIRECCION DE DIDEDCO PARA AYUDA SOCIAL SRA JEANTETE SOLEDAD ULLOA AQUINTUY RUT 15874578-K DOMICILIADA EN POETA FRANCISCO JAVIER CAVADA 2696 COMUNA DE ANCUD, O.P.N. 979 DIDECO, SE ADJUNTA FORMULARIO DE RECEPCION DE MERCADERIA</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA NO. 31195,  PARA LA DIRECCION DE DIDECO PARA FAMILIAS DE LA COMUNA DE ANCUD QUE SE ENCUENTREN EN SITUACION DE NECESITAD MANIFIESTA.O.P.N.1028 DIDECO, SE ADJUNTA FORMULARIO DE RECEPCION DE MERCADERIA DE FECHA 21.10.2025.-</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA NO. 375,  PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL, SE ADJUNTA FORMULARIO DE RECEPCION DE MERCADERIA DE FECHA 16.10.2025.-</t>
+  </si>
+  <si>
+    <t>IA DE FECHA 14.10.2025.-PAGO FACTURA NO. 3974, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA MARIA ERNESTINA CARDENAS CHICUY RUT 7096899-1 DOMICILIADA EN LOS PEJERREYES NRO. 10 SECTOR PUDETO BAJO COMUNA DE ANCUD.O..1007 DIDECO, DR ADJUNTA  FORMULARIO DE RECEPCION DE MERCADER</t>
+  </si>
+  <si>
+    <t>CANCELA VALORES PERCIBIDOS POR CONCEPTO DE RMNP PERIODO 01 A 31 AGOSTO 2025 DE ACUERDO A CERTIFICADO N°18 DE TESORERA MUNICIPAL DE FECHA OCTUBRE 2025</t>
+  </si>
+  <si>
+    <t>CANCELA VALORES PERCIBIDOS POR CONEPTO DE RMNP PERIODO ENTRE 01 A 30 SEPTIEMBRE DE 2025 DE ACUERDO A CERTIFICADO N°20 DE TESORERA MUNICIPAL DE FECHA OCTUBRE 2025</t>
+  </si>
+  <si>
+    <t>PAGO SUBVENCION MUNICIPAL SEGUN DECRETO ALCALDICIO N°448 DEL 04-02-2025 Y CONVENIO DE SUBVENCION .-</t>
+  </si>
+  <si>
+    <t>PAGO TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMA DE SALUD, SEGUN DECRETO DE PAGO, SEGUN ORD. NO. 594 DEL 29.10.2025.-</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA ROMINA MALDONADO MALDONADO DE ACUERDO A DECRETO N°2568 DE 01.10.2025, DE ACUERDO A LO INSTRUIDO MEDIANTE ORD. N°142 DE 29.10.2025 DE ALCALDIA</t>
+  </si>
+  <si>
+    <t>MALDONADO MALDONADO ROMINA ELIZABETH</t>
+  </si>
+  <si>
+    <t>ROMINA ELIZABETH</t>
+  </si>
+  <si>
+    <t>CANCELA CUOTAS 2, 3 Y 4 DE 4, APORTE A DOÑA CLAUDIA OYARZUN ALVARADO DE ACUERDO A DECRETO N°2517 DE 25.09.2025, DE ACUERDO A LO ISNTRUIDO MEDIANTE ORD. N°142 DE 29.10.2025 DE ALCALDIA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DON JULIO SOTO GONZALEZ DE ACUERDO A DECRETO N°2517 DE 25.09.2025, DE ACUERDO A LO INSTRUIDO MEDIANTE ORD. N°142 DE 29.10.2025 DE ALCALDIA</t>
+  </si>
+  <si>
+    <t>SOTO GONZALEZ JULIO CESAR</t>
+  </si>
+  <si>
+    <t>JULIO CESAR</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA JESSENIA KNOPKE MALDONADO DE ACUERDO A DECRETO N°2519 DE 25.09.2025, DE ACUERDO A LO INSTRUIDO MEDIANTE ORD. N°142 DE 29.10.2025 DE ALCALDIA</t>
+  </si>
+  <si>
+    <t>KNOPKE MALDONADO JESSENIA MASSIEL</t>
+  </si>
+  <si>
+    <t>JESSENIA MASSIEL</t>
+  </si>
+  <si>
+    <t>KNOPKE</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DON JUAN SALDIVIA OJEDA DE ACUERDO A DECRETO N°2635 DE 07.10.2025, DE ACUERDO A LO INSTRUIDO MEDIANTE ORD. N°142 DE 29.10.2025 DE ALCALDIA</t>
+  </si>
+  <si>
+    <t>SALDIVIA OJEDA JUAN CARLOS</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DON OSCAR MANSILLA GALLEGO DE ACUERDO A DECRETO N°2568 DE 01.10.2025, DE ACUERDO A LO INSTRUIDO MEDIANTE ORD N°142 DE 29.10.2025 DE ALCALDIA</t>
+  </si>
+  <si>
+    <t>MANSILLA GALLEGOS OSCAR ORLANDO</t>
+  </si>
+  <si>
+    <t>OSCAR ORLANDO</t>
+  </si>
+  <si>
+    <t>PAGO FONDO COMUN  CORRESPONDIENTE AL MES DE OCTUBRE 2025, SEGUN RESUMEN INGRESOS PERCIBIDOS ENTRE EL 01.10.20525 AL   31.10.2025.-</t>
+  </si>
+  <si>
+    <t>PAGO MULTAS LEY DE ALCOHOLES MES DE OCTUBRE 2025, SEGUN LIBRO MAYOR DESDE EL 01.10.2025 AL 31.10.2025.-</t>
+  </si>
+  <si>
+    <t>Club Deportivo Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003162</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A CLUB DEPORTIVO ANCUD DE ACUERDO A DECRETO N°2833 DE 30.10.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DEPORTIVO ANCUD  </t>
+  </si>
+  <si>
+    <t>Club Nuevo Horizonte de Inés de Bazán</t>
+  </si>
+  <si>
+    <t>2152401999003154</t>
+  </si>
+  <si>
+    <t>PAGO SUBVENCION APORTE CLUB DE ANCIANOS NUEVO HORIZONTE DE INES DE BAZAN, DE ACUERDO A DECRETO N°2860, DE FECHA 04.11.2025.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB ANC.NVO.HORIZONTE I.BAZAN  </t>
+  </si>
+  <si>
+    <t>Agrupación Solidaria Entregando Sonrisas</t>
+  </si>
+  <si>
+    <t>2152401999003111</t>
+  </si>
+  <si>
+    <t>PAGO SUBVENCION A AGRUPACION PARA EL DESARROLLO HUMANO, SOCIAL, CULTURAL Y DEPORTIVO ENTREGANDO SONRISAS, DE ACUERDO A DECRETO N°2859, DE FECHA 04.11.2025.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGRUP PARA EL DESARROLLO HUMANO SOC CULTURAL Y DEP ENTREGAND  </t>
+  </si>
+  <si>
+    <t>Agrupación de Artesanos y Oficios de Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003155</t>
+  </si>
+  <si>
+    <t>PAGO SUBVENCION AGRUPACION DE ARTESANOS Y OFICIOS DE ANCUD, DE ACUERDO A DECRETO N°2861, DE FECHA 04.11.2025 DE ASESORIA JURIDICA.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGRUPACION DE ARTESANOS Y OFICIOS DE ANCUD  </t>
+  </si>
+  <si>
+    <t>PAGO SALDO SUBVENCION APORTE A CLUB DEPORTIVO EL PILAR DE ANCUD, DE ACUERDO A DECRETO N°684. DE FECHA 27.02.2025 DE ASESORIA JURÍDICA.</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1108, DE FECHA 22.10.2025 Y DECRETO N° 2792, DE FECHA 27.10.2025.-</t>
+  </si>
+  <si>
+    <t>HERRERA HERRERA JOSE ADRIAN</t>
+  </si>
+  <si>
+    <t>JOSE ADRIAN</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO, DE ACUERDO A ORDEN DE PEDIDO N°1058, DE FECHA 10.10.2025 Y DECRETO N° 2792, DE FECHA 27.10.2025.-</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1109, DE FECHA 24.10.2025 Y DECRETO N° 2792, DE FECHA 27.10.2025.-</t>
+  </si>
+  <si>
+    <t>FEIJOO GUZMAN CARLOS AUGUSTO ENRIQUE</t>
+  </si>
+  <si>
+    <t>CARLOS AUGUSTO ENRIQUE</t>
+  </si>
+  <si>
+    <t>FEIJOO</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1106, DE FECHA 27.10.2025 Y DECRETO N° 2792, DE FECHA 27.10.2025.-</t>
+  </si>
+  <si>
+    <t>Conjunto Folklórico Pasión Cuequera de Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003160</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A CONJUNTO FOLCLORICO PASION CUEQUERA DE ANCUD DE ACUERDO A DECRETO N°2890 DE 06.11.2025</t>
+  </si>
+  <si>
+    <t>APORTE 2025, SEGUN DECRETO ALCALDICIO NO. 2889 Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t>Club Deportivo Pudeto</t>
+  </si>
+  <si>
+    <t>2152401999003093</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A CLUB DEPORTIVO PUDETO DE ACUERDO A DECRETO N°2887 DE FECHA 05.11.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DEPORTIVO PUDETO DE ANCUD  </t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS  CORRESPONDIENTE A PROGRAMA DE SALUD, ORD. NO. 600 DEL 05.11.2025.-</t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMA DE SALUD, ORD. NO. 601 DEL 05.11.2025.-</t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMAS DE SALUD, ORD. NO. 599 DEL 05.11.2025.-</t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMA DE SALUD, SEGUN ORD. NO. 606 DEL 07.11.2025.-</t>
+  </si>
+  <si>
+    <t>L DIA DEL FUNCIONARIO MUNICIPAL AÑO 2025 QUE SE DESARROLLARA EL DIA 28 DE COTUBRE DE 2025.O.P.30 PERSONALSE CANCELA FACTURA N° 1818 FECHA 20-10-2025 DE COMERCIAL JAIME FRANCISCO ASMUSSEN CHALES E.I.R.L PARA LA DIRECCION DE CONT. PPTO Y PERSONAL PARA CEREMONIA OFICIAL DE RECONOCIMIETNO POR AÑOS DE SERVICIOS DEL PERSONAL MUNICIPAL EN EL MARCO DE CELEBRACION DE</t>
+  </si>
+  <si>
+    <t>SE CANCELA FACTURA N° 1 FECHA 30-10-2025 DE COMERCIAL COLIBRI SPAPARA LA DIRECCION DE DIDECO PARA FAMILIAS DE LA COMUNA DE ANCUD QUE SE ENCUENTREN EN SITUACION DE NECESIDAD MANIFIESTA.o.p.n. 1064 dideco CANASTAS DE ALIMENTOS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMERCIAL COLIBRI SPA  </t>
+  </si>
+  <si>
+    <t>SE CANCELA FACTURA N° 174188 FECHA 05-11-2025 DE SOC. COMERCIAL DIMASUR LTDA. PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA INGRID SOTO BOHLE RUT 14591222-9 DOMICILIADA EN EL SECTOR RURAL DE BUTAMANGA COMUNA DE ANCUD.O.P.N. 1086 DIDECO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA ELVA BARCENAS AGUILA DE ACUERDO A DECRETO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>BARCENAS AGUILA ELVA JUDITH</t>
+  </si>
+  <si>
+    <t>ELVA JUDITH</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARIA BARRIA ALTAMIRANO DE ACUERDO A DECRETO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>BARRIA ALTAMIRANO MARIA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A SOÑA CAROLINA DE LOURDES SOTO DELGADO DE ACUERDO A DECRETO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>SOTO DELGADO CAROLINA DE LOURDE</t>
+  </si>
+  <si>
+    <t>CAROLINA DE LOURDE</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON JORGE CURUMILLA MARICAHUIN DE ACUERDO A DECRETO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>CURUMILLA MARICAHUIN JORGE ALEJANDRO</t>
+  </si>
+  <si>
+    <t>JORGE ALEJANDRO</t>
+  </si>
+  <si>
+    <t>MARICAHUIN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON JOSE CHALES BELQUEN DE ACUERDO A DECRETO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>CHALES BELQUEN JOSE JAIME</t>
+  </si>
+  <si>
+    <t>CHALES</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA INGRID DEL PILAR ABURTO CARDENAS DE ACUERDO A DECRETO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>ABURTO CARDENAS INGRID DEL PILA</t>
+  </si>
+  <si>
+    <t>INGRID DEL PILA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA PAOLA ALVARADO SOTO DE ACUERDO A DECRETO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>ALVARADO SOTO PAOLA ELIZABETH</t>
+  </si>
+  <si>
+    <t>PAOLA ELIZABETH</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON ERWIN ALEJANDRO CARCAMO OYARZO DE ACUERDO A DECRETO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>CARCAMO OYARZO ERWIN ALEJANDRO</t>
+  </si>
+  <si>
+    <t>ERWIN ALEJANDRO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARIA ANA DEL CARMEN ASTORGA GAMIN DE ACUERDO A DECRETO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON JOSE RAUL NAVARRO ALARCON DE ACUERDO A DECRETO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>NAVARRO ALARCON JOSE RAUL</t>
+  </si>
+  <si>
+    <t>JOSE RAUL</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA TERESA SERON CARDENAS DE ACUERDO A DECRETO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA CAROL MARCELA SALDIVIA ASTROGA DE ACUERDO A DECRETO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>SALDIVIA ASTORGA CAROL MARCELA</t>
+  </si>
+  <si>
+    <t>CAROL MARCELA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA BLANCA VILLARROEL AMPUERO DE ACUERDO A DECRETO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>VILLARROEL AMPUERO BLANCA YOLANDA</t>
+  </si>
+  <si>
+    <t>BLANCA YOLANDA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA ELIANA MARIN CARO DE ACUERDO A DECRERTO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>MARIN CARO ELIANA MIRZA</t>
+  </si>
+  <si>
+    <t>ELIANA MIRZA</t>
+  </si>
+  <si>
+    <t>MARIN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA KARIN REMOLCOY REMOLCOY DE ACUERDO A DECRETO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DON RUBEN ALVAREZ BORQUEZ DE ACUERDO A DECRETO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>ALVAREZ BORQUEZ RUBEN MARCOS</t>
+  </si>
+  <si>
+    <t>RUBEN MARCOS</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA NANCY SALAZAR FUENTEALBA DE ACUERDO A DECRETO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>SALAZAR FUENTELABA NANCY RUTH</t>
+  </si>
+  <si>
+    <t>NANCY RUTH</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARIA GAJARDO BARRIA DE ACUERDO A DECRETO N°2917 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t>GAJARDO BARRIA MARIA VIRGINIA</t>
+  </si>
+  <si>
+    <t>MARIA VIRGINIA</t>
+  </si>
+  <si>
+    <t>PRAIS Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003123</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 2939 DEL 11.11.2025 Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGRUPACION DE USUARIOS PRAIS ANCUD  </t>
+  </si>
+  <si>
+    <t>Escuela de Fútbol Libertad de Manao</t>
+  </si>
+  <si>
+    <t>2152401999003161</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025,  SEGUN DECRETO ALCALDICIO NO. 2970 DEL 13.11.2025.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ESCUELA DE FUTBOL LIBERTAD DE CHACAO  </t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMAS DE SALUD, DE ACUERDO A LO SOLICITADO EN ORD N°614 DE CORPORACION MUNICIPAL: 
+ESTRATEGIA DE INTERVENCION DE URGENCIA EN ATENCION PRIMARIA (SUR) 
+CECOSF 
+ACOMPAÑAMIENTO PSICOSOCIAL</t>
+  </si>
+  <si>
+    <t>Comité Agua Potable Rural Pilluco</t>
+  </si>
+  <si>
+    <t>2152401999003131</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION COMITE DE AGUA POTABLE  RURAL PILLUCO DE ACUERDO A DECRETO N°2919 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMITE DE AGUA POTABLE RURAL DE PILLUCO  </t>
+  </si>
+  <si>
+    <t>CANCELA BECAS DEPORTIVAS 2025 DE ACUERDO A DECRETO N°2902 DE FECHA 06.11.2025 DE DIRECCIÓN DE DESARROLLO COMUNITARIO. 
+SE ADJUNTA INFORMACION PARA PAGO MEDIANTE TRANSFERENCIA BANCARIA.</t>
+  </si>
+  <si>
+    <t>Club Deportivo Seminario de Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003136</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "CLUB ATLETICO SEMINARIO DE ANCUD" DE ACUERDO A DECRETO N°2976 DE 13.11.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DEPORTIVO ATLETICO SEMINARIO  </t>
+  </si>
+  <si>
+    <t>Damas de Blanco</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152401006005   </t>
+  </si>
+  <si>
+    <t>CANCELA SUBVNECION "FUNDACION DAMAS DE BLANCO" DE ACUERDO A DECRETO N°2974 DE 13.11.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FUNDACION DAMAS DE BLANCO, FILIAL ANCUD  </t>
+  </si>
+  <si>
+    <t>Ancud Rollers</t>
+  </si>
+  <si>
+    <t>2152401999003099</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "CLUB DEPORTIVO SOCIAL JUVENIL Y CULTUTAL ANCUD ROLLERS DE ACUERDO A DECRETO N°2975 DE 13.11.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DEPORTIVO SOCIAL JUVENIL Y CULTURAL ANCUD ROLLERS  </t>
+  </si>
+  <si>
+    <t>Capilla Nazareno Butamanga</t>
+  </si>
+  <si>
+    <t>2152401999003101</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A COMITE PRO CAPILLA JESUS NAZARENO  DE ACUERDO A DECRETO N°2918 DE 10.11.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMITE PRO CAPILLA JESUS NAZARENO  </t>
+  </si>
+  <si>
+    <t>Comunidad Indígena Pehuenche Newen Mapu</t>
+  </si>
+  <si>
+    <t>2152401999003159</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, DECRETO ALCALDICIO NO.2992 DEL 14 DE NOVIEMBRE 2025 Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t>A Servicio Registro Civil e Identificación</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152403099003   </t>
+  </si>
+  <si>
+    <t>CANCELACION  CONVENIO DE CONECTIVIDAD DEL SRCEI, SEGUN ORD. NO. 44 DE FECHA 20 DE OCTUBRE 2025.- Y ORD. 1876 DEL 16.10.2025 DEL SERVICIO REGISTRO CIVIL E IDENTIFICACION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SERVICIO DE REGISTRO CIVIL E IDENTIFICACION  </t>
+  </si>
+  <si>
+    <t>Sindicato de Pescadores de Quilo</t>
+  </si>
+  <si>
+    <t>2152401999003112</t>
+  </si>
+  <si>
+    <t>PAGO APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO  2997 DE FECHA  17.11.2025, Y CONVENIO DE SUBVENCIONES.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SINDICATO DE TRAB. IND.BUZOS, AYUD. DE BUZO Y DUEÑO DE EMBAR  </t>
+  </si>
+  <si>
+    <t>PAGO DE ULTIMA CUOTA  SUBVENCION MUNICIPAL SEGUN DECRETO ALCALDICIO N° 453 DEL 05-02-2025</t>
+  </si>
+  <si>
+    <t>Club De Diabeticos de Ancud</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152401006012   </t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, DECRETO ALCALDICIO  NO. 2038 DE FECHA 19.11.205,  Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DE DIABETICOS ANCUD  </t>
+  </si>
+  <si>
+    <t>Agrupación de Mujeres Entre Lanas y Tradiciones de Chacao</t>
+  </si>
+  <si>
+    <t>2152401999003135</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, DECRETO ALCALDICIO NO. 3037 DEL 19.11.2025 Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LANAS Y TRADICIONES  </t>
+  </si>
+  <si>
+    <t>APORTE ANUAL 2025, SEGUN DECRETO ALCALDICIO NO, 181 DEL 15.01.2025,  Y CONVENIO DE SUBVENCION . Y DECRETO  ALCALDICIO NO. 3057 DEL 20.11.2025.-</t>
+  </si>
+  <si>
+    <t>Escuela de Basquetbol de Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003071</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025,   DECRETO ALCALDICIO NO. 3067 DE FECHA 20.11.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t>Club Deportivo de Basquetbol Femenino Magisterio de Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003152</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, DECRETO ALCALDICIO NO. 3068 DEL 20.11.2025 Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DEPORTIVO MAGISTERIO. ANCUD  </t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOLA PAULINA DELGADO CARDENAS DE ACUERDO A DECERTO N°3070 DE 21.11.2025</t>
+  </si>
+  <si>
+    <t>DELGADO CARDENAS PAULINA INGRID</t>
+  </si>
+  <si>
+    <t>PAULINA INGRID</t>
+  </si>
+  <si>
+    <t>TRASPASO  DE FONDOS CORRESPONDIENTE A PROGRAMA DE SALUD, ORD. NO. 639 DEL 21.11.2025, CORPORACION MUNICIPAL DE ANCUD.-</t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMA DE SALUD, ORD. NO. 649 DEL 25.11.2025, DE CORPORACION MUNICIPAL DE ANCUD.-</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA ANA BARRIA ALTAMIRANO DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>BARRIA ALTAMIRANO ANA DELIA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA DIOLA VILLANUEVA ALTAMIRANO DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>VILLANUEVA ALTAMIRANO DIOLA EDITH</t>
+  </si>
+  <si>
+    <t>DIOLA EDITH</t>
+  </si>
+  <si>
+    <t>VILLANUEVA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA MAKARENA SILVA BARRIA DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>SILVA BARRIA MAKARENA ANDREA</t>
+  </si>
+  <si>
+    <t>MAKARENA ANDREA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA HERMINIA REIÑANCO REIÑANCO DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>REINANCO REINANCO HERMINIA DEL CARM</t>
+  </si>
+  <si>
+    <t>HERMINIA DEL CARM</t>
+  </si>
+  <si>
+    <t>REINANCO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA ERICA GUENTELICAN ALVAREZ DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>GUENTELICAN ALVAREZ ERICA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>ERICA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA CECILIA HUAIQUIL MANSILLA DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA NATALIA OYARZUN PERANCHIGUAY DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>OYARZUN PERANCHIGUAY NATALIA DEL ROSARIO</t>
+  </si>
+  <si>
+    <t>NATALIA DEL ROSARIO</t>
+  </si>
+  <si>
+    <t>PERANCHIGUAY</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA LUZ FUENTES VILCHES DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>FUENTES VILCHES LUZ VERONICA</t>
+  </si>
+  <si>
+    <t>LUZ VERONICA</t>
+  </si>
+  <si>
+    <t>VILCHES</t>
+  </si>
+  <si>
+    <t>Club Deportivo Arco Iris de  Corona</t>
+  </si>
+  <si>
+    <t>2152401999003148</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "CLUB DEPORTIVO ARCO IRIS DE CORONA" DE ACUERDO A DECRETO N°3088 DE 24.11.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DEPORTIVO ARCO IRIS DE CORONA  </t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA IDA KNOPKE ALVARADO DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>KNOPKE ALVARADO IDA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>IDA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARIA SOTO CHODIL DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MIRTHA MALDONADO BARRIA DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>MALDONADO BARRIA MIRTA LUCIA</t>
+  </si>
+  <si>
+    <t>MIRTA LUCIA</t>
+  </si>
+  <si>
+    <t>CANCELA PLANILLA DE VIATICO N°1194 DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARIA OYARZUN VARGAS DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>OYARZUN VARGAS MARIA CRISTINA</t>
+  </si>
+  <si>
+    <t>MARIA CRISTINA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA PABLA ULE BARRIA DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>SE CANCELA FACTURA N° 1833 FECHA 03-11-2025 DE  Comercial Jaime Francisco Asmussen Chales EIRL, SEGÚN O.P. 1085 DIDECO, MATERIALES QUE SERÁN DESTINADOS COMO AYUDA SOCIAL A VECINA DE LA COMUNA CON NECESIDAD MANIFIESTA SRA. MARÍA HENAIZA RUÍZ SÁNCHEZ.</t>
+  </si>
+  <si>
+    <t>SE CANCELA FACTURA N° 1834 FECHA 03-11-2025 DE Comercial Jaime Francisco Asmussen Chales EIRL SEGÚN O.P 1072, DIDECO, POR INSUMOS DE CONSTRUCCION PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL.-</t>
+  </si>
+  <si>
+    <t>SE CANCELA FACTURA N° 1857 FECHA 14-11-2025 DE Comercial Jaime Francisco Asmussen Chales EIRL,PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL sra margarita vera mansilla rut 5469717-1 domiciliada en sector rural pudeto bajo callelos delfines 6 comuna de ancud.o.p.n. 1076 dideco</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA CATHERINE SALAZAR VARGAS DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>SALAZAR VARGAS CATERINE AURORA</t>
+  </si>
+  <si>
+    <t>CATERINE AURORA</t>
+  </si>
+  <si>
+    <t>CANCELA AAPORTE ECONOMICO A DON ERICO KNOPKE BAHAMONDE DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>KNOPKE BAHAMONDE ERICO FRANCISC</t>
+  </si>
+  <si>
+    <t>ERICO FRANCISC</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON JUAN PEREZ GUENTELICAN DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>PEREZ GUENTELICAN JUAN MANUEL</t>
+  </si>
+  <si>
+    <t>JUAN MANUEL</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA LUISA BARRIENTOS PEREZ DE ACIUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>BARRIENTOS PEREZ LUISA ESTER</t>
+  </si>
+  <si>
+    <t>LUISA ESTER</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A YESSICA MILAPICHUN GUAIQUIL DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>MILAPICHUN GUAIQUIL YESSICA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>YESSICA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA CECILIA AGUILA MIRANDA DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>AGUILA MIRANDA CECILIA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>CECILIA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARIA COMICHEO ALVAREZ DE ACUERDO A DECRETO N°3089 DE 25.11.2025</t>
+  </si>
+  <si>
+    <t>COMICHEO ALVAREZ MARIA IRELBA</t>
+  </si>
+  <si>
+    <t>MARIA IRELBA</t>
+  </si>
+  <si>
+    <t>CANCELA 2DA, 3RA Y 4TA CUOTA APORTE A DOÑA MARCELA EIGENIA CARDENAS MALDONADO DE ACUERDO  A DECRETO N°3069 DE 20.11.2025</t>
+  </si>
+  <si>
+    <t>Coro Polifónico de Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003170</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "CORO POLIFONICO DE ANCUD", DE ACUERDO A DECRETO N°3091 DE 25.11.2025.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CORO POLIFONICO DE ANCUD  </t>
+  </si>
+  <si>
+    <t>APORTE  2025, SEGUN DECRETO ALCALDICIO NO. 3115 DE FECHA 26.11.2025 Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t>ORMA NO PERMITE DESCARGAR)PAGO FACTURA N°4097, DE FECHA 12.11.2025, PARA LA DIRECCION DE DIDECO  PARA AYUDA SOCIAL SR MARCO HORACIO FLORES CEPEDA rut 9292752-0 DOMICILAIDO EN SECTOR RURAL COIPOMO COMUNA DE ANCUD, SEGUN COMPRA AGIL 2658-1526-AG25.O.P.N. 1082 (PROBLEMAS DE LA PLATAF</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°4098, DE FECHA 12.11.2025, SEGUN Orden de Compra codigo: 2658-1517-AG25 dirigida a OSCAR EDUARDO GOYE CASTILLO SEGÚN O.P 1081, DIDECO, POR MATERIALES DE CONSTRUCCIÓN LO SOLICITADO ANTERIORMENTE SERA UTILIZADO COMO AYUDA SOCIAL GESTIONADO POR DIRECCIÓN DE DESARROLLO COMUNITARIO.-</t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS  CORRESPONDIENTE A PER CAPITA MES DE NOVIEMBRE 2025.- Y  LEYES MES DE NOVIEMBRE, ORD.NO.644- 645  DEL 24.11.2025, CORPORACION MUNICIPAL DE ANCUD.-</t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS  PROGRAMA DE SALUD SEGUN ORD. NO. 652 DEL 27.11.2025, CORPORACION MUNICIPAL</t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMA DE SALUD, ORD. NO. 654 DEL 28.11.2025, CORPOR.MUNICIPAL DE EDUCACION .-</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°174967, DE FECHA 18.11.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA MARIA ROSELIA CARDENAS SOTO RUT 7136140-3 DOMICILIADA EN MIRADOR DEL GOLFO NRO. 16 COMUNA DE ANCUD.O.P.N. 1136 DIDECO</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N° 174969, DE FECHA 18.11.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA YORKA NATALIE VELASQUEZ ASENCIO RUT 20276688-9 DOMICILIADA EN BELLAVISTA 2 CAPITAN GARCIA NRO. 850 COMUNA DE ANCUD.O.P.N. 1142 DIDECO</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°174968, DE FECHA 18.11.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL  SRA CRALA ANDREA TORO NARVAEZ RUT 13445931-K DOMICILIDA AEN SAN MARTIN 1707 COMUNA DE ANCUD.O.P.N. 1141 DIDECO</t>
+  </si>
+  <si>
+    <t>PAGO MULTA LEY DE ALCOHOLES MES DE NOVIEMBRE 2025, SEGUN LIBRO MAYOR  DE FECHA  01.11.2025 AL 30.11.2025.-</t>
+  </si>
+  <si>
+    <t>PAGO FONDO COMUN  MES DE  NOVIEMBRE DE  2025, SEGUN RESUMEN DE INGRESOS PERCIBIDOS ENTRE EL  01 DE NOVIEMBRE 2025 Y EL 30 DE NOVIEMBRE 2025.-</t>
+  </si>
+  <si>
+    <t>-CANCELA TRASPASO DE FONDOS A CORPORACION MUNICIPAL CORRESPONDIENTE A BONO TRATO USUARIO 2025 DE ACUERDO A LO SOLICITADO MEDIANTE ORD. N°665 DE 02.12.2025. 
+TRANSFERIR A CTA CTE BANCO ESTADO 83100131661 SEGUN INDICADO EN ORD. N°665 DE SECRETARIO GENERAL.</t>
+  </si>
+  <si>
+    <t>CANCELA  TRASPASO DE FONDOS A COPRORACION MUNICIPAL FONDOS CUIDADOS PALIATIVOS UNIVERSALES DE ACUERDO A ORD. N°666 DE 02.12.2025 
+TRANSFERIR A CTA CTE BANCO ESTADO 83100131679 PRAPS APS SALUD</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA MARIA FERNANDA AGUILERA GALINDO DE ACUERDO A DECRETO N°3116 DE 27.11.2025</t>
+  </si>
+  <si>
+    <t>AGUILERA GALINDO MARIA FERNANDA</t>
+  </si>
+  <si>
+    <t>Asociación de Pequeños Agricultores de Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003167</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A ASOCIACION GREMIAL DE PEQUEÑOS AGRICULTORES DE CHILOE DE ACUERDO A DECRETO N°3163 DE 02.12.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASOC.PEQUENOS AGRICULTORES CHILOE  </t>
+  </si>
+  <si>
+    <t>CANCELA VALORES PERCIBIDOS POR CONCEPTO DE RMNP PERIODO ENTRE 01 A 31 OCTUBRE 2025 DE ACUERDO A CERTIFICADO N°21 DE TESORERA MUNICIPAL.-</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION CORPORACION MUNICIPAL PARA PAGO  CAUSAS LABORALES DE ACUERDO A DECRETO N°3191 DE 04.12.2025 DE ASESORIA JURIDICA</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A CORPORACION MUNICIPAL CORRESPONDIENTE A PAGO PERSONAL NO RECONOCIDO POR ADMINISTRADOR PROVISIONAL</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°1858 DE 17.11.2025, INSUMOS QUE SERÁN UTILIZADOS CON EL FIN DE SER ENTREGADOS COMO PREMIO ANTE EL DESARROLLO DE LOS 2 CONCURSOS DE FOTOGRAFÍA DE LA FIESTA DEL AGRO 2025, COMO ESTRATEGIA DE PUBLICIDAD DEL EVENTO.</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1218, DE FECHA 28.11.2025, DECRETO ALCALDICIO N° 3218, DE FECHA 05.12.2025, DIDECO.-</t>
+  </si>
+  <si>
+    <t>YEVENES YAÑEZ CRISTINA ISABEL</t>
+  </si>
+  <si>
+    <t>CRISTINA ISABEL</t>
+  </si>
+  <si>
+    <t>YEVENES</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1165, DE FECHA 17.11.2025, DECRETO ALCALDICIO N° 3218, DE FECHA 05.12.2025, DIDECO.-</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1223, DE FECHA 20.11.2025, DECRETO ALCALDICIO N° 3218, DE FECHA 05.12.2025, DIDECO.-</t>
+  </si>
+  <si>
+    <t>OSORIO CARDENAS CARLA ALEJANDRA</t>
+  </si>
+  <si>
+    <t>CARLA ALEJANDRA</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1214, DE FECHA 25.11.2025, DECRETO ALCALDICIO N° 3218, DE FECHA 05.12.2025, DIDECO.-</t>
+  </si>
+  <si>
+    <t>AMPUERO GALINDO RAUL TOMAS</t>
+  </si>
+  <si>
+    <t>RAUL TOMAS</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1233, DE FECHA 02.12.2025, DECRETO ALCALDICIO N° 3218, DE FECHA 05.12.2025, DIDECO.-</t>
+  </si>
+  <si>
+    <t>SUAZO SANTANA JUAN ANTONIO</t>
+  </si>
+  <si>
+    <t>JUAN ANTONIO</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1216, DE FECHA 28.11.2025, DECRETO ALCALDICIO N° 3218, DE FECHA 05.12.2025, DIDECO.-</t>
+  </si>
+  <si>
+    <t>DELGADO BARRIENTOS MONICA LUZ</t>
+  </si>
+  <si>
+    <t>MONICA LUZ</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1246, DE FECHA 02.12.2025, DECRETO ALCALDICIO N° 3218, DE FECHA 05.12.2025, DIDECO.-</t>
+  </si>
+  <si>
+    <t>GUENTELICAN ALVAREZ MARIA IRMA</t>
+  </si>
+  <si>
+    <t>MARIA IRMA</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1237, DE FECHA 01.12.2025, DECRETO ALCALDICIO N° 3218, DE FECHA 05.12.2025, DIDECO.-</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1232, DE FECHA 02.12.2025, DECRETO ALCALDICIO N° 3218, DE FECHA 05.12.2025, DIDECO.-</t>
+  </si>
+  <si>
+    <t>SILVA MANSILLA DANILO JAVIER</t>
+  </si>
+  <si>
+    <t>DANILO JAVIER</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1239, DE FECHA 02.12.2025, DECRETO ALCALDICIO N° 3218, DE FECHA 05.12.2025, DIDECO.-</t>
+  </si>
+  <si>
+    <t>ALTAMIRANO ALTAMIRANO ANTONIO</t>
+  </si>
+  <si>
+    <t>ANTONIO</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1238, DE FECHA 01.12.2025, DECRETO ALCALDICIO N° 3218, DE FECHA 05.12.2025, DIDECO.-</t>
+  </si>
+  <si>
+    <t>SANTANA VARGAS SILVIA DEL CARM</t>
+  </si>
+  <si>
+    <t>SILVIA DEL CARM</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1236, DE FECHA 02.12.2025, DECRETO ALCALDICIO N° 3218, DE FECHA 05.12.2025, DIDECO.-</t>
+  </si>
+  <si>
+    <t>CAIMAPO SANTANA CLAUDIO PATRICIO</t>
+  </si>
+  <si>
+    <t>CLAUDIO PATRICIO</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1235, DE FECHA 02.12.2025, DECRETO ALCALDICIO N° 3218, DE FECHA 05.12.2025, DIDECO.-</t>
+  </si>
+  <si>
+    <t>GARCIA BALLE RUBEN</t>
+  </si>
+  <si>
+    <t>RUBEN</t>
+  </si>
+  <si>
+    <t>BALLE</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1213, DE FECHA 24.11.2025, DECRETO ALCALDICIO N° 3218, DE FECHA 05.12.2025, DIDECO.-</t>
+  </si>
+  <si>
+    <t>ARRIAGADA CARIPAN MARITZA MARIBEL</t>
+  </si>
+  <si>
+    <t>MARITZA MARIBEL</t>
+  </si>
+  <si>
+    <t>ARRIAGADA</t>
+  </si>
+  <si>
+    <t>CARIPAN</t>
+  </si>
+  <si>
+    <t>CANCELA VALORES PERCIBIDOS POR CONCEPTO DE RMNP, PERIODO 01 A 31 OCTUBRE 2025 DE ACUERDO A CERTIFICADO N°22 DE TESORERA MUNICIPAL</t>
+  </si>
+  <si>
+    <t>Centro de Padres y Apoderados Escuela San Miguelde Coñimo</t>
+  </si>
+  <si>
+    <t>2152401999003146</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 3237 DEL 09.12.2025 Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CENTRO DE PADRES Y APODER. ESC.SAN MIGUEL DE COÑIMO  </t>
+  </si>
+  <si>
+    <t>Fundación Huellas Sin Hogar</t>
+  </si>
+  <si>
+    <t>2152401999003035</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 3236 DEL 09.12.2025,  Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FUNDACION HUELLAS SIN HOGAR  </t>
+  </si>
+  <si>
+    <t>SE CANCELA FACTURA N° 1869 FECHA 21-11-2025 DE  Comercial Jaime Francisco Asmussen Chales EIRL, SEGÚN O.P. 248 DITUFOP, MATERIALES QUE SERÁN UTILIZADOS CON EL FIN DE SER ENTREGADOS COMO PREMIO ANTE EL DESARROLLO DE LOS CONCURSO DE DIBUJO INFANTIL DE LAFIESTA DEL AGRO 2025, COMO ESTRATEGIA DE PUBLICIDAD DEL EVENTO.</t>
+  </si>
+  <si>
+    <t>SE CANCELA FACTURA N° 835 FECHA 28-11-2025 DE COMERCIAL JANET CAROLINA SALDIVIA NENEN SPA O.P 1222 , DIDECO, POR COPAS DE PREMIACIÓN PARA LIGA DEPORTIVA ESCOLAR ORGANIZADA POR LA OFICINA DE DEPORTES.-</t>
+  </si>
+  <si>
+    <t>1177 DIDECOSE CANCELA FACTURA N° 175903 FECHA 04-12-2025 DE SOC. COMERCIAL DIMASUR LTDA.PARA LA DIRECCION DE DIDECO  PARA AYUDA SOCIAL SRA NBELLY DEL CARMEN PEREZ BARRIA RUT 12105769-7 DOMCIILIADA EN CALLE CLOTARIO BLEST 23 POBLACION 1 DE MAYO COMUNA DE ANCUD.O.P.N.</t>
+  </si>
+  <si>
+    <t>140  DIDECOSE CANCELA FACTURA N° 412 FECHA 25-11-2025 DE SOCIEDAD DE INVERSIONES ALTOS DE COQUIAO SPA, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA YARITZA NAHIARETT MANCILLA YAÑEX RUT 17297894-5 DOMICILIADA EN SECTOR RURAL AGUAS BUENAS COMUNA DE ANCUD O.P.N. 1</t>
+  </si>
+  <si>
+    <t>P.N. 1123 DIDECOSE CANCELA FACTURA N° 425 FECHA 02-12-2025 DE  SOCIEDAD DE INVERSIONES ALTOS DE COQUIAO SPA, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA YOLANDA IRENE GOMEZ TRIVIÑO RUT 7403714-3 DOMICILIADA EN BELLAVISTA 3 AV. CIRCUNVALACION 1190 COMUNA DE ANCUD.O.</t>
+  </si>
+  <si>
+    <t>SE CANCELA FACTURA N° 411 FECHA 25-11-2025  SOCIEDAD DE INVERSIONES ALTOS DE COQUIAO SPA, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR VICTOR HUGO PAILLALEVE COYOPAE RUT 14292319-K DOMICILIADO EN CAICUMEO 1300 COMUNA DE ANCUD O.P.N. 1105 DIDECO</t>
+  </si>
+  <si>
+    <t>DIDECOSE CANCELA FACTURA N° 418 FECHA 25-11-2025  SOCIEDAD DE INVERSIONES ALTOS DE COQUIAO SPA, PARA LA DIRECCION DE DIDECOM PARA AYUDA SOCIAL SRA MARIA VALENTINA GONZALEZ PILLANCAR RUT 5692198-2 DOMICILIADA ENRODOLFO SCHULBACH 1403 COMUNA DE ANCUD.O.P.N. 1107</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE A DOÑA VERONICA MARGARITA MORALES URBINA DE ACUERDO A DECRETO N°3233 DE 09.12.2025</t>
+  </si>
+  <si>
+    <t>MORALES URBINA VERONICA MARGARITA</t>
+  </si>
+  <si>
+    <t>VERONICA MARGARITA</t>
+  </si>
+  <si>
+    <t>URBINA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA ERICA MARISOL CALISTRO VALDERAS DE ACUERDO A DECRETO N°3218 DE 05.12.2025</t>
+  </si>
+  <si>
+    <t>CALISTRO VALDERA ERICA MARISOL</t>
+  </si>
+  <si>
+    <t>ERICA MARISOL</t>
+  </si>
+  <si>
+    <t>CALISTRO</t>
+  </si>
+  <si>
+    <t>VALDERA</t>
+  </si>
+  <si>
+    <t>Grupo Guías y Scout Atlante</t>
+  </si>
+  <si>
+    <t>2152401999003169</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "AGRUPACION JUVENIL SCOUT ATLANTE" DE ACUERDO A DECRETO N°3252 DE 11.12.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGRUPACION JUVENIL SCOUT ATLANTE  </t>
+  </si>
+  <si>
+    <t>Expo Emprendedores Chiloé</t>
+  </si>
+  <si>
+    <t>2152401999003168</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO 3272 DE FECHA 12.12.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGRUPACION EXPO EMPRENDEDORES CHILOE  </t>
+  </si>
+  <si>
+    <t>Recorriendo Culturas Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003088</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025,  SEGUN DECRETO ALCALDICIO NO. 3285 DEL 15.12.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGRUPACION  FOLCLORICA RECORRIENDO CULTURAS  </t>
+  </si>
+  <si>
+    <t>Defensa Civil de Chile</t>
+  </si>
+  <si>
+    <t>2152401999003016</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, DECRETO ALCALDICIO NO. 3307 DEL 16.12.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEFENSA CIVIL DE CHILE  </t>
+  </si>
+  <si>
+    <t>Agrupación Costumbrista Guapilacuy y Faro Corona de Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003184</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A AGRUPACION  COSTUMBRISTA GUAPILACUY FARO CORONA DE ACUERDO A DECRETO N°3288 DE 15.12.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AG. COSTUMBRISTA GUAPILACUY FARO CORONA  ANCUD  </t>
+  </si>
+  <si>
+    <t>6 COMUNA DE ANCUD.O.P.N. 1187 DIDECOPAGO FACTURA N°4224, DE FECHA 09.12.2025, SEGUN Orden de Compra codigo: 2658-1618-AG25 dirigida a OSCAR EDUARDO GOYE CASTILLO, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA ROSALIA DIAZ DIAZ RUT 8183590-3 DOMICILIADA EN POBLACION BONILLA CALLE 2 CASA</t>
+  </si>
+  <si>
+    <t>ANCUD O.P.N. 1125 DIDECOPAGO FACTURA N°4228, DE FECHA 09.12.2025, SEGUN Orden de Compra codigo: 2658-1627-AG25 dirigida a OSCAR EDUARDO GOYE CASTILLO, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR CRALOS BARRIA BARRIA RUT 10874177-5 DOMICILIADO EN CALLE EL JARDIN 85 COMUNA DE</t>
+  </si>
+  <si>
+    <t>ISLA MAGICA ANCUD.O.P.1178 Y SR JUAN MARILICAN PILLACARE RUT 6456789-6 DOMICILIADO EN SECTOR PUPELDE PLAYA COMUNA DE ANCUD.O.P.N. 1164 DIDECOPAGO FACTURA N°4227, DE FECHA 09.12.2025, SEGUN Orden de Compra codigo: 2658-1698-AG25 dirigida a OSCAR EDUARDO GOYE CASTILLO, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL PARA  SRA EUGENIA HERNANDEZ BARRIA RUT 6538319-5 DOMICILAIDO EN RIO ABTAO 4 VILAL</t>
+  </si>
+  <si>
+    <t>CON NECESIDADES MANIFIESTAS DE NUESTRA COMUNA.PAGO FACTURA N°4226, DE FECHA 09.12.2025, SEGUN Orden de Compra codigo: 2658-1695-AG25 dirigida a OSCAR EDUARDO GOYE CASTILLO, SEGÚN O.P. 1171 DIDECO, MATERIALES QUE SERÁN UTILIZADOS COMO AYUDA SOCIAL A SRA. UBERLINDADEL ROSARIO GUIDIPANI ÁLVAREZ, VECINA</t>
+  </si>
+  <si>
+    <t>A 61 COMUNA DE ANCUD.O.P.N. 1201 DIDECOPAGO FACTURA N° 4225, DE FECHA 09.12.2025, SEGUN Orden de Compra codigo: 2658-1696-AG25 dirigida a OSCAR EDUARDO GOYE CASTILLO, PARA LA DIRECCION DE DIEECO PARA AYUDA SOCIAL ISABEL NARFA TREYES HERNANDEZ RUT 8067112-1 DOMICILIADA EN PASAJE FELIPE CAMIROAG</t>
+  </si>
+  <si>
+    <t>NUESTRA COMUNA, SRA. LUZ ELIANA MEZA RAMIREZ.PAGO FACTURA N°1890, DE FECHA 04.12.2025, SEGUN Orden de Compra codigo: 2658-1693-AG25 dirigida a Comercial Jaime Francisco Asmussen Chales EIRL, SEGÚN O.P. 1175 DIDECO, MATERIALES QUE SERÁN UTILIZADO COMO AYUDA SOCIAL A VECINA CON NECESIDAD MANIFIESTA DE</t>
+  </si>
+  <si>
+    <t>DE PUNTA CHILEN COMUNA DE ANCUD.O.P.N. 1182 DIDECOPAGO FACTURA N°430, DE FECHA 05.12.2025, SEGUN Orden de Compra codigo: 2658-1697-AG25 dirigida a SOCIEDAD DE INVERSIONES ALTOS DE COQUIAO SPA, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA INES DELGADO DIAZ RUT 8140050-4 DOMICILIADA EN EL SECTOR RURAL</t>
+  </si>
+  <si>
+    <t>Jueguetes de Navidad</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152401008001   </t>
+  </si>
+  <si>
+    <t>PAGO  FACTURA N° 273, DE FECHA 10.12.2025, SEGUNPARA LA DIRECCION DE DIDECO  ORGANIZACIONES COMUNITARIAS PARA ADQUIRIR JUGUETES PARA HACER ENTREGA A LOS NIÑOS DE LA COMUNA DE ANCUD EN LA NAVIDAD 2025.O.P.N. 986 DIDECO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IMPORTADORA PERROT ROSENBERG SPA  </t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMA DE SALUD, SEGUN ORD. NO. 690 DEL 16.12.2025,  CORP.MUNICIPAL</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 3325 DEL 17.12.2025, CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t>Comité de Agua Potable Rural de Pupelde</t>
+  </si>
+  <si>
+    <t>2152401999003178</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 3329 DE FECHA 17.12.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMITE DE  AGUA POTABLE RURAL  PUPELDE BAJO LA PLAYA  </t>
+  </si>
+  <si>
+    <t>Junta de Vecinos Isla Mágica</t>
+  </si>
+  <si>
+    <t>2152401999003094</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A JUNTA DE VECINOS ISLA MAGICA DE ACUERDO A DECRETO N°3271 DE 12.12.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JUNTA DE VECINOS ISLA MAGICA  </t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1295, DE FECHA 16.12.2025 Y DECRETO N°3299, DE FECHA 16.12.2025.-</t>
+  </si>
+  <si>
+    <t>OYARZO GUINEO JUAN PABLO</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1278, DE FECHA 10.12.2025 Y DECRETO N°3299, DE FECHA 16.12.2025.-</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1277, DE FECHA 10.12.2025 Y DECRETO N°3299, DE FECHA 16.12.2025.-</t>
+  </si>
+  <si>
+    <t>LILLO GALLARDO MIRTA BETTY</t>
+  </si>
+  <si>
+    <t>MIRTA BETTY</t>
+  </si>
+  <si>
+    <t>LILLO</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1273, DE FECHA 10.12.2025 Y DECRETO N°3299, DE FECHA 16.12.2025.-</t>
+  </si>
+  <si>
+    <t>DIAZ REYES ESCARLETT ANGELICA</t>
+  </si>
+  <si>
+    <t>ESCARLETT ANGELICA</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1256, DE FECHA 03.12.2025 Y DECRETO N°3299, DE FECHA 16.12.2025.-</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1293, DE FECHA 15.12.2025 Y DECRETO N°3299, DE FECHA 16.12.2025.-</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1274, DE FECHA 10.12.2025 Y DECRETO N°3299, DE FECHA 16.12.2025.-</t>
+  </si>
+  <si>
+    <t>GUZMAN GUZMAN MARIGEN ANTONIETA</t>
+  </si>
+  <si>
+    <t>MARIGEN ANTONIETA</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1275, DE FECHA 10.12.2025 Y DECRETO N°3299, DE FECHA 16.12.2025.-</t>
+  </si>
+  <si>
+    <t>BAHAMONDE ROGEL CARLOS ALBERTO</t>
+  </si>
+  <si>
+    <t>CARLOS ALBERTO</t>
+  </si>
+  <si>
+    <t>ROGEL</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1289, DE FECHA 11.12.2025 Y DECRETO N°3299, DE FECHA 16.12.2025.-</t>
+  </si>
+  <si>
+    <t>MANSILLA MANSILLA MARIA CRISTINA</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1286, DE FECHA 11.12.2025 Y DECRETO N°3299, DE FECHA 16.12.2025.-</t>
+  </si>
+  <si>
+    <t>GUALA RIVERA SEGUNDO PATRICIO</t>
+  </si>
+  <si>
+    <t>SEGUNDO PATRICIO</t>
+  </si>
+  <si>
+    <t>GUALA</t>
+  </si>
+  <si>
+    <t>RIVERA</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1285, DE FECHA 11.12.2025 Y DECRETO N°3299, DE FECHA 16.12.2025.-</t>
+  </si>
+  <si>
+    <t>OLIVA FERNANDEZ GERMAN HUMBERTO</t>
+  </si>
+  <si>
+    <t>GERMAN HUMBERTO</t>
+  </si>
+  <si>
+    <t>OLIVA</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1288, DE FECHA 11.12.2025 Y DECRETO N°3299, DE FECHA 16.12.2025.-</t>
+  </si>
+  <si>
+    <t>MANSILLA BARRIA WILIBALDO SEGUNDO</t>
+  </si>
+  <si>
+    <t>WILIBALDO SEGUNDO</t>
+  </si>
+  <si>
+    <t>Club Cultural y Musical El Despertar Orfeón Instrumental</t>
+  </si>
+  <si>
+    <t>2152401999003017</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 3327 DEL 17.11.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB CULTURAL Y MUSICAL "EL DESPERTAR" - ORFEON INSTRUMENTAL  </t>
+  </si>
+  <si>
+    <t>Club Atlético Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003172</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 3296 DEL 15.12.2025, Y CONVENIO DE SUBVENCION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB ATLETICO ANCUD  </t>
+  </si>
+  <si>
+    <t>TRASPASO  DE FONDOS CORRESPONDIENTE A PROGRAMS DE SALUDSEGUN ORD NO. 694 DEL 17.12.2025, CORPOR.MUNICIPAL.-</t>
+  </si>
+  <si>
+    <t>Centro de Padres Punta Chilen</t>
+  </si>
+  <si>
+    <t>2152401999003127</t>
+  </si>
+  <si>
+    <t>PAGO APORTE AÑO 2025, SEGUN DECRETO NO. 3330 DEL 17.12.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CENTRO GRAL.DE PADRES Y APOD.ESCUELA DE PUNTA CHILEN  </t>
+  </si>
+  <si>
+    <t>Agrupación Cultural Centro Femenino Austral 78 de Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003173</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO. 3328 DEL 17.12.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGRUPACION CULTURAL CENTRO FEMENINO AUSTRAL 78 ANCUD  </t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMAS DE SALUD, SEGUN ORD. NO. 698 DEL 18.12.2025, CORPO.MUNICIPAL</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1257, DE FECHA 04.12.2025 Y DECRETO N°3299, DE FECHA 16.12.2025.-</t>
+  </si>
+  <si>
+    <t>GONZALEZ BARRIA MARILYN DENISSE</t>
+  </si>
+  <si>
+    <t>MARILYN DENISSE</t>
+  </si>
+  <si>
+    <t>APORTE ECONOMICO DE ACUERDO A ORDEN DE PEDIDO N°1287, DE FECHA 11.12.2025 Y DECRETO N°3299, DE FECHA 16.12.2025.-</t>
+  </si>
+  <si>
+    <t>2152401999003037</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "CLUB DEPORTIVO OSACR BONILLA" DE ACUERDO A DECRETO N°3341 DE 18.12.2025 DE ASESORIA JURIDICA</t>
+  </si>
+  <si>
+    <t>Club Atlético Traukitos</t>
+  </si>
+  <si>
+    <t>2152401999003183</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A CLUB ATLETICO TRAUKITOS DE ACUERDO A DECRETO N°3340 DE 18.12.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB ATLETICO TRAUKITOS  </t>
+  </si>
+  <si>
+    <t>CANCEL APORTE ECONOMICO A DOÑA ROSA  DEL CARMEN SANTANA SANTANA DE ACUERDO A DECRETO N°3218 DE 05.12.2025</t>
+  </si>
+  <si>
+    <t>SANTANA SANTANA ROSA DEL CARMEN</t>
+  </si>
+  <si>
+    <t>PAGO BECAS DE DEPORTIVAS, SEGUN DECRETO ALCALDICIO NO. 3323 DEL 17.12.2025, 3319 DEL 16.12.2025, ORD. NO. 559 DEL 18.12.2025.-</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA SANDRA ANDREA ORTEGA ORTIZ DE ACUERDO A DECRETO N°3345 DE 18.12.2025</t>
+  </si>
+  <si>
+    <t>ORTEGA ORTIZ SANDRA ANDREA</t>
+  </si>
+  <si>
+    <t>SANDRA ANDREA</t>
+  </si>
+  <si>
+    <t>ORTEGA</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO  A DOÑA MARIA ELISABET SOTO NAUTO DE ACUERDO A DECRETO N°3345 DE 18.12.2025</t>
+  </si>
+  <si>
+    <t>SOTO NAUTO MARIA ELIZABET</t>
+  </si>
+  <si>
+    <t>MARIA ELIZABET</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA SILVIA EDITH AMPUERO SALDIVIA DE ACUERDO A DECRETO N°3345 DE 18.12.2025</t>
+  </si>
+  <si>
+    <t>AMPUERO SALDIVIA SILVIA EDITH</t>
+  </si>
+  <si>
+    <t>SILVIA EDITH</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA JUDITH NATALY SANCGEZ ALVARADO DE ACUERDO A DECRETO N°3345 DE 18.12.2025</t>
+  </si>
+  <si>
+    <t>SANCHEZ ALVARADO JUDITH NATALY</t>
+  </si>
+  <si>
+    <t>JUDITH NATALY</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON JORGE ALJANDRO RAMIRES ARRUE DE ACUERDO A DECRETO N°3345 DE 18.12.2025</t>
+  </si>
+  <si>
+    <t>RAMIREZ ARRUE JORGE ALEJANDRO</t>
+  </si>
+  <si>
+    <t>ARRUE</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA YANINA ANOTNIETA SOLEDAD CUEVAS BARRIA DE ACUERDO A DECRETO N°3345 DE 18.12.2025</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA ANA LUCILA RAIMILLA UNICAHUIN DE ACUERDO A DECRETO N°3345 DE 18.12.2025</t>
+  </si>
+  <si>
+    <t>RAIMILLA UNICAHUIN ANA LUCILA</t>
+  </si>
+  <si>
+    <t>ANA LUCILA</t>
+  </si>
+  <si>
+    <t>UNICAHUIN</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON JORGE ENERICO MERCADO VARGAS DE ACUERDO A DECRETO N3345 DE 18.12.2025</t>
+  </si>
+  <si>
+    <t>MERCADO VARGAS JORGE ENERICO</t>
+  </si>
+  <si>
+    <t>JORGE ENERICO</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DON FRANCISCO EDUARDO ASTORGA MANSILLA DE ACUERDO A DECRETO N°3345 DE 18.12.2025</t>
+  </si>
+  <si>
+    <t>ASTORGA MANCILLA FRANCISCO EDUARDO</t>
+  </si>
+  <si>
+    <t>FRANCISCO EDUARDO</t>
+  </si>
+  <si>
+    <t>MANCILLA</t>
+  </si>
+  <si>
+    <t>PAGO TRASPASO DE FONDOS CORRESPONDIENTE A PERCAPITA MES DE DICIEMBRE 2025, SEGUN DECRETO ALCALDICIO NO.3393 DEL 23.12.2025.-</t>
+  </si>
+  <si>
+    <t>PAGO TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMAS DE SALUD</t>
+  </si>
+  <si>
+    <t>CANCELA APORTE ECONOMICO A DOÑA ROSA FLOR CARDENAS ALVARADO DE ACUERDO A DECRETO N°3299 DE 16.12.2025</t>
+  </si>
+  <si>
+    <t>CARDENAS ALVARADO ROSA FLOR</t>
+  </si>
+  <si>
+    <t>ROSA FLOR</t>
+  </si>
+  <si>
+    <t>Club de Boxeo ímpetud</t>
+  </si>
+  <si>
+    <t>2152401999003100</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO N 3373 DEL 22.12.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DE BOXEO GUERRERO CON IMPETU  </t>
+  </si>
+  <si>
+    <t>Unidad Vecinal N° 33 de Puntra Estación</t>
+  </si>
+  <si>
+    <t>2152401999003092</t>
+  </si>
+  <si>
+    <t>PAGO APORTE AÑO 2025, DECRETO  NO. 3374 DEL 22.12.2025, CONVENIO Y SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNIDAD VECINAL NO.33 PUNTRA  </t>
+  </si>
+  <si>
+    <t>Comunidad Indígena Lapahue Epu</t>
+  </si>
+  <si>
+    <t>2152401999003177</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "COMUNIDAD INDIGENA LAPAHUE EPU" DE ACUERDO A DECRETO N°3391 DE 22.12.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMUNIDAD INDIGENA  LAPAHUE EPU  </t>
+  </si>
+  <si>
+    <t>Junta de Vecinos de Punta Arenas</t>
+  </si>
+  <si>
+    <t>2152401999003151</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "JUNTA DE VECINOS PUNTA ARENAS" DE ACUERDO A DECRETO N°3392 DE 22.12.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JUNTA DE VECINOS PUNTA ARENAS  </t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALCALDICIO NO.3430    DE FECHA   24.12.2025         Y CONVENIO DE SUBVENCION</t>
+  </si>
+  <si>
+    <t>Club de Artes Marciales Qian Kun Tao de Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003164</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "CLUB DE ARTES MARCIALES QUIAN KUN TAO DE ANCUD SEGUN DECRETO N°3401 DE 23.12.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DE ARTES MARCIALES QIAN KUN TAO  </t>
+  </si>
+  <si>
+    <t>Club Deportivo Fátima Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003153</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "CLUB DEPORTIVO FATIMA" DE ACUERDO A DECRETO N°3413 DE 23.12.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DEPORTIVO FATIMA DE ANCUD  </t>
+  </si>
+  <si>
+    <t>Conjunto Folclórico Huaihuen</t>
+  </si>
+  <si>
+    <t>2152401999003171</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "CONJUNTO FOLKLORICO HUAIHUEN DE ANCUD" DE ACUERDO A DECRETO N°3425 Y 3379 DE DICIEMBRE 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CONJUNTO FOLCLORICO HUAIHUEN  </t>
+  </si>
+  <si>
+    <t>Club Deportivo Dunas de Mar Brava</t>
+  </si>
+  <si>
+    <t>2152401999003163</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVNECION A "CLUB DEPORTIVO DUNAS DE MAR BRAVA" DE ACUERDO A DECRETO N°3429-3387 DE DICIEMBRE 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB DEPORTIVO DUNAS DE MAR BRAVA  </t>
+  </si>
+  <si>
+    <t>Fundacion Hogar San Vicente de Paul</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2152401006008   </t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO ALALDICIO NO. 3464 DEL 26.12.2025 Y CONVENIO DE SUBVENCIONES.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FUND.HOGARES DE SAN VICENTE DE PAUL  </t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°451 D FECHA 19.12.2025,  PARA LA DIRECCION DE DIDECO PARA OFICINA DE DEPORTES CAMPEONATO LIDES 2025  PREMIACION CAMPEONATO DE FUTBOL A REALIZARSE EL DIA 19 DE DICIEMBRE DE 2025.O.P.N. 1301 DIDECO</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°176837 DE FECHA 23.12.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA EMA NODELIA RUIZ ALVARADO RUT 11252616-1 DOMICILIAFA EN CALLE SAN MARTIN 1377 COMUNA DE ANCUD.-</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°176836, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA GLADYS CECIULIA BARRIA ULLOA RUT 13593550-6 DOMICILIADA EN ALTOS DE CARACCOLES PASAJE LAS MOSQUETAS 31 COMUNA DE ANCUD.,O.P.N 1259 DIDECO</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°449 DE FECHA 19.12.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA NELLY SALAZAR VELASQUEZ RUT 7136141-1 DOMICILIADA EN CALLE CAICUMEO 1264 COMUNA DE ANCUD.</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°450 DE 19.12.2025, , PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SR JUAN FONTANES GUINEO RUT 8477582-7 DOMICILIADO EN LAS AMERICAS 1125 COMUNA DE ANCUD.</t>
+  </si>
+  <si>
+    <t>CANCELA FACTURA N°176835 DE 23.12.2025, PARA LA DIRECCION DE DIDECO PARA CAROLINA ANDREA MANSILLA ULE RUT 15874888-6 DOMICILIADA EN SECTOR RURAL LAMECURA S/N COMUNA DE ANCUD.-</t>
+  </si>
+  <si>
+    <t>DIDECOPAGO FACTURA N°8823, DE FECHA 18.12.2025, DE ACUERDO A Orden de Compra codigo: 2658-1732-AG25 dirigida a COMERCIAL DISMAS SPAPARA LA DIRECCION DE DIDECO PARA FAMILIAS DE LA COMUNA DE ANCUD QUE SE ENCUENTRAN EN SITUACION DE NECESIDAD MANIFIESTA.O.P.N. 1224</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°176439, DE FECHA 16.12.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA MARISELA DEL CARMEN BSUTAMANTE AMPUERO RUT 8477582-7 DOMICILIADO EN LAS AMERICAS 1128 COMUNA DE ANCUD.O.P.N. 1231 DIDECO</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION "CORPORACION MUNICIPAL DE ANCUD" DE ACUERDO A DECRETO N°3461 DE 26.12.2025</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "CORPORACION MUNICIPAL DE ANCUD" DE ACUERDO A DECRETO N°3462 DE 26.12.2025</t>
+  </si>
+  <si>
+    <t>CANCELA SUBVENCION A "CORPORACION MUNICIPAL DE ANCUD" DE ACUERDO A DECRETO N°3463 DE 26.12.2025</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°176438, DE FECHA 16.12.2025, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA CLAUDIA JELDREZZ PUCH RUT 13734990-6 COMICILIADA EN VISTA HERMOSA CALLE 1 CASA 58 COMUNA DE ANCUD.O.P.N. 1217 DIDECO</t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°176437, DE FECHA 16.12.2025, PARA LA DIRECCION E DIDECO PARA AYUDA SOCIAL SRA MALBA CARDENAS VARGAS RUT 10139458-1 DOMICILIADA EN CALLE MIRAFLORES 110 INTERIOR COMUNA DE ANCUD.O.P.N. 1234 DIDECO</t>
+  </si>
+  <si>
+    <t>RURAL DE HUEIHUE COMUNA DE ANCUD.O.P.N. 1219 DIDECOPAGO FACTURA N°4279, DE FECHA 17.12.2025, DE ACUERDO A Orden de Compra codigo: 2658-1770-AG25 dirigida a OSCAR EDUARDO GOYE CASTILLO, PARA LA DIRECCION DE DIDECO PARA AYUDA SOCIAL SRA SYLVIA DEL CARMEN BAHAMONDE NAVARRO RUT 6664363-9 DOMCIILIADA EN SECTOR</t>
+  </si>
+  <si>
+    <t>A COMUNA.PAGO FACTURA N°4285, DE FECHA 17.12.2025, DE ACUERDO A Orden de Compra codigo: 2658-1747-AG25 dirigida a OSCAR EDUARDO GOYE CASTILLO, SEGÚN O.P. 1227 Y 1228 DIDECO, INSUMOS QUE SERÁN UTILIZADO COMO AYUDA SOCIAL A VECINOS CON NECESIDAD MANIFIESTA DE NUESTR</t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMA DE SALUD , ORD. NO. 712 DEL 29.12.2025.-</t>
+  </si>
+  <si>
+    <t>TRASPASO DE FONDOS CORRESPONDIENTE  A LEYES DE DICIEMBRE 2025, ORD. NO. 711 DEL 29.12.2025</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, DECRETO ALCALDICIO NO. 3478 DEL 29.12.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t>Agrupación Cultural Seradín Gonzalez</t>
+  </si>
+  <si>
+    <t>2152401999003082</t>
+  </si>
+  <si>
+    <t>APAORTE AÑO 2025, DECRETO ALCALDICIO NO.3477 DEL 29.12.2025 Y CONVENIO DE SUBVENCION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGRUP CULTURAL Y TURISTICO SERAFIN GONZALEZ PUENTE QUILO  </t>
+  </si>
+  <si>
+    <t>PAGO FACTURA N°1074, DE FECHA 22.12.2025, DE ACUERDO Orden de Compra codigo: 2658-1790-AG25 dirigida a MARTA ANDREA SANTANA RIVAS, SEGÚN O.P. 1280 DIDECO, INSUMOS QUE SERÁN UTILIZADO EN EL MARCO DE LAS ACTIVIDADES DE LA NAVIDAD 2025, A EFECTUARCE EN EL MES DE DICIEMBRE DEL PRESENTE AÑO, ENTRE ELLAS LA CORRIDA SAN SILVESTRE A REALIZARSE EL DÍA 30 DE DICIEMBRE 2025.</t>
+  </si>
+  <si>
+    <t>Agrupación Huerto Verde de Nal Bajo</t>
+  </si>
+  <si>
+    <t>2152401999003182</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO NO. 3499 DEL 30.12.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AGRUPACION DE MUJERES HUERTO VERDE DE NAL BAJO  </t>
+  </si>
+  <si>
+    <t>Caleuche Voley</t>
+  </si>
+  <si>
+    <t>2152401999003022</t>
+  </si>
+  <si>
+    <t>APORTE AÑO 2025, SEGUN DECRETO NO. 3498 DEL 30.12.2025, Y CONVENIO DE SUBVENCION.-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLUB FORMATIVO JUVENIL DEPORTIVO CALEUCHE VOLEI ANCUD  </t>
+  </si>
+  <si>
+    <t>Comité Comercio Seguridad de Ancud</t>
+  </si>
+  <si>
+    <t>2152401999003187</t>
+  </si>
+  <si>
+    <t>PAGO APORTE AÑO 2025, SEGUN D.A.NO. 3505 DEL 30.12.2025, Y CONVENIO DE SUBVENCION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMITE COMERCIO SEGURIDAD DE ANCUD  </t>
+  </si>
+  <si>
+    <t>PAGO TRASPASO DE FONDOS CORRESPONDIENTE A PROGRAMA DE SALUD, SEGUN ORD.NO. 714 DEL 30.12.2025</t>
+  </si>
+  <si>
+    <t>PAGO TRASPASO DE FONDOS CORRESPONDIENTE A PERCAPITA DICIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>CANCELA VALORES PERCIBIDOS POR CONCEPTO DE RMNP 01 A 30 NOVIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>CANCELA VALORES PERCIBIDOS EN RMNP PERIODO 01 A 30 NOVIEMBRE 2025 DE ACUERDO A CERTIFICADO N°24 DE TESORERA MUNICIPAL.-</t>
+  </si>
+  <si>
+    <t>NO APLICA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="###0"/>
   </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...5 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -7608,65 +9365,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -7687,31016 +9444,43400 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L897"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{941D9A11-00EA-4C8D-8FD7-2A6F9827D259}">
+  <dimension ref="A1:L1141"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="I1" sqref="I1:I1048576"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5.42578125" bestFit="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="12" max="12" width="61.140625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="5.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="4.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="58.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="16.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="25.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="94.5703125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="67.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="12" width="31.7109375" style="8" customWidth="1"/>
+    <col min="13" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A3" s="2" t="s">
+    <row r="3" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="2" t="s">
+      <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="D3" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="E3" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="2" t="s">
+      <c r="F3" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="G3" s="2" t="s">
+      <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="H3" s="2" t="s">
+      <c r="H3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="I3" s="2" t="s">
+      <c r="I3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A4" s="3">
-[...2 lines deleted...]
-      <c r="B4" s="3">
+      <c r="A4" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B4" s="4">
         <v>1</v>
       </c>
-      <c r="C4" s="4">
+      <c r="C4" s="5">
+        <v>45663</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="6">
+        <v>157818</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J4" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K4" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L4" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A5" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B5" s="4">
+        <v>1</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45663</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" s="6">
+        <v>10202324</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J5" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K5" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L5" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A6" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B6" s="4">
+        <v>1</v>
+      </c>
+      <c r="C6" s="5">
+        <v>45663</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" s="6">
+        <v>121128</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J6" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K6" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L6" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A7" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B7" s="4">
+        <v>1</v>
+      </c>
+      <c r="C7" s="5">
         <v>45665</v>
       </c>
-      <c r="D4" t="s">
+      <c r="D7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" s="6">
+        <v>70462230</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J7" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K7" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L7" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A8" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B8" s="4">
+        <v>1</v>
+      </c>
+      <c r="C8" s="5">
+        <v>45677</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E8" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="J8" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="K8" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="L8" s="8" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B9" s="4">
+        <v>1</v>
+      </c>
+      <c r="C9" s="5">
+        <v>45677</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9" s="6">
+        <v>400000</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="J9" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="K9" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="L9" s="8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A10" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B10" s="4">
+        <v>1</v>
+      </c>
+      <c r="C10" s="5">
+        <v>45673</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J10" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="L10" s="8" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A11" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B11" s="4">
+        <v>1</v>
+      </c>
+      <c r="C11" s="5">
+        <v>45673</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" s="6">
+        <v>50000000</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J11" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K11" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L11" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A12" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B12" s="4">
+        <v>1</v>
+      </c>
+      <c r="C12" s="5">
+        <v>45677</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E12" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="I12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J12" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="K12" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="L12" s="8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A13" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B13" s="4">
+        <v>1</v>
+      </c>
+      <c r="C13" s="5">
+        <v>45681</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E13" s="6">
+        <v>50000</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="J13" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K13" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="L13" s="8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A14" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B14" s="4">
+        <v>1</v>
+      </c>
+      <c r="C14" s="5">
+        <v>45680</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E14" s="6">
+        <v>500000</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="I14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="J14" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K14" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="L14" s="8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A15" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B15" s="4">
+        <v>1</v>
+      </c>
+      <c r="C15" s="5">
+        <v>45681</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E15" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="I15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="J15" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K15" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="L15" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A16" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B16" s="4">
+        <v>1</v>
+      </c>
+      <c r="C16" s="5">
+        <v>45681</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="J16" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K16" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="L16" s="8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A17" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B17" s="4">
+        <v>1</v>
+      </c>
+      <c r="C17" s="5">
+        <v>45681</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="I17" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="J17" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="K17" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L17" s="8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A18" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B18" s="4">
+        <v>1</v>
+      </c>
+      <c r="C18" s="5">
+        <v>45681</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="I18" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="J18" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="K18" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="L18" s="8" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A19" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B19" s="4">
+        <v>1</v>
+      </c>
+      <c r="C19" s="5">
+        <v>45681</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E19" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="I19" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="J19" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="K19" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="L19" s="8" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A20" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B20" s="4">
+        <v>1</v>
+      </c>
+      <c r="C20" s="5">
+        <v>45681</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E20" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="J20" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="K20" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="L20" s="8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A21" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B21" s="4">
+        <v>1</v>
+      </c>
+      <c r="C21" s="5">
+        <v>45681</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E21" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="I21" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="J21" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="K21" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="L21" s="8" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A22" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B22" s="4">
+        <v>1</v>
+      </c>
+      <c r="C22" s="5">
+        <v>45702</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E22" s="6">
+        <v>406385</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="I22" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="J22" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K22" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L22" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A23" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B23" s="4">
+        <v>1</v>
+      </c>
+      <c r="C23" s="5">
+        <v>45709</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E23" s="6">
+        <v>147160</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="I23" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J23" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K23" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L23" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="75" x14ac:dyDescent="0.25">
+      <c r="A24" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B24" s="4">
+        <v>1</v>
+      </c>
+      <c r="C24" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E24" s="6">
+        <v>218088</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="I24" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="J24" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K24" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L24" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A25" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B25" s="4">
+        <v>1</v>
+      </c>
+      <c r="C25" s="5">
+        <v>45685</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E25" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="I25" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="J25" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="K25" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="L25" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B26" s="4">
+        <v>1</v>
+      </c>
+      <c r="C26" s="5">
+        <v>45685</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E26" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="J26" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="K26" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="L26" s="8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B27" s="4">
+        <v>1</v>
+      </c>
+      <c r="C27" s="5">
+        <v>45681</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E27" s="6">
+        <v>80930000</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H27" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J27" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K27" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L27" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A28" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B28" s="4">
+        <v>1</v>
+      </c>
+      <c r="C28" s="5">
+        <v>45684</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E28" s="6">
+        <v>8000000</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="H28" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="I28" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="J28" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K28" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L28" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A29" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B29" s="4">
+        <v>1</v>
+      </c>
+      <c r="C29" s="5">
+        <v>45685</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E29" s="6">
+        <v>50000</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="J29" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="K29" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="L29" s="8" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A30" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B30" s="4">
+        <v>1</v>
+      </c>
+      <c r="C30" s="5">
+        <v>45685</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E30" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G30" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="J30" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="K30" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L30" s="8" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A31" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B31" s="4">
+        <v>1</v>
+      </c>
+      <c r="C31" s="5">
+        <v>45685</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E31" s="6">
+        <v>160000</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G31" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="J31" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="K31" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="L31" s="8" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A32" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B32" s="4">
+        <v>1</v>
+      </c>
+      <c r="C32" s="5">
+        <v>45685</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E32" s="6">
+        <v>95000</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H32" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="I32" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="J32" s="8" t="s">
+        <v>141</v>
+      </c>
+      <c r="K32" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="L32" s="8" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A33" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B33" s="4">
+        <v>1</v>
+      </c>
+      <c r="C33" s="5">
+        <v>45685</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E33" s="6">
+        <v>180000</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G33" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H33" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="I33" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="J33" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="K33" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="L33" s="8" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A34" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B34" s="4">
+        <v>1</v>
+      </c>
+      <c r="C34" s="5">
+        <v>45692</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E34" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H34" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="I34" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="J34" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="K34" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="L34" s="8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A35" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B35" s="4">
+        <v>1</v>
+      </c>
+      <c r="C35" s="5">
+        <v>45684</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E35" s="6">
+        <v>60765000</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H35" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="I35" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J35" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K35" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L35" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A36" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B36" s="4">
+        <v>1</v>
+      </c>
+      <c r="C36" s="5">
+        <v>45685</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E36" s="6">
+        <v>862742988</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H36" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J36" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K36" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L36" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A37" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B37" s="4">
+        <v>1</v>
+      </c>
+      <c r="C37" s="5">
+        <v>45685</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E37" s="6">
+        <v>16931569</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H37" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="I37" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J37" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K37" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L37" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A38" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B38" s="4">
+        <v>1</v>
+      </c>
+      <c r="C38" s="5">
+        <v>45688</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E38" s="6">
+        <v>50000</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H38" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="I38" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="J38" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="K38" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="L38" s="8" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A39" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B39" s="4">
+        <v>1</v>
+      </c>
+      <c r="C39" s="5">
+        <v>45688</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E39" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H39" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="I39" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="J39" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="K39" s="8" t="s">
+        <v>159</v>
+      </c>
+      <c r="L39" s="8" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A40" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B40" s="4">
+        <v>1</v>
+      </c>
+      <c r="C40" s="5">
+        <v>45688</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E40" s="6">
+        <v>50000</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H40" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="I40" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="J40" s="8" t="s">
+        <v>163</v>
+      </c>
+      <c r="K40" s="8" t="s">
+        <v>164</v>
+      </c>
+      <c r="L40" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A41" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B41" s="4">
+        <v>1</v>
+      </c>
+      <c r="C41" s="5">
+        <v>45688</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E41" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="J41" s="8" t="s">
+        <v>167</v>
+      </c>
+      <c r="K41" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L41" s="8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A42" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B42" s="4">
+        <v>1</v>
+      </c>
+      <c r="C42" s="5">
+        <v>45688</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E42" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H42" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="I42" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="J42" s="8" t="s">
+        <v>170</v>
+      </c>
+      <c r="K42" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="L42" s="8" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A43" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B43" s="4">
+        <v>1</v>
+      </c>
+      <c r="C43" s="5">
+        <v>45688</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E43" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="I43" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="J43" s="8" t="s">
+        <v>175</v>
+      </c>
+      <c r="K43" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="L43" s="8" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A44" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B44" s="4">
+        <v>1</v>
+      </c>
+      <c r="C44" s="5">
+        <v>45688</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E44" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G44" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H44" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="I44" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="J44" s="8" t="s">
+        <v>179</v>
+      </c>
+      <c r="K44" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="L44" s="8" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A45" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B45" s="4">
+        <v>1</v>
+      </c>
+      <c r="C45" s="5">
+        <v>45688</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E45" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H45" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="I45" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="J45" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="K45" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="L45" s="8" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A46" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B46" s="4">
+        <v>1</v>
+      </c>
+      <c r="C46" s="5">
+        <v>45688</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="E46" s="6">
+        <v>4000000</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="H46" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="I46" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="J46" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K46" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L46" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A47" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B47" s="4">
+        <v>1</v>
+      </c>
+      <c r="C47" s="5">
+        <v>45692</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="E47" s="6">
+        <v>3000000</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="H47" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="I47" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="J47" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K47" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L47" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A48" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B48" s="4">
+        <v>1</v>
+      </c>
+      <c r="C48" s="5">
+        <v>45693</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E48" s="6">
+        <v>49508</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="I48" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J48" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K48" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L48" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A49" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B49" s="4">
+        <v>1</v>
+      </c>
+      <c r="C49" s="5">
+        <v>45693</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E49" s="6">
+        <v>15674383</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H49" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="I49" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J49" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K49" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L49" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A50" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B50" s="4">
+        <v>1</v>
+      </c>
+      <c r="C50" s="5">
+        <v>45693</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="E50" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="H50" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="I50" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="J50" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K50" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L50" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A51" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B51" s="4">
+        <v>2</v>
+      </c>
+      <c r="C51" s="5">
+        <v>45691</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="E51" s="6">
+        <v>10000000</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>202</v>
+      </c>
+      <c r="H51" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="I51" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="J51" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K51" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L51" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A52" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B52" s="4">
+        <v>2</v>
+      </c>
+      <c r="C52" s="5">
+        <v>45692</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="E52" s="6">
+        <v>3000000</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G52" s="7" t="s">
+        <v>206</v>
+      </c>
+      <c r="H52" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="I52" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="J52" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K52" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L52" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A53" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B53" s="4">
+        <v>2</v>
+      </c>
+      <c r="C53" s="5">
+        <v>45693</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E53" s="6">
+        <v>12735909</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J53" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K53" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L53" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A54" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B54" s="4">
+        <v>2</v>
+      </c>
+      <c r="C54" s="5">
+        <v>45693</v>
+      </c>
+      <c r="D54" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="E4" s="5">
-[...5 lines deleted...]
-      <c r="G4" s="6" t="s">
+      <c r="E54" s="6">
+        <v>209026</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="H4" t="s">
-[...2 lines deleted...]
-      <c r="I4" t="s">
+      <c r="H54" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="I54" s="1" t="s">
         <v>17</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D5" t="s">
+      <c r="J54" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K54" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L54" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A55" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B55" s="4">
+        <v>2</v>
+      </c>
+      <c r="C55" s="5">
+        <v>45693</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" s="6">
+        <v>199587</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="I55" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J55" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K55" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L55" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A56" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B56" s="4">
+        <v>2</v>
+      </c>
+      <c r="C56" s="5">
+        <v>45695</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E56" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="I56" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="J56" s="8" t="s">
+        <v>215</v>
+      </c>
+      <c r="K56" s="8" t="s">
+        <v>216</v>
+      </c>
+      <c r="L56" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A57" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B57" s="4">
+        <v>2</v>
+      </c>
+      <c r="C57" s="5">
+        <v>45695</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E57" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G57" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="J57" s="8" t="s">
+        <v>220</v>
+      </c>
+      <c r="K57" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="L57" s="8" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A58" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B58" s="4">
+        <v>2</v>
+      </c>
+      <c r="C58" s="5">
+        <v>45695</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E58" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G58" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H58" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="I58" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="J58" s="8" t="s">
+        <v>224</v>
+      </c>
+      <c r="K58" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="L58" s="8" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A59" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B59" s="4">
+        <v>2</v>
+      </c>
+      <c r="C59" s="5">
+        <v>45695</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E59" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H59" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="J59" s="8" t="s">
+        <v>227</v>
+      </c>
+      <c r="K59" s="8" t="s">
+        <v>228</v>
+      </c>
+      <c r="L59" s="8" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A60" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B60" s="4">
+        <v>2</v>
+      </c>
+      <c r="C60" s="5">
+        <v>45695</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E60" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G60" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H60" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="I60" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="J60" s="8" t="s">
+        <v>231</v>
+      </c>
+      <c r="K60" s="8" t="s">
+        <v>232</v>
+      </c>
+      <c r="L60" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A61" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B61" s="4">
+        <v>2</v>
+      </c>
+      <c r="C61" s="5">
+        <v>45695</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E61" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G61" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H61" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="I61" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="J61" s="8" t="s">
+        <v>235</v>
+      </c>
+      <c r="K61" s="8" t="s">
+        <v>236</v>
+      </c>
+      <c r="L61" s="8" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A62" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B62" s="4">
+        <v>2</v>
+      </c>
+      <c r="C62" s="5">
+        <v>45695</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E62" s="6">
+        <v>185000</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H62" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="I62" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="J62" s="8" t="s">
+        <v>240</v>
+      </c>
+      <c r="K62" s="8" t="s">
+        <v>241</v>
+      </c>
+      <c r="L62" s="8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A63" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B63" s="4">
+        <v>2</v>
+      </c>
+      <c r="C63" s="5">
+        <v>45694</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="E63" s="6">
+        <v>20000000</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" s="7" t="s">
+        <v>243</v>
+      </c>
+      <c r="H63" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="J63" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K63" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L63" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A64" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B64" s="4">
+        <v>2</v>
+      </c>
+      <c r="C64" s="5">
+        <v>45694</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="E64" s="6">
+        <v>6000000</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" s="7" t="s">
+        <v>247</v>
+      </c>
+      <c r="H64" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="J64" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K64" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L64" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A65" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B65" s="4">
+        <v>2</v>
+      </c>
+      <c r="C65" s="5">
+        <v>45698</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="E65" s="6">
+        <v>8000000</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="H65" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="I65" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="J65" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K65" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L65" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A66" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B66" s="4">
+        <v>2</v>
+      </c>
+      <c r="C66" s="5">
+        <v>45698</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="E66" s="6">
+        <v>4750000</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="H66" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="I66" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="J66" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K66" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L66" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A67" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B67" s="4">
+        <v>2</v>
+      </c>
+      <c r="C67" s="5">
+        <v>45698</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="E67" s="6">
+        <v>6000000</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" s="7" t="s">
+        <v>259</v>
+      </c>
+      <c r="H67" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="I67" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="J67" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K67" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L67" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" ht="90" x14ac:dyDescent="0.25">
+      <c r="A68" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B68" s="4">
+        <v>2</v>
+      </c>
+      <c r="C68" s="5">
+        <v>45698</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E68" s="6">
+        <v>321300</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H68" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="I68" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="J68" s="8" t="s">
+        <v>264</v>
+      </c>
+      <c r="K68" s="8" t="s">
+        <v>265</v>
+      </c>
+      <c r="L68" s="8" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A69" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B69" s="4">
+        <v>2</v>
+      </c>
+      <c r="C69" s="5">
+        <v>45716</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E69" s="6">
+        <v>1555568</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H69" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="I69" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="J69" s="8" t="s">
+        <v>269</v>
+      </c>
+      <c r="K69" s="8" t="s">
+        <v>270</v>
+      </c>
+      <c r="L69" s="8" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A70" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B70" s="4">
+        <v>2</v>
+      </c>
+      <c r="C70" s="5">
+        <v>45698</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E70" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G70" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H70" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="I70" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="J70" s="8" t="s">
+        <v>274</v>
+      </c>
+      <c r="K70" s="8" t="s">
+        <v>275</v>
+      </c>
+      <c r="L70" s="8" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A71" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B71" s="4">
+        <v>2</v>
+      </c>
+      <c r="C71" s="5">
+        <v>45699</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E71" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H71" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="I71" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="J71" s="8" t="s">
+        <v>278</v>
+      </c>
+      <c r="K71" s="8" t="s">
+        <v>279</v>
+      </c>
+      <c r="L71" s="8" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A72" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B72" s="4">
+        <v>2</v>
+      </c>
+      <c r="C72" s="5">
+        <v>45699</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="E72" s="6">
+        <v>6400000</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G72" s="7" t="s">
+        <v>282</v>
+      </c>
+      <c r="H72" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="I72" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="J72" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K72" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L72" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A73" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B73" s="4">
+        <v>2</v>
+      </c>
+      <c r="C73" s="5">
+        <v>45699</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="E73" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" s="7" t="s">
+        <v>286</v>
+      </c>
+      <c r="H73" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="I73" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="J73" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K73" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L73" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A74" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B74" s="4">
+        <v>2</v>
+      </c>
+      <c r="C74" s="5">
+        <v>45699</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E74" s="6">
+        <v>190000</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G74" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H74" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="I74" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="J74" s="8" t="s">
+        <v>291</v>
+      </c>
+      <c r="K74" s="8" t="s">
+        <v>292</v>
+      </c>
+      <c r="L74" s="8" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A75" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B75" s="4">
+        <v>2</v>
+      </c>
+      <c r="C75" s="5">
+        <v>45699</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E75" s="6">
+        <v>190000</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G75" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H75" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="I75" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="J75" s="8" t="s">
+        <v>295</v>
+      </c>
+      <c r="K75" s="8" t="s">
+        <v>296</v>
+      </c>
+      <c r="L75" s="8" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A76" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B76" s="4">
+        <v>2</v>
+      </c>
+      <c r="C76" s="5">
+        <v>45699</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E76" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G76" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H76" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="I76" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="J76" s="8" t="s">
+        <v>300</v>
+      </c>
+      <c r="K76" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="L76" s="8" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A77" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B77" s="4">
+        <v>2</v>
+      </c>
+      <c r="C77" s="5">
+        <v>45699</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E77" s="6">
+        <v>190000</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H77" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="I77" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="J77" s="8" t="s">
+        <v>304</v>
+      </c>
+      <c r="K77" s="8" t="s">
+        <v>305</v>
+      </c>
+      <c r="L77" s="8" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A78" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B78" s="4">
+        <v>2</v>
+      </c>
+      <c r="C78" s="5">
+        <v>45699</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E78" s="6">
+        <v>190000</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G78" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H78" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="I78" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="J78" s="8" t="s">
+        <v>308</v>
+      </c>
+      <c r="K78" s="8" t="s">
+        <v>309</v>
+      </c>
+      <c r="L78" s="8" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A79" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B79" s="4">
+        <v>2</v>
+      </c>
+      <c r="C79" s="5">
+        <v>45699</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E79" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G79" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H79" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="I79" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="J79" s="8" t="s">
+        <v>313</v>
+      </c>
+      <c r="K79" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L79" s="8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A80" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B80" s="4">
+        <v>2</v>
+      </c>
+      <c r="C80" s="5">
+        <v>45701</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="E80" s="6">
+        <v>1500000</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G80" s="7" t="s">
+        <v>315</v>
+      </c>
+      <c r="H80" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="I80" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="J80" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K80" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L80" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A81" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B81" s="4">
+        <v>2</v>
+      </c>
+      <c r="C81" s="5">
+        <v>45701</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="E81" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" s="7" t="s">
+        <v>319</v>
+      </c>
+      <c r="H81" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="J81" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K81" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L81" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A82" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B82" s="4">
+        <v>2</v>
+      </c>
+      <c r="C82" s="5">
+        <v>45702</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E82" s="6">
+        <v>201882</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H82" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="I82" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="J82" s="8" t="s">
+        <v>324</v>
+      </c>
+      <c r="K82" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="L82" s="8" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A83" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B83" s="4">
+        <v>2</v>
+      </c>
+      <c r="C83" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E83" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G83" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H83" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="I83" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="J83" s="8" t="s">
+        <v>328</v>
+      </c>
+      <c r="K83" s="8" t="s">
+        <v>329</v>
+      </c>
+      <c r="L83" s="8" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A84" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B84" s="4">
+        <v>2</v>
+      </c>
+      <c r="C84" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E84" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G84" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H84" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="J84" s="8" t="s">
+        <v>332</v>
+      </c>
+      <c r="K84" s="8" t="s">
+        <v>333</v>
+      </c>
+      <c r="L84" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A85" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B85" s="4">
+        <v>2</v>
+      </c>
+      <c r="C85" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E85" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G85" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H85" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="J85" s="8" t="s">
+        <v>336</v>
+      </c>
+      <c r="K85" s="8" t="s">
+        <v>228</v>
+      </c>
+      <c r="L85" s="8" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A86" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B86" s="4">
+        <v>2</v>
+      </c>
+      <c r="C86" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E86" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G86" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H86" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="I86" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="J86" s="8" t="s">
+        <v>340</v>
+      </c>
+      <c r="K86" s="8" t="s">
+        <v>341</v>
+      </c>
+      <c r="L86" s="8" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A87" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B87" s="4">
+        <v>2</v>
+      </c>
+      <c r="C87" s="5">
+        <v>45702</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E87" s="6">
+        <v>40400000</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G87" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H87" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J87" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K87" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L87" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12" ht="75" x14ac:dyDescent="0.25">
+      <c r="A88" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B88" s="4">
+        <v>2</v>
+      </c>
+      <c r="C88" s="5">
+        <v>45716</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E88" s="6">
+        <v>357000</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G88" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H88" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="J88" s="8" t="s">
+        <v>345</v>
+      </c>
+      <c r="K88" s="8" t="s">
+        <v>346</v>
+      </c>
+      <c r="L88" s="8" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12" ht="75" x14ac:dyDescent="0.25">
+      <c r="A89" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B89" s="4">
+        <v>2</v>
+      </c>
+      <c r="C89" s="5">
+        <v>45716</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E89" s="6">
+        <v>1931013</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G89" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H89" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="J89" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K89" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L89" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A90" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B90" s="4">
+        <v>2</v>
+      </c>
+      <c r="C90" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E90" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G90" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H90" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="I90" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="J90" s="8" t="s">
+        <v>351</v>
+      </c>
+      <c r="K90" s="8" t="s">
+        <v>352</v>
+      </c>
+      <c r="L90" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A91" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B91" s="4">
+        <v>2</v>
+      </c>
+      <c r="C91" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E91" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G91" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H91" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="I91" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="J91" s="8" t="s">
+        <v>355</v>
+      </c>
+      <c r="K91" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L91" s="8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A92" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B92" s="4">
+        <v>2</v>
+      </c>
+      <c r="C92" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E92" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G92" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H92" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="J92" s="8" t="s">
+        <v>358</v>
+      </c>
+      <c r="K92" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L92" s="8" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A93" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B93" s="4">
+        <v>2</v>
+      </c>
+      <c r="C93" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E93" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G93" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H93" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="I93" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="J93" s="8" t="s">
+        <v>361</v>
+      </c>
+      <c r="K93" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L93" s="8" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A94" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B94" s="4">
+        <v>2</v>
+      </c>
+      <c r="C94" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E94" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G94" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H94" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="I94" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="J94" s="8" t="s">
+        <v>365</v>
+      </c>
+      <c r="K94" s="8" t="s">
+        <v>366</v>
+      </c>
+      <c r="L94" s="8" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A95" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B95" s="4">
+        <v>2</v>
+      </c>
+      <c r="C95" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E95" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G95" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="J95" s="8" t="s">
+        <v>370</v>
+      </c>
+      <c r="K95" s="8" t="s">
+        <v>371</v>
+      </c>
+      <c r="L95" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A96" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B96" s="4">
+        <v>2</v>
+      </c>
+      <c r="C96" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E96" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G96" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="J96" s="8" t="s">
+        <v>375</v>
+      </c>
+      <c r="K96" s="8" t="s">
+        <v>376</v>
+      </c>
+      <c r="L96" s="8" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A97" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B97" s="4">
+        <v>2</v>
+      </c>
+      <c r="C97" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E97" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G97" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H97" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="I97" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="J97" s="8" t="s">
+        <v>379</v>
+      </c>
+      <c r="K97" s="8" t="s">
+        <v>380</v>
+      </c>
+      <c r="L97" s="8" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A98" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B98" s="4">
+        <v>2</v>
+      </c>
+      <c r="C98" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E98" s="6">
+        <v>130000</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G98" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H98" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="I98" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="J98" s="8" t="s">
+        <v>383</v>
+      </c>
+      <c r="K98" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L98" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A99" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B99" s="4">
+        <v>2</v>
+      </c>
+      <c r="C99" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E99" s="6">
+        <v>130000</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G99" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H99" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="I99" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="J99" s="8" t="s">
+        <v>386</v>
+      </c>
+      <c r="K99" s="8" t="s">
+        <v>387</v>
+      </c>
+      <c r="L99" s="8" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A100" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B100" s="4">
+        <v>2</v>
+      </c>
+      <c r="C100" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E100" s="6">
+        <v>130000</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G100" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H100" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="I100" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="J100" s="8" t="s">
+        <v>391</v>
+      </c>
+      <c r="K100" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="L100" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A101" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B101" s="4">
+        <v>2</v>
+      </c>
+      <c r="C101" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E101" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G101" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H101" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="J101" s="8" t="s">
+        <v>394</v>
+      </c>
+      <c r="K101" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="L101" s="8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A102" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B102" s="4">
+        <v>2</v>
+      </c>
+      <c r="C102" s="5">
+        <v>45706</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="E102" s="6">
+        <v>950000</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G102" s="7" t="s">
+        <v>396</v>
+      </c>
+      <c r="H102" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="I102" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="J102" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K102" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L102" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" ht="75" x14ac:dyDescent="0.25">
+      <c r="A103" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B103" s="4">
+        <v>2</v>
+      </c>
+      <c r="C103" s="5">
+        <v>45714</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E103" s="6">
+        <v>658487</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G103" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H103" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="I103" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="J103" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K103" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L103" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="104" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A104" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B104" s="4">
+        <v>2</v>
+      </c>
+      <c r="C104" s="5">
+        <v>45716</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E104" s="6">
+        <v>139944</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G104" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H104" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="I104" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="J104" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K104" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L104" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A105" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B105" s="4">
+        <v>2</v>
+      </c>
+      <c r="C105" s="5">
+        <v>45716</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E105" s="6">
+        <v>103292</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G105" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H105" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="I105" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="J105" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K105" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L105" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="106" spans="1:12" ht="75" x14ac:dyDescent="0.25">
+      <c r="A106" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B106" s="4">
+        <v>2</v>
+      </c>
+      <c r="C106" s="5">
+        <v>45716</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E106" s="6">
+        <v>132443</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G106" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H106" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="I106" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J106" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K106" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L106" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="107" spans="1:12" ht="75" x14ac:dyDescent="0.25">
+      <c r="A107" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B107" s="4">
+        <v>2</v>
+      </c>
+      <c r="C107" s="5">
+        <v>45709</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E107" s="6">
+        <v>1198401</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G107" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H107" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="I107" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="J107" s="8" t="s">
+        <v>406</v>
+      </c>
+      <c r="K107" s="8" t="s">
+        <v>407</v>
+      </c>
+      <c r="L107" s="8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="108" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A108" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B108" s="4">
+        <v>2</v>
+      </c>
+      <c r="C108" s="5">
+        <v>45709</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="E108" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G108" s="7" t="s">
+        <v>409</v>
+      </c>
+      <c r="H108" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="I108" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="J108" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K108" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L108" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="109" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A109" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B109" s="4">
+        <v>2</v>
+      </c>
+      <c r="C109" s="5">
+        <v>45741</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="E109" s="6">
+        <v>6000000</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G109" s="7" t="s">
+        <v>413</v>
+      </c>
+      <c r="H109" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="J109" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K109" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L109" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A110" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B110" s="4">
+        <v>2</v>
+      </c>
+      <c r="C110" s="5">
+        <v>45861</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E110" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G110" s="7" t="s">
+        <v>417</v>
+      </c>
+      <c r="H110" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="I110" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="J110" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K110" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L110" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="111" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A111" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B111" s="4">
+        <v>2</v>
+      </c>
+      <c r="C111" s="5">
+        <v>45726</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="E111" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G111" s="7" t="s">
+        <v>421</v>
+      </c>
+      <c r="H111" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="I111" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="J111" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K111" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L111" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="112" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A112" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B112" s="4">
+        <v>2</v>
+      </c>
+      <c r="C112" s="5">
+        <v>45709</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E112" s="6">
+        <v>66844603</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G112" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H112" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="I112" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J112" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K112" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L112" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="113" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A113" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B113" s="4">
+        <v>2</v>
+      </c>
+      <c r="C113" s="5">
+        <v>45709</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E113" s="6">
+        <v>34086401</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G113" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H113" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="I113" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J113" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K113" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L113" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="114" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A114" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B114" s="4">
+        <v>2</v>
+      </c>
+      <c r="C114" s="5">
+        <v>45709</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E114" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G114" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H114" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="I114" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="J114" s="8" t="s">
+        <v>428</v>
+      </c>
+      <c r="K114" s="8" t="s">
+        <v>429</v>
+      </c>
+      <c r="L114" s="8" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="115" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A115" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B115" s="4">
+        <v>2</v>
+      </c>
+      <c r="C115" s="5">
+        <v>45709</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E115" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G115" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H115" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="I115" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="J115" s="8" t="s">
+        <v>431</v>
+      </c>
+      <c r="K115" s="8" t="s">
+        <v>432</v>
+      </c>
+      <c r="L115" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="116" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A116" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B116" s="4">
+        <v>2</v>
+      </c>
+      <c r="C116" s="5">
+        <v>45709</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E116" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G116" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H116" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="I116" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="J116" s="8" t="s">
+        <v>436</v>
+      </c>
+      <c r="K116" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="L116" s="8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="117" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A117" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B117" s="4">
+        <v>2</v>
+      </c>
+      <c r="C117" s="5">
+        <v>45709</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E117" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G117" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H117" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="I117" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="J117" s="8" t="s">
+        <v>439</v>
+      </c>
+      <c r="K117" s="8" t="s">
+        <v>440</v>
+      </c>
+      <c r="L117" s="8" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="118" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A118" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B118" s="4">
+        <v>2</v>
+      </c>
+      <c r="C118" s="5">
+        <v>45709</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E118" s="6">
+        <v>50000</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G118" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H118" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="I118" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="J118" s="8" t="s">
+        <v>443</v>
+      </c>
+      <c r="K118" s="8" t="s">
+        <v>444</v>
+      </c>
+      <c r="L118" s="8" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="119" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A119" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B119" s="4">
+        <v>2</v>
+      </c>
+      <c r="C119" s="5">
+        <v>45709</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E119" s="6">
+        <v>50000</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G119" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H119" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="I119" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="J119" s="8" t="s">
+        <v>447</v>
+      </c>
+      <c r="K119" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L119" s="8" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="120" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A120" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B120" s="4">
+        <v>2</v>
+      </c>
+      <c r="C120" s="5">
+        <v>45709</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E120" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G120" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H120" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="I120" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="J120" s="8" t="s">
+        <v>451</v>
+      </c>
+      <c r="K120" s="8" t="s">
+        <v>452</v>
+      </c>
+      <c r="L120" s="8" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="121" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A121" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B121" s="4">
+        <v>2</v>
+      </c>
+      <c r="C121" s="5">
+        <v>45709</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E121" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G121" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H121" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="I121" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="J121" s="8" t="s">
+        <v>456</v>
+      </c>
+      <c r="K121" s="8" t="s">
+        <v>457</v>
+      </c>
+      <c r="L121" s="8" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="122" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A122" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B122" s="4">
+        <v>2</v>
+      </c>
+      <c r="C122" s="5">
+        <v>45709</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E122" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G122" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H122" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="I122" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="J122" s="8" t="s">
+        <v>460</v>
+      </c>
+      <c r="K122" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="L122" s="8" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="123" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A123" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B123" s="4">
+        <v>2</v>
+      </c>
+      <c r="C123" s="5">
+        <v>45709</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E123" s="6">
+        <v>500000</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G123" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H123" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="I123" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="J123" s="8" t="s">
+        <v>463</v>
+      </c>
+      <c r="K123" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L123" s="8" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="124" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A124" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B124" s="4">
+        <v>2</v>
+      </c>
+      <c r="C124" s="5">
+        <v>45716</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="E124" s="6">
+        <v>1500000</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G124" s="7" t="s">
+        <v>466</v>
+      </c>
+      <c r="H124" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="I124" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="J124" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K124" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L124" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="125" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A125" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B125" s="4">
+        <v>2</v>
+      </c>
+      <c r="C125" s="5">
+        <v>45715</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="E125" s="6">
+        <v>5000000</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G125" s="7" t="s">
+        <v>470</v>
+      </c>
+      <c r="H125" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="I125" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="J125" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K125" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L125" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="126" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A126" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B126" s="4">
+        <v>2</v>
+      </c>
+      <c r="C126" s="5">
+        <v>45715</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E126" s="6">
+        <v>1475600</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G126" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H126" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="I126" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="J126" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K126" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L126" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="127" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A127" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B127" s="4">
+        <v>2</v>
+      </c>
+      <c r="C127" s="5">
+        <v>45713</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="E127" s="6">
+        <v>20000000</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G127" s="7" t="s">
+        <v>243</v>
+      </c>
+      <c r="H127" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="I127" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="J127" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K127" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L127" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="128" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A128" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B128" s="4">
+        <v>2</v>
+      </c>
+      <c r="C128" s="5">
+        <v>45720</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="E128" s="6">
+        <v>133256</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G128" s="7" t="s">
+        <v>476</v>
+      </c>
+      <c r="H128" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="I128" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J128" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K128" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L128" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="129" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A129" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B129" s="4">
+        <v>2</v>
+      </c>
+      <c r="C129" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E129" s="6">
+        <v>172385</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G129" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H129" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="I129" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J129" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K129" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L129" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="130" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A130" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B130" s="4">
+        <v>2</v>
+      </c>
+      <c r="C130" s="5">
+        <v>45716</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E130" s="6">
+        <v>160701</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G130" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H130" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="I130" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J130" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K130" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L130" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="131" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A131" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B131" s="4">
+        <v>2</v>
+      </c>
+      <c r="C131" s="5">
+        <v>45744</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="E131" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G131" s="7" t="s">
+        <v>482</v>
+      </c>
+      <c r="H131" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="I131" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="J131" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K131" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L131" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="132" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A132" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B132" s="4">
+        <v>2</v>
+      </c>
+      <c r="C132" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E132" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G132" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H132" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="I132" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="J132" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K132" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L132" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="133" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A133" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B133" s="4">
+        <v>2</v>
+      </c>
+      <c r="C133" s="5">
+        <v>45730</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E133" s="6">
+        <v>162376</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G133" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H133" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="I133" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="J133" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="K133" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="L133" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="134" spans="1:12" ht="90" x14ac:dyDescent="0.25">
+      <c r="A134" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B134" s="4">
+        <v>2</v>
+      </c>
+      <c r="C134" s="5">
+        <v>45730</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E134" s="6">
+        <v>127764</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G134" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H134" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="I134" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="J134" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K134" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L134" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="135" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A135" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B135" s="4">
+        <v>2</v>
+      </c>
+      <c r="C135" s="5">
+        <v>45727</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E135" s="6">
+        <v>130829</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G135" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H135" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="I135" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="J135" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="K135" s="8" t="s">
+        <v>495</v>
+      </c>
+      <c r="L135" s="8" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="136" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A136" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B136" s="4">
+        <v>2</v>
+      </c>
+      <c r="C136" s="5">
+        <v>45730</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E136" s="6">
+        <v>2176894</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G136" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H136" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="I136" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="J136" s="8" t="s">
+        <v>269</v>
+      </c>
+      <c r="K136" s="8" t="s">
+        <v>270</v>
+      </c>
+      <c r="L136" s="8" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="137" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A137" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B137" s="4">
+        <v>2</v>
+      </c>
+      <c r="C137" s="5">
+        <v>45727</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E137" s="6">
+        <v>227588</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G137" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H137" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="I137" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="J137" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K137" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L137" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="138" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A138" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B138" s="4">
+        <v>2</v>
+      </c>
+      <c r="C138" s="5">
+        <v>45715</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E138" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G138" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H138" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="I138" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="J138" s="8" t="s">
+        <v>501</v>
+      </c>
+      <c r="K138" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="L138" s="8" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="139" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A139" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B139" s="4">
+        <v>2</v>
+      </c>
+      <c r="C139" s="5">
+        <v>45715</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E139" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G139" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H139" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="I139" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="J139" s="8" t="s">
+        <v>505</v>
+      </c>
+      <c r="K139" s="8" t="s">
+        <v>506</v>
+      </c>
+      <c r="L139" s="8" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="140" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A140" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B140" s="4">
+        <v>2</v>
+      </c>
+      <c r="C140" s="5">
+        <v>45715</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E140" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G140" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H140" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="I140" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="J140" s="8" t="s">
+        <v>509</v>
+      </c>
+      <c r="K140" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="L140" s="8" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="141" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A141" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B141" s="4">
+        <v>2</v>
+      </c>
+      <c r="C141" s="5">
+        <v>45715</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E141" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G141" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H141" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="I141" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="J141" s="8" t="s">
+        <v>513</v>
+      </c>
+      <c r="K141" s="8" t="s">
+        <v>514</v>
+      </c>
+      <c r="L141" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="142" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A142" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B142" s="4">
+        <v>2</v>
+      </c>
+      <c r="C142" s="5">
+        <v>45715</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E142" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G142" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H142" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="I142" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="J142" s="8" t="s">
+        <v>517</v>
+      </c>
+      <c r="K142" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="L142" s="8" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="143" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A143" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B143" s="4">
+        <v>2</v>
+      </c>
+      <c r="C143" s="5">
+        <v>45715</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E143" s="6">
+        <v>130000</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G143" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H143" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="I143" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="J143" s="8" t="s">
+        <v>521</v>
+      </c>
+      <c r="K143" s="8" t="s">
+        <v>522</v>
+      </c>
+      <c r="L143" s="8" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="144" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A144" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B144" s="4">
+        <v>2</v>
+      </c>
+      <c r="C144" s="5">
+        <v>45715</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E144" s="6">
+        <v>50000</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G144" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H144" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="I144" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="J144" s="8" t="s">
+        <v>526</v>
+      </c>
+      <c r="K144" s="8" t="s">
+        <v>527</v>
+      </c>
+      <c r="L144" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="145" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A145" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B145" s="4">
+        <v>2</v>
+      </c>
+      <c r="C145" s="5">
+        <v>45715</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E145" s="6">
+        <v>40000</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G145" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H145" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="I145" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="J145" s="8" t="s">
+        <v>530</v>
+      </c>
+      <c r="K145" s="8" t="s">
+        <v>531</v>
+      </c>
+      <c r="L145" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="146" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A146" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B146" s="4">
+        <v>2</v>
+      </c>
+      <c r="C146" s="5">
+        <v>45715</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E146" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G146" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H146" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="I146" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="J146" s="8" t="s">
+        <v>534</v>
+      </c>
+      <c r="K146" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="L146" s="8" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="147" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A147" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B147" s="4">
+        <v>2</v>
+      </c>
+      <c r="C147" s="5">
+        <v>45715</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E147" s="6">
+        <v>110000</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G147" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H147" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="I147" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="J147" s="8" t="s">
+        <v>537</v>
+      </c>
+      <c r="K147" s="8" t="s">
+        <v>538</v>
+      </c>
+      <c r="L147" s="8" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="148" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A148" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B148" s="4">
+        <v>2</v>
+      </c>
+      <c r="C148" s="5">
+        <v>45715</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E148" s="6">
+        <v>190000</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G148" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H148" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="I148" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="J148" s="8" t="s">
+        <v>541</v>
+      </c>
+      <c r="K148" s="8" t="s">
+        <v>309</v>
+      </c>
+      <c r="L148" s="8" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="149" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A149" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B149" s="4">
+        <v>2</v>
+      </c>
+      <c r="C149" s="5">
+        <v>45715</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E149" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G149" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H149" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="I149" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="J149" s="8" t="s">
+        <v>544</v>
+      </c>
+      <c r="K149" s="8" t="s">
+        <v>545</v>
+      </c>
+      <c r="L149" s="8" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="150" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A150" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B150" s="4">
+        <v>2</v>
+      </c>
+      <c r="C150" s="5">
+        <v>45715</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E150" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G150" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H150" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="I150" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="J150" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="K150" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="L150" s="8" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="151" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A151" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B151" s="4">
+        <v>2</v>
+      </c>
+      <c r="C151" s="5">
+        <v>45714</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E151" s="6">
+        <v>96500000</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G151" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H151" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="I151" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J151" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K151" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L151" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="152" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A152" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B152" s="4">
+        <v>2</v>
+      </c>
+      <c r="C152" s="5">
+        <v>45714</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E152" s="6">
+        <v>6434327</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G152" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H152" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="I152" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J152" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K152" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L152" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="153" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A153" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B153" s="4">
+        <v>2</v>
+      </c>
+      <c r="C153" s="5">
+        <v>45714</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E153" s="6">
+        <v>844055875</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G153" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H153" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="I153" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J153" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K153" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L153" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="154" spans="1:12" ht="75" x14ac:dyDescent="0.25">
+      <c r="A154" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B154" s="4">
+        <v>2</v>
+      </c>
+      <c r="C154" s="5">
+        <v>45720</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="E154" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G154" s="7" t="s">
+        <v>555</v>
+      </c>
+      <c r="H154" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="I154" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="J154" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K154" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L154" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="155" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A155" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B155" s="4">
+        <v>3</v>
+      </c>
+      <c r="C155" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E155" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G155" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H155" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="I155" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="J155" s="8" t="s">
+        <v>560</v>
+      </c>
+      <c r="K155" s="8" t="s">
+        <v>561</v>
+      </c>
+      <c r="L155" s="8" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="156" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A156" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B156" s="4">
+        <v>3</v>
+      </c>
+      <c r="C156" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E156" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G156" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H156" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="I156" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="J156" s="8" t="s">
+        <v>565</v>
+      </c>
+      <c r="K156" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="L156" s="8" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="157" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A157" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B157" s="4">
+        <v>3</v>
+      </c>
+      <c r="C157" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E157" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G157" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H157" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="I157" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="J157" s="8" t="s">
+        <v>569</v>
+      </c>
+      <c r="K157" s="8" t="s">
+        <v>570</v>
+      </c>
+      <c r="L157" s="8" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="158" spans="1:12" ht="90" x14ac:dyDescent="0.25">
+      <c r="A158" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B158" s="4">
+        <v>2</v>
+      </c>
+      <c r="C158" s="5">
+        <v>45730</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E158" s="6">
+        <v>6545000</v>
+      </c>
+      <c r="F158" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G158" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H158" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="I158" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J158" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K158" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L158" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="159" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A159" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B159" s="4">
+        <v>3</v>
+      </c>
+      <c r="C159" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E159" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G159" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H159" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="I159" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="J159" s="8" t="s">
+        <v>576</v>
+      </c>
+      <c r="K159" s="8" t="s">
+        <v>577</v>
+      </c>
+      <c r="L159" s="8" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="160" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A160" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B160" s="4">
+        <v>3</v>
+      </c>
+      <c r="C160" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E160" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F160" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G160" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H160" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="I160" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="J160" s="8" t="s">
+        <v>580</v>
+      </c>
+      <c r="K160" s="8" t="s">
+        <v>581</v>
+      </c>
+      <c r="L160" s="8" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="161" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A161" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B161" s="4">
+        <v>3</v>
+      </c>
+      <c r="C161" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E161" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F161" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G161" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H161" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="I161" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="J161" s="8" t="s">
+        <v>585</v>
+      </c>
+      <c r="K161" s="8" t="s">
+        <v>464</v>
+      </c>
+      <c r="L161" s="8" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="162" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A162" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B162" s="4">
+        <v>3</v>
+      </c>
+      <c r="C162" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E162" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G162" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H162" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="I162" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="J162" s="8" t="s">
+        <v>588</v>
+      </c>
+      <c r="K162" s="8" t="s">
+        <v>589</v>
+      </c>
+      <c r="L162" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="163" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A163" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B163" s="4">
+        <v>3</v>
+      </c>
+      <c r="C163" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E163" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F163" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G163" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H163" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="I163" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="J163" s="8" t="s">
+        <v>592</v>
+      </c>
+      <c r="K163" s="8" t="s">
+        <v>593</v>
+      </c>
+      <c r="L163" s="8" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="164" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A164" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B164" s="4">
+        <v>3</v>
+      </c>
+      <c r="C164" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E164" s="6">
+        <v>201000</v>
+      </c>
+      <c r="F164" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G164" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H164" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="I164" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="J164" s="8" t="s">
+        <v>596</v>
+      </c>
+      <c r="K164" s="8" t="s">
+        <v>432</v>
+      </c>
+      <c r="L164" s="8" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="165" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A165" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B165" s="4">
+        <v>3</v>
+      </c>
+      <c r="C165" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E165" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G165" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H165" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="I165" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="J165" s="8" t="s">
+        <v>599</v>
+      </c>
+      <c r="K165" s="8" t="s">
+        <v>600</v>
+      </c>
+      <c r="L165" s="8" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="166" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A166" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B166" s="4">
+        <v>3</v>
+      </c>
+      <c r="C166" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E166" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G166" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H166" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="I166" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="J166" s="8" t="s">
+        <v>603</v>
+      </c>
+      <c r="K166" s="8" t="s">
+        <v>265</v>
+      </c>
+      <c r="L166" s="8" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="167" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A167" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B167" s="4">
+        <v>3</v>
+      </c>
+      <c r="C167" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E167" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G167" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H167" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="I167" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="J167" s="8" t="s">
+        <v>394</v>
+      </c>
+      <c r="K167" s="8" t="s">
+        <v>607</v>
+      </c>
+      <c r="L167" s="8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="168" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A168" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B168" s="4">
+        <v>3</v>
+      </c>
+      <c r="C168" s="5">
+        <v>45721</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E168" s="6">
+        <v>83816253</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G168" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="H168" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="I168" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J168" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K168" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L168" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="169" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A169" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B169" s="4">
+        <v>3</v>
+      </c>
+      <c r="C169" s="5">
+        <v>45721</v>
+      </c>
+      <c r="D169" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="E5" s="5">
-[...5 lines deleted...]
-      <c r="G5" s="6" t="s">
+      <c r="E169" s="6">
+        <v>820983</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G169" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="H5" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I5" t="s">
+      <c r="H169" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="I169" s="1" t="s">
         <v>17</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D6" t="s">
+      <c r="J169" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K169" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L169" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="170" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A170" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B170" s="4">
+        <v>3</v>
+      </c>
+      <c r="C170" s="5">
+        <v>45721</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E170" s="6">
+        <v>131895</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G170" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H170" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="I170" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J170" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K170" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L170" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="171" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A171" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B171" s="4">
+        <v>3</v>
+      </c>
+      <c r="C171" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E171" s="6">
+        <v>500000</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G171" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H171" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="I171" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="J171" s="8" t="s">
+        <v>612</v>
+      </c>
+      <c r="K171" s="8" t="s">
+        <v>613</v>
+      </c>
+      <c r="L171" s="8" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="172" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A172" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B172" s="4">
+        <v>3</v>
+      </c>
+      <c r="C172" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E172" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F172" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G172" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H172" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="I172" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="J172" s="8" t="s">
+        <v>617</v>
+      </c>
+      <c r="K172" s="8" t="s">
+        <v>618</v>
+      </c>
+      <c r="L172" s="8" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="173" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A173" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B173" s="4">
+        <v>3</v>
+      </c>
+      <c r="C173" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E173" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G173" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H173" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="I173" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="J173" s="8" t="s">
+        <v>621</v>
+      </c>
+      <c r="K173" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L173" s="8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="174" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A174" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B174" s="4">
+        <v>3</v>
+      </c>
+      <c r="C174" s="5">
+        <v>45722</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E174" s="6">
+        <v>190000</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G174" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H174" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="I174" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="J174" s="8" t="s">
+        <v>624</v>
+      </c>
+      <c r="K174" s="8" t="s">
+        <v>625</v>
+      </c>
+      <c r="L174" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="175" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A175" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B175" s="4">
+        <v>3</v>
+      </c>
+      <c r="C175" s="5">
+        <v>45730</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="E175" s="6">
+        <v>1250000</v>
+      </c>
+      <c r="F175" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G175" s="7" t="s">
+        <v>627</v>
+      </c>
+      <c r="H175" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="I175" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="J175" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K175" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L175" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="176" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A176" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B176" s="4">
+        <v>3</v>
+      </c>
+      <c r="C176" s="5">
+        <v>45723</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E176" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G176" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H176" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="I176" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="J176" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="K176" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="L176" s="8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="177" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A177" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B177" s="4">
+        <v>3</v>
+      </c>
+      <c r="C177" s="5">
+        <v>45723</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E177" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G177" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H177" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="I177" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="J177" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="K177" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L177" s="8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="178" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A178" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B178" s="4">
+        <v>3</v>
+      </c>
+      <c r="C178" s="5">
+        <v>45730</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="E178" s="6">
+        <v>13606800</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G178" s="7" t="s">
+        <v>635</v>
+      </c>
+      <c r="H178" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="I178" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="J178" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K178" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L178" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="179" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A179" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B179" s="4">
+        <v>3</v>
+      </c>
+      <c r="C179" s="5">
+        <v>45728</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="E179" s="6">
+        <v>134588</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G179" s="7" t="s">
+        <v>639</v>
+      </c>
+      <c r="H179" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="I179" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="J179" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K179" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L179" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="180" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A180" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B180" s="4">
+        <v>3</v>
+      </c>
+      <c r="C180" s="5">
+        <v>45728</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="E180" s="6">
+        <v>310174</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G180" s="7" t="s">
+        <v>639</v>
+      </c>
+      <c r="H180" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="I180" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="J180" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K180" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L180" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="181" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A181" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B181" s="4">
+        <v>3</v>
+      </c>
+      <c r="C181" s="5">
+        <v>45728</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E181" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G181" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H181" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="I181" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="J181" s="8" t="s">
+        <v>644</v>
+      </c>
+      <c r="K181" s="8" t="s">
+        <v>645</v>
+      </c>
+      <c r="L181" s="8" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="182" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A182" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B182" s="4">
+        <v>3</v>
+      </c>
+      <c r="C182" s="5">
+        <v>45728</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E182" s="6">
+        <v>10000000</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G182" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H182" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="I182" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J182" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K182" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L182" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="183" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A183" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B183" s="4">
+        <v>3</v>
+      </c>
+      <c r="C183" s="5">
+        <v>45728</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E183" s="6">
+        <v>90048718</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G183" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H183" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="I183" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J183" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K183" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L183" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="184" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A184" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B184" s="4">
+        <v>3</v>
+      </c>
+      <c r="C184" s="5">
+        <v>45728</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E184" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G184" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H184" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="I184" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="J184" s="8" t="s">
+        <v>651</v>
+      </c>
+      <c r="K184" s="8" t="s">
+        <v>652</v>
+      </c>
+      <c r="L184" s="8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="185" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A185" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B185" s="4">
+        <v>3</v>
+      </c>
+      <c r="C185" s="5">
+        <v>45728</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E185" s="6">
+        <v>30363000</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G185" s="7" t="s">
+        <v>653</v>
+      </c>
+      <c r="H185" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="I185" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J185" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K185" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L185" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="186" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A186" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B186" s="4">
+        <v>3</v>
+      </c>
+      <c r="C186" s="5">
+        <v>45728</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E186" s="6">
+        <v>39263000</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G186" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H186" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="I186" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J186" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K186" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L186" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="187" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A187" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B187" s="4">
+        <v>3</v>
+      </c>
+      <c r="C187" s="5">
+        <v>45730</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E187" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G187" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H187" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="I187" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="J187" s="8" t="s">
+        <v>300</v>
+      </c>
+      <c r="K187" s="8" t="s">
+        <v>566</v>
+      </c>
+      <c r="L187" s="8" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="188" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A188" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B188" s="4">
+        <v>3</v>
+      </c>
+      <c r="C188" s="5">
+        <v>45730</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E188" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G188" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H188" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="I188" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="J188" s="8" t="s">
+        <v>660</v>
+      </c>
+      <c r="K188" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="L188" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="189" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A189" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B189" s="4">
+        <v>3</v>
+      </c>
+      <c r="C189" s="5">
+        <v>45730</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E189" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G189" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H189" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="I189" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="J189" s="8" t="s">
+        <v>663</v>
+      </c>
+      <c r="K189" s="8" t="s">
+        <v>664</v>
+      </c>
+      <c r="L189" s="8" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="190" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A190" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B190" s="4">
+        <v>3</v>
+      </c>
+      <c r="C190" s="5">
+        <v>45730</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E190" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G190" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H190" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="I190" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="J190" s="8" t="s">
+        <v>667</v>
+      </c>
+      <c r="K190" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L190" s="8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="191" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A191" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B191" s="4">
+        <v>3</v>
+      </c>
+      <c r="C191" s="5">
+        <v>45730</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E191" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G191" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H191" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="I191" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="J191" s="8" t="s">
+        <v>670</v>
+      </c>
+      <c r="K191" s="8" t="s">
+        <v>671</v>
+      </c>
+      <c r="L191" s="8" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="192" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A192" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B192" s="4">
+        <v>3</v>
+      </c>
+      <c r="C192" s="5">
+        <v>45730</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E192" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F192" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G192" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H192" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="I192" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="J192" s="8" t="s">
+        <v>675</v>
+      </c>
+      <c r="K192" s="8" t="s">
+        <v>676</v>
+      </c>
+      <c r="L192" s="8" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="193" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A193" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B193" s="4">
+        <v>3</v>
+      </c>
+      <c r="C193" s="5">
+        <v>45730</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E193" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G193" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H193" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="I193" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="J193" s="8" t="s">
+        <v>680</v>
+      </c>
+      <c r="K193" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L193" s="8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="194" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A194" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B194" s="4">
+        <v>3</v>
+      </c>
+      <c r="C194" s="5">
+        <v>45730</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E194" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G194" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H194" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="I194" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="J194" s="8" t="s">
+        <v>683</v>
+      </c>
+      <c r="K194" s="8" t="s">
+        <v>684</v>
+      </c>
+      <c r="L194" s="8" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="195" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A195" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B195" s="4">
+        <v>3</v>
+      </c>
+      <c r="C195" s="5">
+        <v>45733</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E195" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F195" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G195" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H195" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="I195" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="J195" s="8" t="s">
+        <v>688</v>
+      </c>
+      <c r="K195" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="L195" s="8" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="196" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A196" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B196" s="4">
+        <v>3</v>
+      </c>
+      <c r="C196" s="5">
+        <v>45734</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E196" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G196" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H196" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="I196" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="J196" s="8" t="s">
+        <v>692</v>
+      </c>
+      <c r="K196" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="L196" s="8" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="197" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A197" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B197" s="4">
+        <v>3</v>
+      </c>
+      <c r="C197" s="5">
+        <v>45734</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E197" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G197" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H197" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="I197" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="J197" s="8" t="s">
+        <v>696</v>
+      </c>
+      <c r="K197" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="L197" s="8" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="198" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A198" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B198" s="4">
+        <v>3</v>
+      </c>
+      <c r="C198" s="5">
+        <v>45756</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E198" s="6">
+        <v>1543133</v>
+      </c>
+      <c r="F198" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G198" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H198" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="I198" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="J198" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K198" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L198" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="199" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A199" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B199" s="4">
+        <v>3</v>
+      </c>
+      <c r="C199" s="5">
+        <v>45749</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E199" s="6">
+        <v>151380</v>
+      </c>
+      <c r="F199" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G199" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H199" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="I199" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J199" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K199" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L199" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="200" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A200" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B200" s="4">
+        <v>3</v>
+      </c>
+      <c r="C200" s="5">
+        <v>45749</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E200" s="6">
+        <v>94920</v>
+      </c>
+      <c r="F200" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G200" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H200" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="I200" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J200" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K200" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L200" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="201" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A201" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B201" s="4">
+        <v>3</v>
+      </c>
+      <c r="C201" s="5">
+        <v>45749</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E201" s="6">
+        <v>87430</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G201" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H201" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="I201" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J201" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K201" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L201" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="202" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A202" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B202" s="4">
+        <v>3</v>
+      </c>
+      <c r="C202" s="5">
+        <v>45749</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E202" s="6">
+        <v>1006740</v>
+      </c>
+      <c r="F202" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G202" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H202" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="I202" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="J202" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K202" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L202" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="203" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A203" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B203" s="4">
+        <v>3</v>
+      </c>
+      <c r="C203" s="5">
+        <v>45750</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E203" s="6">
+        <v>1119314</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G203" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H203" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="I203" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="J203" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K203" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L203" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="204" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A204" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B204" s="4">
+        <v>3</v>
+      </c>
+      <c r="C204" s="5">
+        <v>45749</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E204" s="6">
+        <v>123760</v>
+      </c>
+      <c r="F204" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G204" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H204" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="I204" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="J204" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K204" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L204" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="205" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A205" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B205" s="4">
+        <v>3</v>
+      </c>
+      <c r="C205" s="5">
+        <v>45749</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E205" s="6">
+        <v>3890705</v>
+      </c>
+      <c r="F205" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G205" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H205" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="I205" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="J205" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K205" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L205" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="206" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A206" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B206" s="4">
+        <v>3</v>
+      </c>
+      <c r="C206" s="5">
+        <v>45741</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E206" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F206" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G206" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H206" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="I206" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="J206" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="K206" s="8" t="s">
+        <v>711</v>
+      </c>
+      <c r="L206" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="207" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A207" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B207" s="4">
+        <v>3</v>
+      </c>
+      <c r="C207" s="5">
+        <v>45740</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E207" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F207" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G207" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H207" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="I207" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="J207" s="8" t="s">
+        <v>714</v>
+      </c>
+      <c r="K207" s="8" t="s">
+        <v>715</v>
+      </c>
+      <c r="L207" s="8" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="208" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A208" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B208" s="4">
+        <v>3</v>
+      </c>
+      <c r="C208" s="5">
+        <v>45740</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E208" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F208" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G208" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H208" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="I208" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="J208" s="8" t="s">
+        <v>719</v>
+      </c>
+      <c r="K208" s="8" t="s">
+        <v>720</v>
+      </c>
+      <c r="L208" s="8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="209" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A209" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B209" s="4">
+        <v>3</v>
+      </c>
+      <c r="C209" s="5">
+        <v>45740</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E209" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F209" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G209" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H209" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="I209" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="J209" s="8" t="s">
+        <v>723</v>
+      </c>
+      <c r="K209" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="L209" s="8" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="210" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A210" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B210" s="4">
+        <v>3</v>
+      </c>
+      <c r="C210" s="5">
+        <v>45740</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E210" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F210" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G210" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H210" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="I210" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="J210" s="8" t="s">
+        <v>727</v>
+      </c>
+      <c r="K210" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="L210" s="8" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="211" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A211" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B211" s="4">
+        <v>3</v>
+      </c>
+      <c r="C211" s="5">
+        <v>45740</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E211" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F211" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G211" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H211" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="I211" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="J211" s="8" t="s">
+        <v>730</v>
+      </c>
+      <c r="K211" s="8" t="s">
+        <v>731</v>
+      </c>
+      <c r="L211" s="8" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="212" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A212" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B212" s="4">
+        <v>3</v>
+      </c>
+      <c r="C212" s="5">
+        <v>45740</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E212" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F212" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G212" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H212" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="I212" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="J212" s="8" t="s">
+        <v>734</v>
+      </c>
+      <c r="K212" s="8" t="s">
+        <v>735</v>
+      </c>
+      <c r="L212" s="8" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="213" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A213" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B213" s="4">
+        <v>3</v>
+      </c>
+      <c r="C213" s="5">
+        <v>45741</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="E213" s="6">
+        <v>2774065</v>
+      </c>
+      <c r="F213" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G213" s="7" t="s">
+        <v>639</v>
+      </c>
+      <c r="H213" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="I213" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="J213" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K213" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L213" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="214" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A214" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B214" s="4">
+        <v>3</v>
+      </c>
+      <c r="C214" s="5">
+        <v>45749</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="E214" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F214" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G214" s="7" t="s">
+        <v>739</v>
+      </c>
+      <c r="H214" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="I214" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="J214" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K214" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L214" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="215" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A215" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B215" s="4">
+        <v>3</v>
+      </c>
+      <c r="C215" s="5">
+        <v>45740</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E215" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F215" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G215" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H215" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="I215" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="J215" s="8" t="s">
+        <v>744</v>
+      </c>
+      <c r="K215" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L215" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="216" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A216" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B216" s="4">
+        <v>3</v>
+      </c>
+      <c r="C216" s="5">
+        <v>45740</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E216" s="6">
+        <v>190000</v>
+      </c>
+      <c r="F216" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G216" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H216" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="I216" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="J216" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="K216" s="8" t="s">
+        <v>693</v>
+      </c>
+      <c r="L216" s="8" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="217" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A217" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B217" s="4">
+        <v>3</v>
+      </c>
+      <c r="C217" s="5">
+        <v>45742</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E217" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F217" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G217" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H217" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="I217" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="J217" s="8" t="s">
+        <v>751</v>
+      </c>
+      <c r="K217" s="8" t="s">
+        <v>266</v>
+      </c>
+      <c r="L217" s="8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="218" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A218" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B218" s="4">
+        <v>3</v>
+      </c>
+      <c r="C218" s="5">
+        <v>45742</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E218" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F218" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G218" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H218" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="I218" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="J218" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="K218" s="8" t="s">
+        <v>755</v>
+      </c>
+      <c r="L218" s="8" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="219" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A219" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B219" s="4">
+        <v>3</v>
+      </c>
+      <c r="C219" s="5">
+        <v>45742</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E219" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F219" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G219" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H219" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="I219" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="J219" s="8" t="s">
+        <v>759</v>
+      </c>
+      <c r="K219" s="8" t="s">
+        <v>760</v>
+      </c>
+      <c r="L219" s="8" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="220" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A220" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B220" s="4">
+        <v>3</v>
+      </c>
+      <c r="C220" s="5">
+        <v>45742</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E220" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F220" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G220" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H220" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="I220" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="J220" s="8" t="s">
+        <v>764</v>
+      </c>
+      <c r="K220" s="8" t="s">
+        <v>228</v>
+      </c>
+      <c r="L220" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="221" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A221" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B221" s="4">
+        <v>3</v>
+      </c>
+      <c r="C221" s="5">
+        <v>45742</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E221" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F221" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G221" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H221" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="I221" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="J221" s="8" t="s">
+        <v>767</v>
+      </c>
+      <c r="K221" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L221" s="8" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="222" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A222" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B222" s="4">
+        <v>3</v>
+      </c>
+      <c r="C222" s="5">
+        <v>45742</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E222" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F222" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G222" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H222" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="I222" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="J222" s="8" t="s">
+        <v>770</v>
+      </c>
+      <c r="K222" s="8" t="s">
+        <v>771</v>
+      </c>
+      <c r="L222" s="8" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="223" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A223" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B223" s="4">
+        <v>3</v>
+      </c>
+      <c r="C223" s="5">
+        <v>45742</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E223" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F223" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G223" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H223" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="I223" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="J223" s="8" t="s">
+        <v>775</v>
+      </c>
+      <c r="K223" s="8" t="s">
+        <v>518</v>
+      </c>
+      <c r="L223" s="8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="224" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A224" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B224" s="4">
+        <v>3</v>
+      </c>
+      <c r="C224" s="5">
+        <v>45744</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E224" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F224" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G224" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H224" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="I224" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="J224" s="8" t="s">
+        <v>778</v>
+      </c>
+      <c r="K224" s="8" t="s">
+        <v>755</v>
+      </c>
+      <c r="L224" s="8" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="225" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A225" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B225" s="4">
+        <v>3</v>
+      </c>
+      <c r="C225" s="5">
+        <v>45743</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="E225" s="6">
+        <v>33647</v>
+      </c>
+      <c r="F225" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G225" s="7" t="s">
+        <v>476</v>
+      </c>
+      <c r="H225" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="I225" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J225" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K225" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L225" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="226" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A226" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B226" s="4">
+        <v>3</v>
+      </c>
+      <c r="C226" s="5">
+        <v>45743</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="E226" s="6">
+        <v>67428</v>
+      </c>
+      <c r="F226" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G226" s="7" t="s">
+        <v>476</v>
+      </c>
+      <c r="H226" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="I226" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J226" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K226" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L226" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="227" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A227" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B227" s="4">
+        <v>3</v>
+      </c>
+      <c r="C227" s="5">
+        <v>45743</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="E227" s="6">
+        <v>639293</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G227" s="7" t="s">
+        <v>476</v>
+      </c>
+      <c r="H227" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="I227" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J227" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K227" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L227" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="228" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A228" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B228" s="4">
+        <v>3</v>
+      </c>
+      <c r="C228" s="5">
+        <v>45742</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E228" s="6">
+        <v>194437508</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G228" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H228" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="I228" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J228" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K228" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L228" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="229" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A229" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B229" s="4">
+        <v>3</v>
+      </c>
+      <c r="C229" s="5">
+        <v>45742</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E229" s="6">
+        <v>843537536</v>
+      </c>
+      <c r="F229" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G229" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H229" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="I229" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J229" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K229" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L229" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="230" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A230" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B230" s="4">
+        <v>3</v>
+      </c>
+      <c r="C230" s="5">
+        <v>45742</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E230" s="6">
+        <v>167028676</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G230" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H230" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="I230" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J230" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K230" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L230" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="231" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A231" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B231" s="4">
+        <v>3</v>
+      </c>
+      <c r="C231" s="5">
+        <v>45749</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E231" s="6">
+        <v>40000000</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G231" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H231" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="I231" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J231" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K231" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L231" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="232" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A232" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B232" s="4">
+        <v>3</v>
+      </c>
+      <c r="C232" s="5">
+        <v>45742</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="E232" s="6">
+        <v>10000000</v>
+      </c>
+      <c r="F232" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G232" s="7" t="s">
+        <v>243</v>
+      </c>
+      <c r="H232" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="I232" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="J232" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K232" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L232" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="233" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A233" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B233" s="4">
+        <v>3</v>
+      </c>
+      <c r="C233" s="5">
+        <v>45755</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E233" s="6">
+        <v>47507</v>
+      </c>
+      <c r="F233" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G233" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H233" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="I233" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="J233" s="8" t="s">
+        <v>788</v>
+      </c>
+      <c r="K233" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L233" s="8" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="234" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A234" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B234" s="4">
+        <v>3</v>
+      </c>
+      <c r="C234" s="5">
+        <v>45755</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E234" s="6">
+        <v>77858</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G234" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H234" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="I234" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="J234" s="8" t="s">
+        <v>788</v>
+      </c>
+      <c r="K234" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L234" s="8" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="235" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A235" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B235" s="4">
+        <v>3</v>
+      </c>
+      <c r="C235" s="5">
+        <v>45744</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E235" s="6">
+        <v>50000</v>
+      </c>
+      <c r="F235" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G235" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H235" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="I235" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="J235" s="8" t="s">
+        <v>793</v>
+      </c>
+      <c r="K235" s="8" t="s">
+        <v>794</v>
+      </c>
+      <c r="L235" s="8" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="236" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A236" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B236" s="4">
+        <v>3</v>
+      </c>
+      <c r="C236" s="5">
+        <v>45790</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="E236" s="6">
+        <v>17500000</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G236" s="7" t="s">
+        <v>797</v>
+      </c>
+      <c r="H236" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="I236" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="J236" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K236" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L236" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="237" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A237" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B237" s="4">
+        <v>3</v>
+      </c>
+      <c r="C237" s="5">
+        <v>45755</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E237" s="6">
+        <v>150339</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G237" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H237" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="I237" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J237" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K237" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L237" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="238" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A238" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B238" s="4">
+        <v>3</v>
+      </c>
+      <c r="C238" s="5">
+        <v>45755</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E238" s="6">
+        <v>213665</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G238" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H238" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="I238" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="J238" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K238" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L238" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="239" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A239" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B239" s="4">
+        <v>3</v>
+      </c>
+      <c r="C239" s="5">
+        <v>45744</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E239" s="6">
+        <v>500000</v>
+      </c>
+      <c r="F239" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G239" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H239" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="I239" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="J239" s="8" t="s">
+        <v>804</v>
+      </c>
+      <c r="K239" s="8" t="s">
+        <v>805</v>
+      </c>
+      <c r="L239" s="8" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="240" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A240" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B240" s="4">
+        <v>3</v>
+      </c>
+      <c r="C240" s="5">
+        <v>45744</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E240" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G240" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H240" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="I240" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="J240" s="8" t="s">
+        <v>809</v>
+      </c>
+      <c r="K240" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="L240" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="241" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A241" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B241" s="4">
+        <v>3</v>
+      </c>
+      <c r="C241" s="5">
+        <v>45744</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="E241" s="6">
+        <v>5000000</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G241" s="7" t="s">
+        <v>811</v>
+      </c>
+      <c r="H241" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="I241" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="J241" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K241" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L241" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="242" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A242" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B242" s="4">
+        <v>3</v>
+      </c>
+      <c r="C242" s="5">
+        <v>45744</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="E242" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G242" s="7" t="s">
+        <v>815</v>
+      </c>
+      <c r="H242" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="I242" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="J242" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K242" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L242" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="243" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A243" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B243" s="4">
+        <v>3</v>
+      </c>
+      <c r="C243" s="5">
+        <v>45748</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E243" s="6">
+        <v>106324109</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G243" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H243" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="I243" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J243" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K243" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L243" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="244" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A244" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B244" s="4">
+        <v>3</v>
+      </c>
+      <c r="C244" s="5">
+        <v>45756</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="E244" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G244" s="7" t="s">
+        <v>820</v>
+      </c>
+      <c r="H244" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="I244" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="J244" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K244" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L244" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="245" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A245" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B245" s="4">
+        <v>3</v>
+      </c>
+      <c r="C245" s="5">
+        <v>45769</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E245" s="6">
+        <v>157130</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G245" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H245" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="I245" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J245" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K245" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L245" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="246" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A246" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B246" s="4">
+        <v>3</v>
+      </c>
+      <c r="C246" s="5">
+        <v>45769</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E246" s="6">
+        <v>155331</v>
+      </c>
+      <c r="F246" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G246" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H246" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="I246" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J246" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K246" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L246" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="247" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A247" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B247" s="4">
+        <v>3</v>
+      </c>
+      <c r="C247" s="5">
+        <v>45769</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E247" s="6">
+        <v>155139</v>
+      </c>
+      <c r="F247" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G247" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H247" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="I247" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J247" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K247" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L247" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="248" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A248" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B248" s="4">
+        <v>3</v>
+      </c>
+      <c r="C248" s="5">
+        <v>45769</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E248" s="6">
+        <v>160350</v>
+      </c>
+      <c r="F248" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G248" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H248" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="I248" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J248" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K248" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L248" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="249" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A249" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B249" s="4">
+        <v>3</v>
+      </c>
+      <c r="C249" s="5">
+        <v>45751</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E249" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F249" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G249" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H249" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="I249" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="J249" s="8" t="s">
+        <v>829</v>
+      </c>
+      <c r="K249" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L249" s="8" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="250" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A250" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B250" s="4">
+        <v>3</v>
+      </c>
+      <c r="C250" s="5">
+        <v>45750</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E250" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F250" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G250" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H250" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="I250" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="J250" s="8" t="s">
+        <v>832</v>
+      </c>
+      <c r="K250" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L250" s="8" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="251" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A251" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B251" s="4">
+        <v>3</v>
+      </c>
+      <c r="C251" s="5">
+        <v>45750</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E251" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F251" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G251" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H251" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="I251" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="J251" s="8" t="s">
+        <v>837</v>
+      </c>
+      <c r="K251" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="L251" s="8" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="252" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A252" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B252" s="4">
+        <v>3</v>
+      </c>
+      <c r="C252" s="5">
+        <v>45750</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E252" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G252" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H252" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="I252" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="J252" s="8" t="s">
+        <v>324</v>
+      </c>
+      <c r="K252" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="L252" s="8" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="253" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A253" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B253" s="4">
+        <v>4</v>
+      </c>
+      <c r="C253" s="5">
+        <v>45772</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E253" s="6">
+        <v>125842</v>
+      </c>
+      <c r="F253" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G253" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H253" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="I253" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="J253" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="K253" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="L253" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="254" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A254" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B254" s="4">
+        <v>4</v>
+      </c>
+      <c r="C254" s="5">
+        <v>45750</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E254" s="6">
+        <v>39263000</v>
+      </c>
+      <c r="F254" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G254" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H254" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="I254" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J254" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K254" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L254" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="255" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A255" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B255" s="4">
+        <v>4</v>
+      </c>
+      <c r="C255" s="5">
+        <v>45751</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E255" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F255" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G255" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H255" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="I255" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="J255" s="8" t="s">
+        <v>844</v>
+      </c>
+      <c r="K255" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="L255" s="8" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="256" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A256" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B256" s="4">
+        <v>4</v>
+      </c>
+      <c r="C256" s="5">
+        <v>45751</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E256" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F256" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G256" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H256" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="I256" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="J256" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="K256" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L256" s="8" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="257" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A257" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B257" s="4">
+        <v>4</v>
+      </c>
+      <c r="C257" s="5">
+        <v>45751</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E257" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F257" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G257" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H257" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="I257" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="J257" s="8" t="s">
+        <v>849</v>
+      </c>
+      <c r="K257" s="8" t="s">
+        <v>850</v>
+      </c>
+      <c r="L257" s="8" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="258" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A258" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B258" s="4">
+        <v>4</v>
+      </c>
+      <c r="C258" s="5">
+        <v>45754</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E258" s="6">
+        <v>626439878</v>
+      </c>
+      <c r="F258" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G258" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="H258" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="I258" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J258" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K258" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L258" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="259" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A259" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B259" s="4">
+        <v>4</v>
+      </c>
+      <c r="C259" s="5">
+        <v>45754</v>
+      </c>
+      <c r="D259" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="E6" s="5">
-[...5 lines deleted...]
-      <c r="G6" s="6" t="s">
+      <c r="E259" s="6">
+        <v>8857183</v>
+      </c>
+      <c r="F259" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G259" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="H6" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I6" t="s">
+      <c r="H259" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="I259" s="1" t="s">
         <v>17</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G7" s="6" t="s">
+      <c r="J259" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K259" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L259" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="260" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A260" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B260" s="4">
+        <v>4</v>
+      </c>
+      <c r="C260" s="5">
+        <v>45756</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E260" s="6">
+        <v>216493149</v>
+      </c>
+      <c r="F260" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G260" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H260" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="I260" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J260" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K260" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L260" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="261" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A261" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B261" s="4">
+        <v>4</v>
+      </c>
+      <c r="C261" s="5">
+        <v>45756</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="E261" s="6">
+        <v>3000000</v>
+      </c>
+      <c r="F261" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G261" s="7" t="s">
+        <v>855</v>
+      </c>
+      <c r="H261" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="I261" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="J261" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K261" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L261" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="262" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A262" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B262" s="4">
+        <v>4</v>
+      </c>
+      <c r="C262" s="5">
+        <v>45757</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E262" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F262" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G262" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H262" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="I262" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="J262" s="8" t="s">
+        <v>860</v>
+      </c>
+      <c r="K262" s="8" t="s">
+        <v>861</v>
+      </c>
+      <c r="L262" s="8" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="263" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A263" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B263" s="4">
+        <v>4</v>
+      </c>
+      <c r="C263" s="5">
+        <v>45757</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E263" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F263" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G263" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H263" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="I263" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="J263" s="8" t="s">
+        <v>864</v>
+      </c>
+      <c r="K263" s="8" t="s">
+        <v>865</v>
+      </c>
+      <c r="L263" s="8" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="264" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A264" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B264" s="4">
+        <v>4</v>
+      </c>
+      <c r="C264" s="5">
+        <v>45757</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E264" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F264" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G264" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H264" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="I264" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="J264" s="8" t="s">
+        <v>868</v>
+      </c>
+      <c r="K264" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="L264" s="8" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="265" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A265" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B265" s="4">
+        <v>4</v>
+      </c>
+      <c r="C265" s="5">
+        <v>45757</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E265" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F265" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G265" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H265" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="I265" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="J265" s="8" t="s">
+        <v>871</v>
+      </c>
+      <c r="K265" s="8" t="s">
+        <v>297</v>
+      </c>
+      <c r="L265" s="8" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="266" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A266" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B266" s="4">
+        <v>4</v>
+      </c>
+      <c r="C266" s="5">
+        <v>45758</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="E266" s="6">
+        <v>1211717</v>
+      </c>
+      <c r="F266" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G266" s="7" t="s">
+        <v>873</v>
+      </c>
+      <c r="H266" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="I266" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J266" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K266" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L266" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="267" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A267" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B267" s="4">
+        <v>4</v>
+      </c>
+      <c r="C267" s="5">
+        <v>45758</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="E267" s="6">
+        <v>340964</v>
+      </c>
+      <c r="F267" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G267" s="7" t="s">
+        <v>873</v>
+      </c>
+      <c r="H267" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="I267" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="J267" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K267" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L267" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="268" spans="1:12" ht="75" x14ac:dyDescent="0.25">
+      <c r="A268" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B268" s="4">
+        <v>4</v>
+      </c>
+      <c r="C268" s="5">
+        <v>45758</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E268" s="6">
+        <v>149940</v>
+      </c>
+      <c r="F268" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G268" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H268" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="I268" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="J268" s="8" t="s">
+        <v>264</v>
+      </c>
+      <c r="K268" s="8" t="s">
+        <v>265</v>
+      </c>
+      <c r="L268" s="8" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="269" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A269" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B269" s="4">
+        <v>4</v>
+      </c>
+      <c r="C269" s="5">
+        <v>45784</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E269" s="6">
+        <v>181620</v>
+      </c>
+      <c r="F269" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G269" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H269" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="I269" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J269" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K269" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L269" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="270" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A270" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B270" s="4">
+        <v>4</v>
+      </c>
+      <c r="C270" s="5">
+        <v>45784</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E270" s="6">
+        <v>135750</v>
+      </c>
+      <c r="F270" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G270" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H270" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="I270" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J270" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K270" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L270" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="271" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A271" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B271" s="4">
+        <v>4</v>
+      </c>
+      <c r="C271" s="5">
+        <v>45784</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E271" s="6">
+        <v>172056</v>
+      </c>
+      <c r="F271" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G271" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H271" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="I271" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J271" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K271" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L271" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="272" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A272" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B272" s="4">
+        <v>4</v>
+      </c>
+      <c r="C272" s="5">
+        <v>45776</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E272" s="6">
+        <v>414120</v>
+      </c>
+      <c r="F272" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G272" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H272" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="I272" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="J272" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="K272" s="8" t="s">
+        <v>495</v>
+      </c>
+      <c r="L272" s="8" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="273" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A273" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B273" s="4">
+        <v>4</v>
+      </c>
+      <c r="C273" s="5">
+        <v>45762</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E273" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F273" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G273" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H273" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="I273" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="J273" s="8" t="s">
+        <v>883</v>
+      </c>
+      <c r="K273" s="8" t="s">
+        <v>736</v>
+      </c>
+      <c r="L273" s="8" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="274" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A274" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B274" s="4">
+        <v>4</v>
+      </c>
+      <c r="C274" s="5">
+        <v>45762</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E274" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F274" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G274" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H274" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="I274" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="J274" s="8" t="s">
+        <v>887</v>
+      </c>
+      <c r="K274" s="8" t="s">
+        <v>888</v>
+      </c>
+      <c r="L274" s="8" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="275" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A275" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B275" s="4">
+        <v>4</v>
+      </c>
+      <c r="C275" s="5">
+        <v>45762</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E275" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F275" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G275" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H275" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="I275" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="J275" s="8" t="s">
+        <v>891</v>
+      </c>
+      <c r="K275" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="L275" s="8" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="276" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A276" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B276" s="4">
+        <v>4</v>
+      </c>
+      <c r="C276" s="5">
+        <v>45762</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E276" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F276" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G276" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H276" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="I276" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="J276" s="8" t="s">
+        <v>894</v>
+      </c>
+      <c r="K276" s="8" t="s">
+        <v>895</v>
+      </c>
+      <c r="L276" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="277" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A277" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B277" s="4">
+        <v>4</v>
+      </c>
+      <c r="C277" s="5">
+        <v>45762</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E277" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F277" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G277" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H277" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="I277" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="J277" s="8" t="s">
+        <v>898</v>
+      </c>
+      <c r="K277" s="8" t="s">
+        <v>693</v>
+      </c>
+      <c r="L277" s="8" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="278" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A278" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B278" s="4">
+        <v>4</v>
+      </c>
+      <c r="C278" s="5">
+        <v>45762</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E278" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F278" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G278" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H278" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="I278" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="J278" s="8" t="s">
+        <v>901</v>
+      </c>
+      <c r="K278" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="L278" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="279" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A279" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B279" s="4">
+        <v>4</v>
+      </c>
+      <c r="C279" s="5">
+        <v>45762</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E279" s="6">
+        <v>48480801</v>
+      </c>
+      <c r="F279" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G279" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H279" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="I279" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J279" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K279" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L279" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="280" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A280" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B280" s="4">
+        <v>4</v>
+      </c>
+      <c r="C280" s="5">
+        <v>45762</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E280" s="6">
+        <v>15000000</v>
+      </c>
+      <c r="F280" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G280" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H280" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="I280" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J280" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K280" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L280" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="281" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A281" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B281" s="4">
+        <v>4</v>
+      </c>
+      <c r="C281" s="5">
+        <v>45762</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="E281" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F281" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G281" s="7" t="s">
+        <v>905</v>
+      </c>
+      <c r="H281" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="I281" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="J281" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K281" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L281" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="282" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A282" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B282" s="4">
+        <v>4</v>
+      </c>
+      <c r="C282" s="5">
+        <v>45771</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="E282" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F282" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G282" s="7" t="s">
+        <v>909</v>
+      </c>
+      <c r="H282" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="I282" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="J282" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K282" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L282" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="283" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A283" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B283" s="4">
+        <v>4</v>
+      </c>
+      <c r="C283" s="5">
+        <v>45763</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="E283" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F283" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G283" s="7" t="s">
+        <v>555</v>
+      </c>
+      <c r="H283" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="I283" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="J283" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K283" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L283" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="284" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A284" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B284" s="4">
+        <v>4</v>
+      </c>
+      <c r="C284" s="5">
+        <v>45768</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E284" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F284" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G284" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H284" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="I284" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="J284" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="K284" s="8" t="s">
+        <v>916</v>
+      </c>
+      <c r="L284" s="8" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="285" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A285" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B285" s="4">
+        <v>4</v>
+      </c>
+      <c r="C285" s="5">
+        <v>45768</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E285" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F285" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G285" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H285" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="I285" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="J285" s="8" t="s">
+        <v>919</v>
+      </c>
+      <c r="K285" s="8" t="s">
+        <v>514</v>
+      </c>
+      <c r="L285" s="8" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="286" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A286" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B286" s="4">
+        <v>4</v>
+      </c>
+      <c r="C286" s="5">
+        <v>45768</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E286" s="6">
+        <v>160000</v>
+      </c>
+      <c r="F286" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G286" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H286" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="I286" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="J286" s="8" t="s">
+        <v>585</v>
+      </c>
+      <c r="K286" s="8" t="s">
+        <v>923</v>
+      </c>
+      <c r="L286" s="8" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="287" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A287" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B287" s="4">
+        <v>4</v>
+      </c>
+      <c r="C287" s="5">
+        <v>45768</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E287" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F287" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G287" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H287" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="I287" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="J287" s="8" t="s">
+        <v>927</v>
+      </c>
+      <c r="K287" s="8" t="s">
+        <v>928</v>
+      </c>
+      <c r="L287" s="8" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="288" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A288" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B288" s="4">
+        <v>4</v>
+      </c>
+      <c r="C288" s="5">
+        <v>45768</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E288" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F288" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G288" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H288" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="I288" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="J288" s="8" t="s">
+        <v>932</v>
+      </c>
+      <c r="K288" s="8" t="s">
+        <v>618</v>
+      </c>
+      <c r="L288" s="8" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="289" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A289" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B289" s="4">
+        <v>4</v>
+      </c>
+      <c r="C289" s="5">
+        <v>45768</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E289" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F289" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G289" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H289" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="I289" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="J289" s="8" t="s">
+        <v>936</v>
+      </c>
+      <c r="K289" s="8" t="s">
+        <v>566</v>
+      </c>
+      <c r="L289" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="290" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A290" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B290" s="4">
+        <v>4</v>
+      </c>
+      <c r="C290" s="5">
+        <v>45768</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E290" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F290" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G290" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H290" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="I290" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="J290" s="8" t="s">
+        <v>939</v>
+      </c>
+      <c r="K290" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L290" s="8" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="291" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A291" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B291" s="4">
+        <v>4</v>
+      </c>
+      <c r="C291" s="5">
+        <v>45768</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E291" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F291" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G291" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H291" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="I291" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="J291" s="8" t="s">
+        <v>943</v>
+      </c>
+      <c r="K291" s="8" t="s">
+        <v>944</v>
+      </c>
+      <c r="L291" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="292" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A292" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B292" s="4">
+        <v>4</v>
+      </c>
+      <c r="C292" s="5">
+        <v>45770</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E292" s="6">
+        <v>40000000</v>
+      </c>
+      <c r="F292" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G292" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H292" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="I292" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J292" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K292" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L292" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="293" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A293" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B293" s="4">
+        <v>4</v>
+      </c>
+      <c r="C293" s="5">
+        <v>45782</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="E293" s="6">
+        <v>421180</v>
+      </c>
+      <c r="F293" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G293" s="7" t="s">
+        <v>873</v>
+      </c>
+      <c r="H293" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="I293" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="J293" s="8" t="s">
+        <v>406</v>
+      </c>
+      <c r="K293" s="8" t="s">
+        <v>407</v>
+      </c>
+      <c r="L293" s="8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="294" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A294" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B294" s="4">
+        <v>4</v>
+      </c>
+      <c r="C294" s="5">
+        <v>45782</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="E294" s="6">
+        <v>197100</v>
+      </c>
+      <c r="F294" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G294" s="7" t="s">
+        <v>873</v>
+      </c>
+      <c r="H294" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="I294" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="J294" s="8" t="s">
+        <v>406</v>
+      </c>
+      <c r="K294" s="8" t="s">
+        <v>407</v>
+      </c>
+      <c r="L294" s="8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="295" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A295" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B295" s="4">
+        <v>4</v>
+      </c>
+      <c r="C295" s="5">
+        <v>45789</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="E295" s="6">
+        <v>568820</v>
+      </c>
+      <c r="F295" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G295" s="7" t="s">
+        <v>873</v>
+      </c>
+      <c r="H295" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="I295" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="J295" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K295" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L295" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="296" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A296" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B296" s="4">
+        <v>4</v>
+      </c>
+      <c r="C296" s="5">
+        <v>45777</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="E296" s="6">
+        <v>58905</v>
+      </c>
+      <c r="F296" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G296" s="7" t="s">
+        <v>873</v>
+      </c>
+      <c r="H296" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="I296" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="J296" s="8" t="s">
+        <v>950</v>
+      </c>
+      <c r="K296" s="8" t="s">
+        <v>951</v>
+      </c>
+      <c r="L296" s="8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="297" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A297" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B297" s="4">
+        <v>4</v>
+      </c>
+      <c r="C297" s="5">
+        <v>45777</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="E297" s="6">
+        <v>103000</v>
+      </c>
+      <c r="F297" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G297" s="7" t="s">
+        <v>873</v>
+      </c>
+      <c r="H297" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="I297" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="J297" s="8" t="s">
+        <v>954</v>
+      </c>
+      <c r="K297" s="8" t="s">
+        <v>297</v>
+      </c>
+      <c r="L297" s="8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="298" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A298" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B298" s="4">
+        <v>4</v>
+      </c>
+      <c r="C298" s="5">
+        <v>45777</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="E298" s="6">
+        <v>4000000</v>
+      </c>
+      <c r="F298" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G298" s="7" t="s">
+        <v>956</v>
+      </c>
+      <c r="H298" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="I298" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="J298" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K298" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L298" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="299" spans="1:12" ht="105" x14ac:dyDescent="0.25">
+      <c r="A299" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B299" s="4">
+        <v>4</v>
+      </c>
+      <c r="C299" s="5">
+        <v>45771</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E299" s="6">
+        <v>352516408</v>
+      </c>
+      <c r="F299" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G299" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H299" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="I299" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J299" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K299" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L299" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="300" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A300" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B300" s="4">
+        <v>4</v>
+      </c>
+      <c r="C300" s="5">
+        <v>45771</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E300" s="6">
+        <v>50000</v>
+      </c>
+      <c r="F300" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G300" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H300" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="I300" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="J300" s="8" t="s">
+        <v>962</v>
+      </c>
+      <c r="K300" s="8" t="s">
+        <v>963</v>
+      </c>
+      <c r="L300" s="8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="301" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A301" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B301" s="4">
+        <v>4</v>
+      </c>
+      <c r="C301" s="5">
+        <v>45771</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E301" s="6">
+        <v>50000</v>
+      </c>
+      <c r="F301" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G301" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H301" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="I301" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="J301" s="8" t="s">
+        <v>966</v>
+      </c>
+      <c r="K301" s="8" t="s">
+        <v>967</v>
+      </c>
+      <c r="L301" s="8" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="302" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A302" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B302" s="4">
+        <v>4</v>
+      </c>
+      <c r="C302" s="5">
+        <v>45771</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E302" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F302" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G302" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H302" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="I302" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="J302" s="8" t="s">
+        <v>970</v>
+      </c>
+      <c r="K302" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="L302" s="8" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="303" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A303" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B303" s="4">
+        <v>4</v>
+      </c>
+      <c r="C303" s="5">
+        <v>45771</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E303" s="6">
+        <v>75000</v>
+      </c>
+      <c r="F303" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G303" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H303" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="I303" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="J303" s="8" t="s">
+        <v>973</v>
+      </c>
+      <c r="K303" s="8" t="s">
+        <v>974</v>
+      </c>
+      <c r="L303" s="8" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="304" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A304" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B304" s="4">
+        <v>4</v>
+      </c>
+      <c r="C304" s="5">
+        <v>45771</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E304" s="6">
+        <v>130000</v>
+      </c>
+      <c r="F304" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G304" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H304" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="I304" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="J304" s="8" t="s">
+        <v>978</v>
+      </c>
+      <c r="K304" s="8" t="s">
+        <v>979</v>
+      </c>
+      <c r="L304" s="8" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="305" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A305" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B305" s="4">
+        <v>4</v>
+      </c>
+      <c r="C305" s="5">
+        <v>45771</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E305" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F305" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G305" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H305" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="I305" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="J305" s="8" t="s">
+        <v>982</v>
+      </c>
+      <c r="K305" s="8" t="s">
+        <v>518</v>
+      </c>
+      <c r="L305" s="8" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="306" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A306" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B306" s="4">
+        <v>4</v>
+      </c>
+      <c r="C306" s="5">
+        <v>45783</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="E306" s="6">
+        <v>4000000</v>
+      </c>
+      <c r="F306" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G306" s="7" t="s">
+        <v>984</v>
+      </c>
+      <c r="H306" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="I306" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="J306" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K306" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L306" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="307" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A307" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B307" s="4">
+        <v>4</v>
+      </c>
+      <c r="C307" s="5">
+        <v>45775</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E307" s="6">
+        <v>33870009</v>
+      </c>
+      <c r="F307" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G307" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H307" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="I307" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J307" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K307" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L307" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="308" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A308" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B308" s="4">
+        <v>4</v>
+      </c>
+      <c r="C308" s="5">
+        <v>45771</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E308" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F308" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G308" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H308" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="I308" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="J308" s="8" t="s">
+        <v>990</v>
+      </c>
+      <c r="K308" s="8" t="s">
+        <v>991</v>
+      </c>
+      <c r="L308" s="8" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="309" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A309" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B309" s="4">
+        <v>4</v>
+      </c>
+      <c r="C309" s="5">
+        <v>45776</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E309" s="6">
+        <v>264732285</v>
+      </c>
+      <c r="F309" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G309" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H309" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="I309" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J309" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K309" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L309" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="310" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A310" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B310" s="4">
+        <v>4</v>
+      </c>
+      <c r="C310" s="5">
+        <v>45776</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E310" s="6">
+        <v>843537536</v>
+      </c>
+      <c r="F310" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G310" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H310" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="I310" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J310" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K310" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L310" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="311" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A311" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B311" s="4">
+        <v>4</v>
+      </c>
+      <c r="C311" s="5">
+        <v>45784</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="E311" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F311" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G311" s="7" t="s">
+        <v>994</v>
+      </c>
+      <c r="H311" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="I311" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="J311" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K311" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L311" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="312" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A312" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B312" s="4">
+        <v>4</v>
+      </c>
+      <c r="C312" s="5">
+        <v>45777</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E312" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F312" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G312" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H312" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="I312" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="J312" s="8" t="s">
+        <v>999</v>
+      </c>
+      <c r="K312" s="8" t="s">
+        <v>1000</v>
+      </c>
+      <c r="L312" s="8" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="313" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A313" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B313" s="4">
+        <v>4</v>
+      </c>
+      <c r="C313" s="5">
+        <v>45777</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E313" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F313" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G313" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H313" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="I313" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="J313" s="8" t="s">
+        <v>1003</v>
+      </c>
+      <c r="K313" s="8" t="s">
+        <v>1004</v>
+      </c>
+      <c r="L313" s="8" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="314" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A314" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B314" s="4">
+        <v>4</v>
+      </c>
+      <c r="C314" s="5">
+        <v>45789</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="E314" s="6">
+        <v>2355900</v>
+      </c>
+      <c r="F314" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G314" s="7" t="s">
+        <v>873</v>
+      </c>
+      <c r="H314" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="I314" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="J314" s="8" t="s">
+        <v>1008</v>
+      </c>
+      <c r="K314" s="8" t="s">
+        <v>851</v>
+      </c>
+      <c r="L314" s="8" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="315" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A315" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B315" s="4">
+        <v>5</v>
+      </c>
+      <c r="C315" s="5">
+        <v>45782</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E315" s="6">
+        <v>29380850</v>
+      </c>
+      <c r="F315" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G315" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H315" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="I315" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J315" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K315" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L315" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="316" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A316" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B316" s="4">
+        <v>5</v>
+      </c>
+      <c r="C316" s="5">
+        <v>45805</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E316" s="6">
+        <v>1151444</v>
+      </c>
+      <c r="F316" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G316" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H316" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="I316" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="J316" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K316" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L316" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="317" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A317" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B317" s="4">
+        <v>5</v>
+      </c>
+      <c r="C317" s="5">
+        <v>45783</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E317" s="6">
+        <v>130000</v>
+      </c>
+      <c r="F317" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G317" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H317" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="I317" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="J317" s="8" t="s">
+        <v>1014</v>
+      </c>
+      <c r="K317" s="8" t="s">
+        <v>664</v>
+      </c>
+      <c r="L317" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="318" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A318" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B318" s="4">
+        <v>5</v>
+      </c>
+      <c r="C318" s="5">
+        <v>45783</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E318" s="6">
+        <v>170000</v>
+      </c>
+      <c r="F318" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G318" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H318" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="I318" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="J318" s="8" t="s">
+        <v>1017</v>
+      </c>
+      <c r="K318" s="8" t="s">
+        <v>518</v>
+      </c>
+      <c r="L318" s="8" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="319" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A319" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B319" s="4">
+        <v>5</v>
+      </c>
+      <c r="C319" s="5">
+        <v>45783</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E319" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F319" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G319" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H319" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="I319" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="J319" s="8" t="s">
+        <v>1019</v>
+      </c>
+      <c r="K319" s="8" t="s">
+        <v>236</v>
+      </c>
+      <c r="L319" s="8" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="320" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A320" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B320" s="4">
+        <v>5</v>
+      </c>
+      <c r="C320" s="5">
+        <v>45783</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E320" s="6">
+        <v>132808703</v>
+      </c>
+      <c r="F320" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G320" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="H320" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="I320" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J320" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K320" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L320" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="321" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A321" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B321" s="4">
+        <v>5</v>
+      </c>
+      <c r="C321" s="5">
+        <v>45783</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E321" s="6">
+        <v>3777246</v>
+      </c>
+      <c r="F321" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G321" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H321" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="I321" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J321" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K321" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L321" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="322" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A322" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B322" s="4">
+        <v>5</v>
+      </c>
+      <c r="C322" s="5">
+        <v>45783</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E322" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F322" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G322" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H322" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="I322" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="J322" s="8" t="s">
+        <v>1022</v>
+      </c>
+      <c r="K322" s="8" t="s">
+        <v>527</v>
+      </c>
+      <c r="L322" s="8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="323" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A323" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B323" s="4">
+        <v>5</v>
+      </c>
+      <c r="C323" s="5">
+        <v>45783</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E323" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F323" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G323" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H323" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="I323" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J323" s="8" t="s">
+        <v>1024</v>
+      </c>
+      <c r="K323" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="L323" s="8" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="324" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A324" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B324" s="4">
+        <v>5</v>
+      </c>
+      <c r="C324" s="5">
+        <v>45783</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E324" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F324" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G324" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H324" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="I324" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J324" s="8" t="s">
+        <v>1027</v>
+      </c>
+      <c r="K324" s="8" t="s">
+        <v>1028</v>
+      </c>
+      <c r="L324" s="8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="325" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A325" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B325" s="4">
+        <v>5</v>
+      </c>
+      <c r="C325" s="5">
+        <v>45783</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E325" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F325" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G325" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H325" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="I325" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="J325" s="8" t="s">
+        <v>1030</v>
+      </c>
+      <c r="K325" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="L325" s="8" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="326" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A326" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B326" s="4">
+        <v>5</v>
+      </c>
+      <c r="C326" s="5">
+        <v>45783</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E326" s="6">
+        <v>130000</v>
+      </c>
+      <c r="F326" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G326" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H326" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="I326" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J326" s="8" t="s">
+        <v>1032</v>
+      </c>
+      <c r="K326" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="L326" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="327" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A327" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B327" s="4">
+        <v>5</v>
+      </c>
+      <c r="C327" s="5">
+        <v>45783</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E327" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F327" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G327" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H327" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="I327" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="J327" s="8" t="s">
+        <v>1034</v>
+      </c>
+      <c r="K327" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="L327" s="8" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="328" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A328" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B328" s="4">
+        <v>5</v>
+      </c>
+      <c r="C328" s="5">
+        <v>45783</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E328" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F328" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G328" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H328" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="I328" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="J328" s="8" t="s">
+        <v>1038</v>
+      </c>
+      <c r="K328" s="8" t="s">
+        <v>1039</v>
+      </c>
+      <c r="L328" s="8" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="329" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A329" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B329" s="4">
+        <v>5</v>
+      </c>
+      <c r="C329" s="5">
+        <v>45783</v>
+      </c>
+      <c r="D329" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="H7" t="s">
+      <c r="E329" s="6">
+        <v>166553</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G329" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="I7" t="s">
-[...13 lines deleted...]
-      <c r="D8" t="s">
+      <c r="H329" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="I329" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J329" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K329" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L329" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="330" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A330" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B330" s="4">
+        <v>5</v>
+      </c>
+      <c r="C330" s="5">
+        <v>45786</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="E330" s="6">
+        <v>6769383</v>
+      </c>
+      <c r="F330" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G330" s="7" t="s">
+        <v>476</v>
+      </c>
+      <c r="H330" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="I330" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J330" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K330" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L330" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="331" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A331" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B331" s="4">
+        <v>5</v>
+      </c>
+      <c r="C331" s="5">
+        <v>45800</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E331" s="6">
+        <v>154295</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G331" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H331" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="I331" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="J331" s="8" t="s">
+        <v>788</v>
+      </c>
+      <c r="K331" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L331" s="8" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="332" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A332" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B332" s="4">
+        <v>5</v>
+      </c>
+      <c r="C332" s="5">
+        <v>45797</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E332" s="6">
+        <v>178500</v>
+      </c>
+      <c r="F332" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G332" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H332" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="I332" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="J332" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K332" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L332" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="333" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A333" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B333" s="4">
+        <v>5</v>
+      </c>
+      <c r="C333" s="5">
+        <v>45797</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E333" s="6">
+        <v>283077</v>
+      </c>
+      <c r="F333" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G333" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H333" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="I333" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="J333" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K333" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L333" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="334" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A334" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B334" s="4">
+        <v>5</v>
+      </c>
+      <c r="C334" s="5">
+        <v>45786</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="E334" s="6">
+        <v>20000000</v>
+      </c>
+      <c r="F334" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G334" s="7" t="s">
+        <v>243</v>
+      </c>
+      <c r="H334" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="I334" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="J334" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K334" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L334" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="335" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A335" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B335" s="4">
+        <v>5</v>
+      </c>
+      <c r="C335" s="5">
+        <v>45789</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E335" s="6">
+        <v>135661</v>
+      </c>
+      <c r="F335" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G335" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H335" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="I335" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="J335" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K335" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L335" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="336" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A336" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B336" s="4">
+        <v>5</v>
+      </c>
+      <c r="C336" s="5">
+        <v>45784</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E336" s="6">
+        <v>179095</v>
+      </c>
+      <c r="F336" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G336" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H336" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="I336" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="J336" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K336" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L336" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="337" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A337" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B337" s="4">
+        <v>5</v>
+      </c>
+      <c r="C337" s="5">
+        <v>45784</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E337" s="6">
+        <v>154940</v>
+      </c>
+      <c r="F337" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G337" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H337" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="I337" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J337" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K337" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L337" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="338" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A338" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B338" s="4">
+        <v>5</v>
+      </c>
+      <c r="C338" s="5">
+        <v>45789</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="E338" s="6">
+        <v>1407002</v>
+      </c>
+      <c r="F338" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G338" s="7" t="s">
+        <v>873</v>
+      </c>
+      <c r="H338" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="I338" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="J338" s="8" t="s">
+        <v>1053</v>
+      </c>
+      <c r="K338" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="L338" s="8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="339" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A339" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B339" s="4">
+        <v>5</v>
+      </c>
+      <c r="C339" s="5">
+        <v>45784</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E339" s="6">
+        <v>54431699</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G339" s="7" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H339" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I339" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="J339" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K339" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L339" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="340" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A340" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B340" s="4">
+        <v>5</v>
+      </c>
+      <c r="C340" s="5">
+        <v>45789</v>
+      </c>
+      <c r="D340" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E8" s="5">
+      <c r="E340" s="6">
+        <v>40531449</v>
+      </c>
+      <c r="F340" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G340" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H340" s="1" t="s">
+        <v>1058</v>
+      </c>
+      <c r="I340" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J340" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K340" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L340" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="341" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A341" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B341" s="4">
+        <v>5</v>
+      </c>
+      <c r="C341" s="5">
+        <v>45789</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E341" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G341" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H341" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="I341" s="1" t="s">
+        <v>1060</v>
+      </c>
+      <c r="J341" s="8" t="s">
+        <v>1061</v>
+      </c>
+      <c r="K341" s="8" t="s">
+        <v>1062</v>
+      </c>
+      <c r="L341" s="8" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="342" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A342" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B342" s="4">
+        <v>5</v>
+      </c>
+      <c r="C342" s="5">
+        <v>45789</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E342" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F342" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G342" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H342" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="I342" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="J342" s="8" t="s">
+        <v>1066</v>
+      </c>
+      <c r="K342" s="8" t="s">
+        <v>1063</v>
+      </c>
+      <c r="L342" s="8" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="343" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A343" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B343" s="4">
+        <v>5</v>
+      </c>
+      <c r="C343" s="5">
+        <v>45789</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E343" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F343" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G343" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H343" s="1" t="s">
+        <v>1068</v>
+      </c>
+      <c r="I343" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="J343" s="8" t="s">
+        <v>1070</v>
+      </c>
+      <c r="K343" s="8" t="s">
+        <v>646</v>
+      </c>
+      <c r="L343" s="8" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="344" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A344" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B344" s="4">
+        <v>5</v>
+      </c>
+      <c r="C344" s="5">
+        <v>45786</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E344" s="6">
+        <v>39263000</v>
+      </c>
+      <c r="F344" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G344" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H344" s="1" t="s">
+        <v>1072</v>
+      </c>
+      <c r="I344" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J344" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K344" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L344" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="345" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A345" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B345" s="4">
+        <v>5</v>
+      </c>
+      <c r="C345" s="5">
+        <v>45786</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E345" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F345" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G345" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H345" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I345" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="J345" s="8" t="s">
+        <v>1075</v>
+      </c>
+      <c r="K345" s="8" t="s">
+        <v>1076</v>
+      </c>
+      <c r="L345" s="8" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="346" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A346" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B346" s="4">
+        <v>5</v>
+      </c>
+      <c r="C346" s="5">
+        <v>45786</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E346" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F346" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G346" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H346" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="I346" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="J346" s="8" t="s">
+        <v>1079</v>
+      </c>
+      <c r="K346" s="8" t="s">
+        <v>1080</v>
+      </c>
+      <c r="L346" s="8" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="347" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A347" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B347" s="4">
+        <v>5</v>
+      </c>
+      <c r="C347" s="5">
+        <v>45792</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="E347" s="6">
+        <v>10000000</v>
+      </c>
+      <c r="F347" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G347" s="7" t="s">
+        <v>259</v>
+      </c>
+      <c r="H347" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="I347" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="J347" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K347" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L347" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="348" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A348" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B348" s="4">
+        <v>5</v>
+      </c>
+      <c r="C348" s="5">
+        <v>45796</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E348" s="6">
+        <v>180000</v>
+      </c>
+      <c r="F348" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G348" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H348" s="1" t="s">
+        <v>1082</v>
+      </c>
+      <c r="I348" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="J348" s="8" t="s">
+        <v>1084</v>
+      </c>
+      <c r="K348" s="8" t="s">
+        <v>1085</v>
+      </c>
+      <c r="L348" s="8" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="349" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A349" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B349" s="4">
+        <v>5</v>
+      </c>
+      <c r="C349" s="5">
+        <v>45796</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E349" s="6">
         <v>200000</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="6" t="s">
+      <c r="F349" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G349" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H349" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="I349" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="J349" s="8" t="s">
+        <v>1089</v>
+      </c>
+      <c r="K349" s="8" t="s">
+        <v>1090</v>
+      </c>
+      <c r="L349" s="8" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="350" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A350" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B350" s="4">
+        <v>5</v>
+      </c>
+      <c r="C350" s="5">
+        <v>45796</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E350" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F350" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G350" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H350" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="I350" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="J350" s="8" t="s">
+        <v>1093</v>
+      </c>
+      <c r="K350" s="8" t="s">
+        <v>1094</v>
+      </c>
+      <c r="L350" s="8" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="351" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A351" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B351" s="4">
+        <v>5</v>
+      </c>
+      <c r="C351" s="5">
+        <v>45796</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E351" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F351" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G351" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H351" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="I351" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="J351" s="8" t="s">
+        <v>1098</v>
+      </c>
+      <c r="K351" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="L351" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="352" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A352" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B352" s="4">
+        <v>5</v>
+      </c>
+      <c r="C352" s="5">
+        <v>45796</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E352" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F352" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G352" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H352" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="I352" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="J352" s="8" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K352" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="L352" s="8" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="353" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A353" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B353" s="4">
+        <v>5</v>
+      </c>
+      <c r="C353" s="5">
+        <v>45796</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E353" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F353" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G353" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H353" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="I353" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="J353" s="8" t="s">
+        <v>1104</v>
+      </c>
+      <c r="K353" s="8" t="s">
+        <v>1105</v>
+      </c>
+      <c r="L353" s="8" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="354" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A354" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B354" s="4">
+        <v>5</v>
+      </c>
+      <c r="C354" s="5">
+        <v>45796</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E354" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F354" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G354" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H354" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="I354" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="J354" s="8" t="s">
+        <v>1108</v>
+      </c>
+      <c r="K354" s="8" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="355" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A355" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B355" s="4">
+        <v>5</v>
+      </c>
+      <c r="C355" s="5">
+        <v>45796</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E355" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F355" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G355" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H355" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="I355" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="J355" s="8" t="s">
+        <v>1112</v>
+      </c>
+      <c r="K355" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L355" s="8" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="356" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A356" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B356" s="4">
+        <v>5</v>
+      </c>
+      <c r="C356" s="5">
+        <v>45796</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E356" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F356" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G356" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H356" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="I356" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="J356" s="8" t="s">
+        <v>1115</v>
+      </c>
+      <c r="K356" s="8" t="s">
+        <v>715</v>
+      </c>
+      <c r="L356" s="8" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="357" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A357" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B357" s="4">
+        <v>5</v>
+      </c>
+      <c r="C357" s="5">
+        <v>45796</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E357" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F357" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G357" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H357" s="1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="I357" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="J357" s="8" t="s">
+        <v>1118</v>
+      </c>
+      <c r="K357" s="8" t="s">
+        <v>1119</v>
+      </c>
+      <c r="L357" s="8" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="358" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A358" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B358" s="4">
+        <v>5</v>
+      </c>
+      <c r="C358" s="5">
+        <v>45796</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E358" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F358" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G358" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H358" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I358" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="J358" s="8" t="s">
+        <v>1122</v>
+      </c>
+      <c r="K358" s="8" t="s">
+        <v>589</v>
+      </c>
+      <c r="L358" s="8" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="359" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A359" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B359" s="4">
+        <v>5</v>
+      </c>
+      <c r="C359" s="5">
+        <v>45796</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E359" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F359" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G359" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H359" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="I359" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="J359" s="8" t="s">
+        <v>901</v>
+      </c>
+      <c r="K359" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="L359" s="8" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="360" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A360" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B360" s="4">
+        <v>5</v>
+      </c>
+      <c r="C360" s="5">
+        <v>45796</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E360" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F360" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G360" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H360" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="I360" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="J360" s="8" t="s">
+        <v>1127</v>
+      </c>
+      <c r="K360" s="8" t="s">
+        <v>652</v>
+      </c>
+      <c r="L360" s="8" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="361" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A361" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B361" s="4">
+        <v>5</v>
+      </c>
+      <c r="C361" s="5">
+        <v>45796</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E361" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F361" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G361" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H361" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="I361" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="J361" s="8" t="s">
+        <v>1131</v>
+      </c>
+      <c r="K361" s="8" t="s">
+        <v>1132</v>
+      </c>
+      <c r="L361" s="8" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="362" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A362" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B362" s="4">
+        <v>5</v>
+      </c>
+      <c r="C362" s="5">
+        <v>45796</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E362" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F362" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G362" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H362" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="I362" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="J362" s="8" t="s">
+        <v>1136</v>
+      </c>
+      <c r="K362" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="L362" s="8" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="363" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A363" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B363" s="4">
+        <v>5</v>
+      </c>
+      <c r="C363" s="5">
+        <v>45796</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E363" s="6">
+        <v>50000</v>
+      </c>
+      <c r="F363" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G363" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H363" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="I363" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="J363" s="8" t="s">
+        <v>1139</v>
+      </c>
+      <c r="K363" s="8" t="s">
+        <v>1140</v>
+      </c>
+      <c r="L363" s="8" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="364" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A364" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B364" s="4">
+        <v>5</v>
+      </c>
+      <c r="C364" s="5">
+        <v>45805</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E364" s="6">
+        <v>157437</v>
+      </c>
+      <c r="F364" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G364" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H364" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="I364" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="J364" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="K364" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="L364" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="365" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A365" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B365" s="4">
+        <v>5</v>
+      </c>
+      <c r="C365" s="5">
+        <v>45805</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E365" s="6">
+        <v>402279</v>
+      </c>
+      <c r="F365" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G365" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H365" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="I365" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="J365" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="K365" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="L365" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="366" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A366" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B366" s="4">
+        <v>5</v>
+      </c>
+      <c r="C366" s="5">
+        <v>45805</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E366" s="6">
+        <v>127889</v>
+      </c>
+      <c r="F366" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G366" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H366" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="I366" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="J366" s="8" t="s">
+        <v>788</v>
+      </c>
+      <c r="K366" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L366" s="8" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="367" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A367" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B367" s="4">
+        <v>5</v>
+      </c>
+      <c r="C367" s="5">
+        <v>45805</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E367" s="6">
+        <v>146608</v>
+      </c>
+      <c r="F367" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G367" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H367" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="I367" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="J367" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="K367" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="L367" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="368" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A368" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B368" s="4">
+        <v>5</v>
+      </c>
+      <c r="C368" s="5">
+        <v>45805</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E368" s="6">
+        <v>142410</v>
+      </c>
+      <c r="F368" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G368" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H368" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="I368" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J368" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K368" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L368" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="369" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A369" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B369" s="4">
+        <v>5</v>
+      </c>
+      <c r="C369" s="5">
+        <v>45805</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E369" s="6">
+        <v>166600</v>
+      </c>
+      <c r="F369" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G369" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H369" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="I369" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="J369" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K369" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L369" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="370" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A370" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B370" s="4">
+        <v>5</v>
+      </c>
+      <c r="C370" s="5">
+        <v>45799</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="E370" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F370" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G370" s="7" t="s">
+        <v>1148</v>
+      </c>
+      <c r="H370" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="I370" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="J370" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K370" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L370" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="371" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A371" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B371" s="4">
+        <v>5</v>
+      </c>
+      <c r="C371" s="5">
+        <v>45799</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E371" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F371" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G371" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H371" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="I371" s="1" t="s">
+        <v>1152</v>
+      </c>
+      <c r="J371" s="8" t="s">
+        <v>1153</v>
+      </c>
+      <c r="K371" s="8" t="s">
+        <v>755</v>
+      </c>
+      <c r="L371" s="8" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="372" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A372" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B372" s="4">
+        <v>5</v>
+      </c>
+      <c r="C372" s="5">
+        <v>45800</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="E372" s="6">
+        <v>5878259</v>
+      </c>
+      <c r="F372" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G372" s="7" t="s">
+        <v>639</v>
+      </c>
+      <c r="H372" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="I372" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="J372" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K372" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L372" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="373" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A373" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B373" s="4">
+        <v>5</v>
+      </c>
+      <c r="C373" s="5">
+        <v>45800</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E373" s="6">
+        <v>30363000</v>
+      </c>
+      <c r="F373" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G373" s="7" t="s">
+        <v>653</v>
+      </c>
+      <c r="H373" s="1" t="s">
+        <v>1156</v>
+      </c>
+      <c r="I373" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J373" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K373" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L373" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="374" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A374" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B374" s="4">
+        <v>5</v>
+      </c>
+      <c r="C374" s="5">
+        <v>45813</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E374" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F374" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G374" s="7" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H374" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="I374" s="1" t="s">
+        <v>1160</v>
+      </c>
+      <c r="J374" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K374" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L374" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="375" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A375" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B375" s="4">
+        <v>5</v>
+      </c>
+      <c r="C375" s="5">
+        <v>45811</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E375" s="6">
+        <v>288314</v>
+      </c>
+      <c r="F375" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G375" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H375" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="I375" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="J375" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K375" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L375" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="376" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A376" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B376" s="4">
+        <v>5</v>
+      </c>
+      <c r="C376" s="5">
+        <v>45804</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E376" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F376" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G376" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H376" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="I376" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="J376" s="8" t="s">
+        <v>1165</v>
+      </c>
+      <c r="K376" s="8" t="s">
+        <v>1166</v>
+      </c>
+      <c r="L376" s="8" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="377" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A377" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B377" s="4">
+        <v>5</v>
+      </c>
+      <c r="C377" s="5">
+        <v>45804</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E377" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F377" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G377" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H377" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="I377" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="J377" s="8" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K377" s="8" t="s">
+        <v>1171</v>
+      </c>
+      <c r="L377" s="8" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="378" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A378" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B378" s="4">
+        <v>5</v>
+      </c>
+      <c r="C378" s="5">
+        <v>45804</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E378" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F378" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G378" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H378" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="I378" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="J378" s="8" t="s">
+        <v>1174</v>
+      </c>
+      <c r="K378" s="8" t="s">
+        <v>429</v>
+      </c>
+      <c r="L378" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="379" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A379" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B379" s="4">
+        <v>5</v>
+      </c>
+      <c r="C379" s="5">
+        <v>45804</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E379" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F379" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G379" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H379" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="I379" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="J379" s="8" t="s">
+        <v>1177</v>
+      </c>
+      <c r="K379" s="8" t="s">
+        <v>1178</v>
+      </c>
+      <c r="L379" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="380" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A380" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B380" s="4">
+        <v>5</v>
+      </c>
+      <c r="C380" s="5">
+        <v>45824</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E380" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F380" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G380" s="7" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H380" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="I380" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="J380" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K380" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L380" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="381" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A381" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B381" s="4">
+        <v>5</v>
+      </c>
+      <c r="C381" s="5">
+        <v>45842</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="E381" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F381" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G381" s="7" t="s">
+        <v>1184</v>
+      </c>
+      <c r="H381" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="I381" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="J381" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K381" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L381" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="382" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A382" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B382" s="4">
+        <v>5</v>
+      </c>
+      <c r="C382" s="5">
+        <v>45806</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="E382" s="6">
+        <v>5000000</v>
+      </c>
+      <c r="F382" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G382" s="7" t="s">
+        <v>1188</v>
+      </c>
+      <c r="H382" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="I382" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="J382" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K382" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L382" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="383" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A383" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B383" s="4">
+        <v>5</v>
+      </c>
+      <c r="C383" s="5">
+        <v>45805</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="E383" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F383" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G383" s="7" t="s">
+        <v>555</v>
+      </c>
+      <c r="H383" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="I383" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="J383" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K383" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L383" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="384" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A384" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B384" s="4">
+        <v>5</v>
+      </c>
+      <c r="C384" s="5">
+        <v>45804</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E384" s="6">
+        <v>843537536</v>
+      </c>
+      <c r="F384" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G384" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="H8" t="s">
-[...2 lines deleted...]
-      <c r="I8" t="s">
+      <c r="H384" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="I384" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="J8" t="s">
+      <c r="J384" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K384" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L384" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="385" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A385" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B385" s="4">
+        <v>5</v>
+      </c>
+      <c r="C385" s="5">
+        <v>45804</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E385" s="6">
+        <v>6373307</v>
+      </c>
+      <c r="F385" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G385" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H385" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="I385" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J385" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K385" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L385" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="386" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A386" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B386" s="4">
+        <v>5</v>
+      </c>
+      <c r="C386" s="5">
+        <v>45804</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E386" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F386" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G386" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H386" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="I386" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="J386" s="8" t="s">
+        <v>1194</v>
+      </c>
+      <c r="K386" s="8" t="s">
+        <v>1195</v>
+      </c>
+      <c r="L386" s="8" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="387" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A387" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B387" s="4">
+        <v>5</v>
+      </c>
+      <c r="C387" s="5">
+        <v>45804</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E387" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F387" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G387" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H387" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="I387" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="J387" s="8" t="s">
+        <v>1198</v>
+      </c>
+      <c r="K387" s="8" t="s">
+        <v>1199</v>
+      </c>
+      <c r="L387" s="8" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="388" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A388" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B388" s="4">
+        <v>5</v>
+      </c>
+      <c r="C388" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E388" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F388" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G388" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H388" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="I388" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="J388" s="8" t="s">
+        <v>1203</v>
+      </c>
+      <c r="K388" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="L388" s="8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="389" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A389" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B389" s="4">
+        <v>5</v>
+      </c>
+      <c r="C389" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E389" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F389" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G389" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H389" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="I389" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="J389" s="8" t="s">
+        <v>1206</v>
+      </c>
+      <c r="K389" s="8" t="s">
+        <v>270</v>
+      </c>
+      <c r="L389" s="8" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="390" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A390" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B390" s="4">
+        <v>5</v>
+      </c>
+      <c r="C390" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E390" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F390" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G390" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H390" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="I390" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="J390" s="8" t="s">
+        <v>1210</v>
+      </c>
+      <c r="K390" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="L390" s="8" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="391" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A391" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B391" s="4">
+        <v>5</v>
+      </c>
+      <c r="C391" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E391" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F391" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G391" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H391" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="I391" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="J391" s="8" t="s">
+        <v>1213</v>
+      </c>
+      <c r="K391" s="8" t="s">
+        <v>1214</v>
+      </c>
+      <c r="L391" s="8" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="392" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A392" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B392" s="4">
+        <v>5</v>
+      </c>
+      <c r="C392" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E392" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F392" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G392" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H392" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="I392" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="J392" s="8" t="s">
+        <v>1093</v>
+      </c>
+      <c r="K392" s="8" t="s">
+        <v>1094</v>
+      </c>
+      <c r="L392" s="8" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="393" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A393" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B393" s="4">
+        <v>5</v>
+      </c>
+      <c r="C393" s="5">
+        <v>45806</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E393" s="6">
+        <v>40000000</v>
+      </c>
+      <c r="F393" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G393" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H393" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="I393" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J393" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K393" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L393" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="394" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A394" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B394" s="4">
+        <v>5</v>
+      </c>
+      <c r="C394" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E394" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F394" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G394" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H394" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="I394" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="J394" s="8" t="s">
+        <v>1219</v>
+      </c>
+      <c r="K394" s="8" t="s">
+        <v>561</v>
+      </c>
+      <c r="L394" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="395" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A395" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B395" s="4">
+        <v>5</v>
+      </c>
+      <c r="C395" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E395" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F395" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G395" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H395" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="I395" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="J395" s="8" t="s">
+        <v>1222</v>
+      </c>
+      <c r="K395" s="8" t="s">
+        <v>1071</v>
+      </c>
+      <c r="L395" s="8" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="396" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A396" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B396" s="4">
+        <v>5</v>
+      </c>
+      <c r="C396" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E396" s="6">
+        <v>130000</v>
+      </c>
+      <c r="F396" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G396" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H396" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="I396" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="J396" s="8" t="s">
+        <v>1225</v>
+      </c>
+      <c r="K396" s="8" t="s">
+        <v>1226</v>
+      </c>
+      <c r="L396" s="8" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="397" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A397" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B397" s="4">
+        <v>5</v>
+      </c>
+      <c r="C397" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E397" s="6">
+        <v>145000</v>
+      </c>
+      <c r="F397" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G397" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H397" s="1" t="s">
+        <v>1228</v>
+      </c>
+      <c r="I397" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="J397" s="8" t="s">
+        <v>1230</v>
+      </c>
+      <c r="K397" s="8" t="s">
+        <v>652</v>
+      </c>
+      <c r="L397" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="398" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A398" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B398" s="4">
+        <v>5</v>
+      </c>
+      <c r="C398" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E398" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F398" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G398" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H398" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="I398" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="J398" s="8" t="s">
+        <v>1233</v>
+      </c>
+      <c r="K398" s="8" t="s">
+        <v>1234</v>
+      </c>
+      <c r="L398" s="8" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="399" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A399" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B399" s="4">
+        <v>5</v>
+      </c>
+      <c r="C399" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E399" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F399" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G399" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H399" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="I399" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="J399" s="8" t="s">
+        <v>1238</v>
+      </c>
+      <c r="K399" s="8" t="s">
+        <v>366</v>
+      </c>
+      <c r="L399" s="8" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="400" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A400" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B400" s="4">
+        <v>5</v>
+      </c>
+      <c r="C400" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E400" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F400" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G400" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H400" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="I400" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="J400" s="8" t="s">
+        <v>901</v>
+      </c>
+      <c r="K400" s="8" t="s">
+        <v>1242</v>
+      </c>
+      <c r="L400" s="8" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="401" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A401" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B401" s="4">
+        <v>5</v>
+      </c>
+      <c r="C401" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E401" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F401" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G401" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H401" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="I401" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="J401" s="8" t="s">
+        <v>1245</v>
+      </c>
+      <c r="K401" s="8" t="s">
+        <v>1246</v>
+      </c>
+      <c r="L401" s="8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="402" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A402" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B402" s="4">
+        <v>5</v>
+      </c>
+      <c r="C402" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E402" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F402" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G402" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H402" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I402" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="J402" s="8" t="s">
+        <v>1249</v>
+      </c>
+      <c r="K402" s="8" t="s">
+        <v>928</v>
+      </c>
+      <c r="L402" s="8" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="403" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A403" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B403" s="4">
+        <v>5</v>
+      </c>
+      <c r="C403" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D403" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="K8" t="s">
+      <c r="E403" s="6">
+        <v>25000</v>
+      </c>
+      <c r="F403" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G403" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="L8" t="s">
-[...25 lines deleted...]
-      <c r="H9" t="s">
+      <c r="H403" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="I403" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="J403" s="8" t="s">
+        <v>1252</v>
+      </c>
+      <c r="K403" s="8" t="s">
+        <v>376</v>
+      </c>
+      <c r="L403" s="8" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="404" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A404" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B404" s="4">
+        <v>5</v>
+      </c>
+      <c r="C404" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E404" s="6">
+        <v>50000</v>
+      </c>
+      <c r="F404" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G404" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H404" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="I404" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="J404" s="8" t="s">
+        <v>1256</v>
+      </c>
+      <c r="K404" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="L404" s="8" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="405" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A405" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B405" s="4">
+        <v>5</v>
+      </c>
+      <c r="C405" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E405" s="6">
+        <v>65000</v>
+      </c>
+      <c r="F405" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G405" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H405" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="I405" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="J405" s="8" t="s">
+        <v>1259</v>
+      </c>
+      <c r="K405" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="L405" s="8" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="406" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A406" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B406" s="4">
+        <v>5</v>
+      </c>
+      <c r="C406" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E406" s="6">
+        <v>50000</v>
+      </c>
+      <c r="F406" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G406" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H406" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="I406" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="J406" s="8" t="s">
+        <v>1262</v>
+      </c>
+      <c r="K406" s="8" t="s">
+        <v>1263</v>
+      </c>
+      <c r="L406" s="8" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="407" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A407" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B407" s="4">
+        <v>5</v>
+      </c>
+      <c r="C407" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E407" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F407" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G407" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H407" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="I407" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="J407" s="8" t="s">
+        <v>526</v>
+      </c>
+      <c r="K407" s="8" t="s">
+        <v>1266</v>
+      </c>
+      <c r="L407" s="8" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="408" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A408" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B408" s="4">
+        <v>5</v>
+      </c>
+      <c r="C408" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E408" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F408" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G408" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H408" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="I408" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="J408" s="8" t="s">
+        <v>1269</v>
+      </c>
+      <c r="K408" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="L408" s="8" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="409" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A409" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B409" s="4">
+        <v>5</v>
+      </c>
+      <c r="C409" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E409" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F409" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G409" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H409" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="I409" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="J409" s="8" t="s">
+        <v>1272</v>
+      </c>
+      <c r="K409" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="L409" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="410" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A410" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B410" s="4">
+        <v>5</v>
+      </c>
+      <c r="C410" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E410" s="6">
+        <v>130000</v>
+      </c>
+      <c r="F410" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G410" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H410" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="I410" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="J410" s="8" t="s">
+        <v>1275</v>
+      </c>
+      <c r="K410" s="8" t="s">
+        <v>1276</v>
+      </c>
+      <c r="L410" s="8" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="411" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A411" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B411" s="4">
+        <v>5</v>
+      </c>
+      <c r="C411" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E411" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F411" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G411" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H411" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="I411" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="J411" s="8" t="s">
+        <v>1280</v>
+      </c>
+      <c r="K411" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="L411" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="412" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A412" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B412" s="4">
+        <v>5</v>
+      </c>
+      <c r="C412" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E412" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F412" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G412" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H412" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="I412" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="J412" s="8" t="s">
+        <v>1283</v>
+      </c>
+      <c r="K412" s="8" t="s">
+        <v>1284</v>
+      </c>
+      <c r="L412" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="413" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A413" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B413" s="4">
+        <v>5</v>
+      </c>
+      <c r="C413" s="5">
+        <v>45817</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E413" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F413" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G413" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H413" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="I413" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="J413" s="8" t="s">
+        <v>1249</v>
+      </c>
+      <c r="K413" s="8" t="s">
+        <v>1287</v>
+      </c>
+      <c r="L413" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="414" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A414" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B414" s="4">
+        <v>5</v>
+      </c>
+      <c r="C414" s="5">
+        <v>45811</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E414" s="6">
+        <v>2864947</v>
+      </c>
+      <c r="F414" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G414" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H414" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="I414" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J414" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K414" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L414" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="415" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A415" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B415" s="4">
+        <v>6</v>
+      </c>
+      <c r="C415" s="5">
+        <v>45811</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E415" s="6">
+        <v>142788</v>
+      </c>
+      <c r="F415" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G415" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H415" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="I415" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J415" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K415" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L415" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="416" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A416" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B416" s="4">
+        <v>6</v>
+      </c>
+      <c r="C416" s="5">
+        <v>45813</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="E416" s="6">
+        <v>1946721</v>
+      </c>
+      <c r="F416" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G416" s="7" t="s">
+        <v>476</v>
+      </c>
+      <c r="H416" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="I416" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J416" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K416" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L416" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="417" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A417" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B417" s="4">
+        <v>6</v>
+      </c>
+      <c r="C417" s="5">
+        <v>45814</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E417" s="6">
+        <v>33499235</v>
+      </c>
+      <c r="F417" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G417" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H417" s="1" t="s">
+        <v>1291</v>
+      </c>
+      <c r="I417" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J417" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K417" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L417" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="418" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A418" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B418" s="4">
+        <v>6</v>
+      </c>
+      <c r="C418" s="5">
+        <v>45812</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E418" s="6">
+        <v>40704937</v>
+      </c>
+      <c r="F418" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G418" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="H418" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="I418" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J418" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K418" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L418" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="419" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A419" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B419" s="4">
+        <v>6</v>
+      </c>
+      <c r="C419" s="5">
+        <v>45812</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E419" s="6">
+        <v>892420</v>
+      </c>
+      <c r="F419" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G419" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H419" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="I419" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J419" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K419" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L419" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="420" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A420" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B420" s="4">
+        <v>6</v>
+      </c>
+      <c r="C420" s="5">
+        <v>45827</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E420" s="6">
+        <v>195985</v>
+      </c>
+      <c r="F420" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G420" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H420" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="I420" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="J420" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K420" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L420" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="421" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A421" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B421" s="4">
+        <v>6</v>
+      </c>
+      <c r="C421" s="5">
+        <v>45820</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E421" s="6">
+        <v>196204</v>
+      </c>
+      <c r="F421" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G421" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H421" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="I421" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="J421" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K421" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L421" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="422" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A422" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B422" s="4">
+        <v>6</v>
+      </c>
+      <c r="C422" s="5">
+        <v>45820</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E422" s="6">
+        <v>223389</v>
+      </c>
+      <c r="F422" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G422" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H422" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I422" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="J422" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K422" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L422" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="423" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A423" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B423" s="4">
+        <v>6</v>
+      </c>
+      <c r="C423" s="5">
+        <v>45827</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E423" s="6">
+        <v>175644</v>
+      </c>
+      <c r="F423" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G423" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H423" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="I423" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="J423" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K423" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L423" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="424" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A424" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B424" s="4">
+        <v>6</v>
+      </c>
+      <c r="C424" s="5">
+        <v>45838</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E424" s="6">
+        <v>1187620</v>
+      </c>
+      <c r="F424" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G424" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H424" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="I424" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="J424" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K424" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L424" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="425" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A425" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B425" s="4">
+        <v>6</v>
+      </c>
+      <c r="C425" s="5">
+        <v>45825</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="E425" s="6">
+        <v>514860</v>
+      </c>
+      <c r="F425" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G425" s="7" t="s">
+        <v>476</v>
+      </c>
+      <c r="H425" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="I425" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J425" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K425" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L425" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="426" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A426" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B426" s="4">
+        <v>6</v>
+      </c>
+      <c r="C426" s="5">
+        <v>45825</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E426" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F426" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G426" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H426" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="I426" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="J426" s="8" t="s">
+        <v>1301</v>
+      </c>
+      <c r="K426" s="8" t="s">
+        <v>1302</v>
+      </c>
+      <c r="L426" s="8" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="427" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A427" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B427" s="4">
+        <v>6</v>
+      </c>
+      <c r="C427" s="5">
+        <v>45825</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E427" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F427" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G427" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H427" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="I427" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="J427" s="8" t="s">
+        <v>1305</v>
+      </c>
+      <c r="K427" s="8" t="s">
+        <v>433</v>
+      </c>
+      <c r="L427" s="8" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="428" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A428" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B428" s="4">
+        <v>6</v>
+      </c>
+      <c r="C428" s="5">
+        <v>45825</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E428" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F428" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G428" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H428" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="I428" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="J428" s="8" t="s">
+        <v>1308</v>
+      </c>
+      <c r="K428" s="8" t="s">
+        <v>711</v>
+      </c>
+      <c r="L428" s="8" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="429" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A429" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B429" s="4">
+        <v>6</v>
+      </c>
+      <c r="C429" s="5">
+        <v>45825</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E429" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F429" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G429" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H429" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="I429" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="J429" s="8" t="s">
+        <v>1311</v>
+      </c>
+      <c r="K429" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="L429" s="8" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="430" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A430" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B430" s="4">
+        <v>6</v>
+      </c>
+      <c r="C430" s="5">
+        <v>45825</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E430" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F430" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G430" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H430" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="I430" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="J430" s="8" t="s">
+        <v>1314</v>
+      </c>
+      <c r="K430" s="8" t="s">
+        <v>376</v>
+      </c>
+      <c r="L430" s="8" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="431" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A431" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B431" s="4">
+        <v>6</v>
+      </c>
+      <c r="C431" s="5">
+        <v>45825</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E431" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F431" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G431" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H431" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="I431" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="J431" s="8" t="s">
+        <v>1318</v>
+      </c>
+      <c r="K431" s="8" t="s">
+        <v>963</v>
+      </c>
+      <c r="L431" s="8" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="432" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A432" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B432" s="4">
+        <v>6</v>
+      </c>
+      <c r="C432" s="5">
+        <v>45825</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E432" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F432" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G432" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H432" s="1" t="s">
+        <v>1320</v>
+      </c>
+      <c r="I432" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="J432" s="8" t="s">
+        <v>1322</v>
+      </c>
+      <c r="K432" s="8" t="s">
+        <v>432</v>
+      </c>
+      <c r="L432" s="8" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="433" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A433" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B433" s="4">
+        <v>6</v>
+      </c>
+      <c r="C433" s="5">
+        <v>45825</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E433" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F433" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G433" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H433" s="1" t="s">
+        <v>1324</v>
+      </c>
+      <c r="I433" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="J433" s="8" t="s">
+        <v>1326</v>
+      </c>
+      <c r="K433" s="8" t="s">
+        <v>527</v>
+      </c>
+      <c r="L433" s="8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="434" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A434" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B434" s="4">
+        <v>6</v>
+      </c>
+      <c r="C434" s="5">
+        <v>45825</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E434" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F434" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G434" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H434" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="I434" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="J434" s="8" t="s">
+        <v>1329</v>
+      </c>
+      <c r="K434" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L434" s="8" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="435" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A435" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B435" s="4">
+        <v>6</v>
+      </c>
+      <c r="C435" s="5">
+        <v>45825</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E435" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F435" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G435" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H435" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="I435" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="J435" s="8" t="s">
+        <v>1333</v>
+      </c>
+      <c r="K435" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="L435" s="8" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="436" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A436" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B436" s="4">
+        <v>6</v>
+      </c>
+      <c r="C436" s="5">
+        <v>45833</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E436" s="6">
+        <v>614992</v>
+      </c>
+      <c r="F436" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G436" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H436" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="I436" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="J436" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K436" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L436" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="437" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A437" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B437" s="4">
+        <v>6</v>
+      </c>
+      <c r="C437" s="5">
+        <v>45827</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E437" s="6">
+        <v>202300</v>
+      </c>
+      <c r="F437" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G437" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H437" s="1" t="s">
+        <v>1336</v>
+      </c>
+      <c r="I437" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="J437" s="8" t="s">
+        <v>585</v>
+      </c>
+      <c r="K437" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="L437" s="8" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="438" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A438" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B438" s="4">
+        <v>6</v>
+      </c>
+      <c r="C438" s="5">
+        <v>45827</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E438" s="6">
+        <v>156650</v>
+      </c>
+      <c r="F438" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G438" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H438" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="I438" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J438" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K438" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L438" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="439" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A439" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B439" s="4">
+        <v>6</v>
+      </c>
+      <c r="C439" s="5">
+        <v>45833</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E439" s="6">
+        <v>189001</v>
+      </c>
+      <c r="F439" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G439" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H439" s="1" t="s">
+        <v>1339</v>
+      </c>
+      <c r="I439" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J439" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K439" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L439" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="440" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A440" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B440" s="4">
+        <v>6</v>
+      </c>
+      <c r="C440" s="5">
+        <v>45825</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="E440" s="6">
+        <v>19568420</v>
+      </c>
+      <c r="F440" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G440" s="7" t="s">
+        <v>639</v>
+      </c>
+      <c r="H440" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="I440" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="J440" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K440" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L440" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="441" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A441" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B441" s="4">
+        <v>6</v>
+      </c>
+      <c r="C441" s="5">
+        <v>45825</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="E441" s="6">
+        <v>1345500</v>
+      </c>
+      <c r="F441" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G441" s="7" t="s">
+        <v>639</v>
+      </c>
+      <c r="H441" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="I441" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="J441" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K441" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L441" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="442" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A442" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B442" s="4">
+        <v>6</v>
+      </c>
+      <c r="C442" s="5">
+        <v>45824</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E442" s="6">
+        <v>32377000</v>
+      </c>
+      <c r="F442" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G442" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H442" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="I442" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J442" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K442" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L442" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="443" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A443" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B443" s="4">
+        <v>6</v>
+      </c>
+      <c r="C443" s="5">
+        <v>45825</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="E443" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F443" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G443" s="7" t="s">
+        <v>1344</v>
+      </c>
+      <c r="H443" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="I443" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="J443" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K443" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L443" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="444" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A444" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B444" s="4">
+        <v>6</v>
+      </c>
+      <c r="C444" s="5">
+        <v>45834</v>
+      </c>
+      <c r="D444" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="E444" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F444" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G444" s="7" t="s">
+        <v>555</v>
+      </c>
+      <c r="H444" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="I444" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="J444" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K444" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L444" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="445" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A445" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B445" s="4">
+        <v>6</v>
+      </c>
+      <c r="C445" s="5">
+        <v>45842</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E445" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F445" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G445" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H445" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="I445" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="J445" s="8" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K445" s="8" t="s">
+        <v>1000</v>
+      </c>
+      <c r="L445" s="8" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="446" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A446" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B446" s="4">
+        <v>6</v>
+      </c>
+      <c r="C446" s="5">
+        <v>45842</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E446" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F446" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G446" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H446" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="I446" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="J446" s="8" t="s">
+        <v>1353</v>
+      </c>
+      <c r="K446" s="8" t="s">
+        <v>1354</v>
+      </c>
+      <c r="L446" s="8" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="447" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A447" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B447" s="4">
+        <v>6</v>
+      </c>
+      <c r="C447" s="5">
+        <v>45845</v>
+      </c>
+      <c r="D447" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E447" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F447" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G447" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H447" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="I447" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="J447" s="8" t="s">
+        <v>1358</v>
+      </c>
+      <c r="K447" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="L447" s="8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="448" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A448" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B448" s="4">
+        <v>6</v>
+      </c>
+      <c r="C448" s="5">
+        <v>45842</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E448" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F448" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G448" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H448" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="I448" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="J448" s="8" t="s">
+        <v>1361</v>
+      </c>
+      <c r="K448" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="L448" s="8" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="449" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A449" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B449" s="4">
+        <v>6</v>
+      </c>
+      <c r="C449" s="5">
+        <v>45842</v>
+      </c>
+      <c r="D449" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E449" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F449" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G449" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H449" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="I449" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="J449" s="8" t="s">
+        <v>1364</v>
+      </c>
+      <c r="K449" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L449" s="8" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="450" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A450" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B450" s="4">
+        <v>6</v>
+      </c>
+      <c r="C450" s="5">
+        <v>45842</v>
+      </c>
+      <c r="D450" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E450" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F450" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G450" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H450" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="I450" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="J450" s="8" t="s">
+        <v>1367</v>
+      </c>
+      <c r="K450" s="8" t="s">
+        <v>228</v>
+      </c>
+      <c r="L450" s="8" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="451" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A451" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B451" s="4">
+        <v>6</v>
+      </c>
+      <c r="C451" s="5">
+        <v>45842</v>
+      </c>
+      <c r="D451" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E451" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F451" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G451" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H451" s="1" t="s">
+        <v>1368</v>
+      </c>
+      <c r="I451" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="J451" s="8" t="s">
+        <v>1370</v>
+      </c>
+      <c r="K451" s="8" t="s">
+        <v>236</v>
+      </c>
+      <c r="L451" s="8" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="452" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A452" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B452" s="4">
+        <v>6</v>
+      </c>
+      <c r="C452" s="5">
+        <v>45842</v>
+      </c>
+      <c r="D452" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E452" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F452" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G452" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H452" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="I452" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="J452" s="8" t="s">
+        <v>1373</v>
+      </c>
+      <c r="K452" s="8" t="s">
+        <v>1140</v>
+      </c>
+      <c r="L452" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="453" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A453" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B453" s="4">
+        <v>6</v>
+      </c>
+      <c r="C453" s="5">
+        <v>45842</v>
+      </c>
+      <c r="D453" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E453" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F453" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G453" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H453" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="I453" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="J453" s="8" t="s">
+        <v>919</v>
+      </c>
+      <c r="K453" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L453" s="8" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="454" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A454" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B454" s="4">
+        <v>6</v>
+      </c>
+      <c r="C454" s="5">
+        <v>45842</v>
+      </c>
+      <c r="D454" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E454" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F454" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G454" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H454" s="1" t="s">
+        <v>1377</v>
+      </c>
+      <c r="I454" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="J454" s="8" t="s">
+        <v>1379</v>
+      </c>
+      <c r="K454" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="L454" s="8" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="455" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A455" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B455" s="4">
+        <v>6</v>
+      </c>
+      <c r="C455" s="5">
+        <v>45842</v>
+      </c>
+      <c r="D455" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E455" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F455" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G455" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H455" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="I455" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="J455" s="8" t="s">
+        <v>1198</v>
+      </c>
+      <c r="K455" s="8" t="s">
+        <v>1382</v>
+      </c>
+      <c r="L455" s="8" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="456" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A456" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B456" s="4">
+        <v>6</v>
+      </c>
+      <c r="C456" s="5">
+        <v>45842</v>
+      </c>
+      <c r="D456" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E456" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F456" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G456" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H456" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="I456" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="J456" s="8" t="s">
+        <v>1386</v>
+      </c>
+      <c r="K456" s="8" t="s">
+        <v>672</v>
+      </c>
+      <c r="L456" s="8" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="457" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A457" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B457" s="4">
+        <v>6</v>
+      </c>
+      <c r="C457" s="5">
+        <v>45839</v>
+      </c>
+      <c r="D457" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E457" s="6">
+        <v>10000000</v>
+      </c>
+      <c r="F457" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G457" s="7" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H457" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="I457" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="J457" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K457" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L457" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="458" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A458" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B458" s="4">
+        <v>6</v>
+      </c>
+      <c r="C458" s="5">
+        <v>45833</v>
+      </c>
+      <c r="D458" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E458" s="6">
+        <v>428803764</v>
+      </c>
+      <c r="F458" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G458" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H458" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="I458" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J458" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K458" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L458" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="459" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A459" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B459" s="4">
+        <v>6</v>
+      </c>
+      <c r="C459" s="5">
+        <v>45833</v>
+      </c>
+      <c r="D459" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E459" s="6">
+        <v>843537536</v>
+      </c>
+      <c r="F459" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G459" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H459" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="I459" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J459" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K459" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L459" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="460" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A460" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B460" s="4">
+        <v>6</v>
+      </c>
+      <c r="C460" s="5">
+        <v>45842</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E460" s="6">
+        <v>130000</v>
+      </c>
+      <c r="F460" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G460" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H460" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="I460" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="J460" s="8" t="s">
+        <v>1395</v>
+      </c>
+      <c r="K460" s="8" t="s">
+        <v>376</v>
+      </c>
+      <c r="L460" s="8" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="461" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A461" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B461" s="4">
+        <v>6</v>
+      </c>
+      <c r="C461" s="5">
+        <v>45842</v>
+      </c>
+      <c r="D461" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E461" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F461" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G461" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H461" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="I461" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="J461" s="8" t="s">
+        <v>1398</v>
+      </c>
+      <c r="K461" s="8" t="s">
+        <v>1399</v>
+      </c>
+      <c r="L461" s="8" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="462" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A462" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B462" s="4">
+        <v>6</v>
+      </c>
+      <c r="C462" s="5">
+        <v>45842</v>
+      </c>
+      <c r="D462" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E462" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F462" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G462" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H462" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="I462" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="J462" s="8" t="s">
+        <v>1402</v>
+      </c>
+      <c r="K462" s="8" t="s">
+        <v>607</v>
+      </c>
+      <c r="L462" s="8" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="463" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A463" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B463" s="4">
+        <v>6</v>
+      </c>
+      <c r="C463" s="5">
+        <v>45841</v>
+      </c>
+      <c r="D463" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E463" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F463" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G463" s="7" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H463" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="I463" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="J463" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K463" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L463" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="464" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A464" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B464" s="4">
+        <v>6</v>
+      </c>
+      <c r="C464" s="5">
+        <v>45847</v>
+      </c>
+      <c r="D464" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E464" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F464" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G464" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H464" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="I464" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J464" s="8" t="s">
+        <v>1410</v>
+      </c>
+      <c r="K464" s="8" t="s">
+        <v>1411</v>
+      </c>
+      <c r="L464" s="8" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="465" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A465" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B465" s="4">
+        <v>6</v>
+      </c>
+      <c r="C465" s="5">
+        <v>45847</v>
+      </c>
+      <c r="D465" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E465" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F465" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G465" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H465" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="I465" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="J465" s="8" t="s">
+        <v>1414</v>
+      </c>
+      <c r="K465" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L465" s="8" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="466" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A466" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B466" s="4">
+        <v>6</v>
+      </c>
+      <c r="C466" s="5">
+        <v>45835</v>
+      </c>
+      <c r="D466" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E466" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F466" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G466" s="7" t="s">
+        <v>1416</v>
+      </c>
+      <c r="H466" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="I466" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="J466" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K466" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L466" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="467" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A467" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B467" s="4">
+        <v>6</v>
+      </c>
+      <c r="C467" s="5">
+        <v>45835</v>
+      </c>
+      <c r="D467" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E467" s="6">
+        <v>39000000</v>
+      </c>
+      <c r="F467" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G467" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H467" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="I467" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J467" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K467" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L467" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="468" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A468" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B468" s="4">
+        <v>6</v>
+      </c>
+      <c r="C468" s="5">
+        <v>45838</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E468" s="6">
+        <v>500000</v>
+      </c>
+      <c r="F468" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G468" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H468" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="I468" s="1" t="s">
+        <v>1421</v>
+      </c>
+      <c r="J468" s="8" t="s">
+        <v>901</v>
+      </c>
+      <c r="K468" s="8" t="s">
+        <v>432</v>
+      </c>
+      <c r="L468" s="8" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="469" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A469" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B469" s="4">
+        <v>6</v>
+      </c>
+      <c r="C469" s="5">
+        <v>45839</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E469" s="6">
+        <v>20000000</v>
+      </c>
+      <c r="F469" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G469" s="7" t="s">
+        <v>1423</v>
+      </c>
+      <c r="H469" s="1" t="s">
+        <v>1424</v>
+      </c>
+      <c r="I469" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="J469" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K469" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L469" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="470" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A470" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B470" s="4">
+        <v>6</v>
+      </c>
+      <c r="C470" s="5">
+        <v>45845</v>
+      </c>
+      <c r="D470" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E470" s="6">
+        <v>181308</v>
+      </c>
+      <c r="F470" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G470" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H470" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="I470" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="J470" s="8" t="s">
+        <v>788</v>
+      </c>
+      <c r="K470" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L470" s="8" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="471" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A471" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B471" s="4">
+        <v>7</v>
+      </c>
+      <c r="C471" s="5">
+        <v>45841</v>
+      </c>
+      <c r="D471" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E471" s="6">
+        <v>121059</v>
+      </c>
+      <c r="F471" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G471" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H471" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="I471" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J471" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K471" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L471" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="472" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A472" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B472" s="4">
+        <v>7</v>
+      </c>
+      <c r="C472" s="5">
+        <v>45841</v>
+      </c>
+      <c r="D472" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E472" s="6">
+        <v>18637217</v>
+      </c>
+      <c r="F472" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G472" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="H472" s="1" t="s">
+        <v>1428</v>
+      </c>
+      <c r="I472" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J472" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K472" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L472" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="473" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A473" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B473" s="4">
+        <v>7</v>
+      </c>
+      <c r="C473" s="5">
+        <v>45841</v>
+      </c>
+      <c r="D473" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E473" s="6">
+        <v>254499</v>
+      </c>
+      <c r="F473" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G473" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H473" s="1" t="s">
+        <v>1428</v>
+      </c>
+      <c r="I473" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J473" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K473" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L473" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="474" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A474" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B474" s="4">
+        <v>7</v>
+      </c>
+      <c r="C474" s="5">
+        <v>45845</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E474" s="6">
+        <v>127541</v>
+      </c>
+      <c r="F474" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G474" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H474" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="I474" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="J474" s="8" t="s">
+        <v>788</v>
+      </c>
+      <c r="K474" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L474" s="8" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="475" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A475" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B475" s="4">
+        <v>7</v>
+      </c>
+      <c r="C475" s="5">
+        <v>45860</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E475" s="6">
+        <v>189707</v>
+      </c>
+      <c r="F475" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G475" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H475" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="I475" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="J475" s="8" t="s">
+        <v>788</v>
+      </c>
+      <c r="K475" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L475" s="8" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="476" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A476" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B476" s="4">
+        <v>7</v>
+      </c>
+      <c r="C476" s="5">
+        <v>45853</v>
+      </c>
+      <c r="D476" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E476" s="6">
+        <v>386750</v>
+      </c>
+      <c r="F476" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G476" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H476" s="1" t="s">
+        <v>1431</v>
+      </c>
+      <c r="I476" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="J476" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K476" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L476" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="477" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A477" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B477" s="4">
+        <v>7</v>
+      </c>
+      <c r="C477" s="5">
+        <v>45845</v>
+      </c>
+      <c r="D477" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E477" s="6">
+        <v>180606</v>
+      </c>
+      <c r="F477" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G477" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H477" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="I477" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J477" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K477" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L477" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="478" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A478" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B478" s="4">
+        <v>7</v>
+      </c>
+      <c r="C478" s="5">
+        <v>45852</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E478" s="6">
+        <v>117705</v>
+      </c>
+      <c r="F478" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G478" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H478" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="I478" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J478" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K478" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L478" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="479" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A479" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B479" s="4">
+        <v>7</v>
+      </c>
+      <c r="C479" s="5">
+        <v>45842</v>
+      </c>
+      <c r="D479" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E479" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F479" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G479" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H479" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="I479" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="J479" s="8" t="s">
+        <v>141</v>
+      </c>
+      <c r="K479" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="L479" s="8" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="480" spans="1:12" ht="75" x14ac:dyDescent="0.25">
+      <c r="A480" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B480" s="4">
+        <v>7</v>
+      </c>
+      <c r="C480" s="5">
+        <v>45856</v>
+      </c>
+      <c r="D480" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E480" s="6">
+        <v>300000</v>
+      </c>
+      <c r="F480" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G480" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H480" s="1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="I480" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="J480" s="8" t="s">
+        <v>1438</v>
+      </c>
+      <c r="K480" s="8" t="s">
+        <v>1195</v>
+      </c>
+      <c r="L480" s="8" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="481" spans="1:12" ht="75" x14ac:dyDescent="0.25">
+      <c r="A481" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B481" s="4">
+        <v>7</v>
+      </c>
+      <c r="C481" s="5">
+        <v>45856</v>
+      </c>
+      <c r="D481" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E481" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F481" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G481" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H481" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="I481" s="1" t="s">
+        <v>1440</v>
+      </c>
+      <c r="J481" s="8" t="s">
+        <v>1441</v>
+      </c>
+      <c r="K481" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="L481" s="8" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="482" spans="1:12" ht="75" x14ac:dyDescent="0.25">
+      <c r="A482" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B482" s="4">
+        <v>7</v>
+      </c>
+      <c r="C482" s="5">
+        <v>45856</v>
+      </c>
+      <c r="D482" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E482" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F482" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G482" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H482" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="I482" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="J482" s="8" t="s">
+        <v>1444</v>
+      </c>
+      <c r="K482" s="8" t="s">
+        <v>376</v>
+      </c>
+      <c r="L482" s="8" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="483" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A483" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B483" s="4">
+        <v>7</v>
+      </c>
+      <c r="C483" s="5">
+        <v>45847</v>
+      </c>
+      <c r="D483" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E483" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F483" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G483" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H483" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="I483" s="1" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J483" s="8" t="s">
+        <v>1447</v>
+      </c>
+      <c r="K483" s="8" t="s">
+        <v>1448</v>
+      </c>
+      <c r="L483" s="8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="484" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A484" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B484" s="4">
+        <v>7</v>
+      </c>
+      <c r="C484" s="5">
+        <v>45847</v>
+      </c>
+      <c r="D484" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="E484" s="6">
+        <v>4750000</v>
+      </c>
+      <c r="F484" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G484" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="H484" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="I484" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="J484" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K484" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L484" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="485" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A485" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B485" s="4">
+        <v>7</v>
+      </c>
+      <c r="C485" s="5">
+        <v>45845</v>
+      </c>
+      <c r="D485" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E485" s="6">
+        <v>26913913</v>
+      </c>
+      <c r="F485" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G485" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H485" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="I485" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J485" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K485" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L485" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="486" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A486" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B486" s="4">
+        <v>7</v>
+      </c>
+      <c r="C486" s="5">
+        <v>45849</v>
+      </c>
+      <c r="D486" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E486" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F486" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G486" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H486" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="I486" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="J486" s="8" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K486" s="8" t="s">
+        <v>1171</v>
+      </c>
+      <c r="L486" s="8" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="487" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A487" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B487" s="4">
+        <v>7</v>
+      </c>
+      <c r="C487" s="5">
+        <v>45849</v>
+      </c>
+      <c r="D487" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E487" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F487" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G487" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H487" s="1" t="s">
+        <v>1452</v>
+      </c>
+      <c r="I487" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="J487" s="8" t="s">
+        <v>1174</v>
+      </c>
+      <c r="K487" s="8" t="s">
+        <v>429</v>
+      </c>
+      <c r="L487" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="488" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A488" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B488" s="4">
+        <v>7</v>
+      </c>
+      <c r="C488" s="5">
+        <v>45849</v>
+      </c>
+      <c r="D488" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E488" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F488" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G488" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H488" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="I488" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="J488" s="8" t="s">
+        <v>1075</v>
+      </c>
+      <c r="K488" s="8" t="s">
+        <v>1076</v>
+      </c>
+      <c r="L488" s="8" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="489" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A489" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B489" s="4">
+        <v>7</v>
+      </c>
+      <c r="C489" s="5">
+        <v>45849</v>
+      </c>
+      <c r="D489" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E489" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F489" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G489" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H489" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="I489" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="J489" s="8" t="s">
+        <v>1194</v>
+      </c>
+      <c r="K489" s="8" t="s">
+        <v>1195</v>
+      </c>
+      <c r="L489" s="8" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="490" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A490" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B490" s="4">
+        <v>7</v>
+      </c>
+      <c r="C490" s="5">
+        <v>45852</v>
+      </c>
+      <c r="D490" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E490" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F490" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G490" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H490" s="1" t="s">
+        <v>1455</v>
+      </c>
+      <c r="I490" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="J490" s="8" t="s">
+        <v>1198</v>
+      </c>
+      <c r="K490" s="8" t="s">
+        <v>1199</v>
+      </c>
+      <c r="L490" s="8" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="491" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A491" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B491" s="4">
+        <v>7</v>
+      </c>
+      <c r="C491" s="5">
+        <v>45849</v>
+      </c>
+      <c r="D491" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E491" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F491" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G491" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H491" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="I491" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="J491" s="8" t="s">
+        <v>1079</v>
+      </c>
+      <c r="K491" s="8" t="s">
+        <v>1080</v>
+      </c>
+      <c r="L491" s="8" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="492" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A492" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B492" s="4">
+        <v>7</v>
+      </c>
+      <c r="C492" s="5">
+        <v>45849</v>
+      </c>
+      <c r="D492" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E492" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F492" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G492" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H492" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="I492" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="J492" s="8" t="s">
+        <v>1177</v>
+      </c>
+      <c r="K492" s="8" t="s">
+        <v>1178</v>
+      </c>
+      <c r="L492" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="493" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A493" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B493" s="4">
+        <v>7</v>
+      </c>
+      <c r="C493" s="5">
+        <v>45853</v>
+      </c>
+      <c r="D493" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E493" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F493" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G493" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H493" s="1" t="s">
+        <v>1458</v>
+      </c>
+      <c r="I493" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="J493" s="8" t="s">
+        <v>990</v>
+      </c>
+      <c r="K493" s="8" t="s">
+        <v>991</v>
+      </c>
+      <c r="L493" s="8" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="494" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A494" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B494" s="4">
+        <v>7</v>
+      </c>
+      <c r="C494" s="5">
+        <v>45846</v>
+      </c>
+      <c r="D494" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="E494" s="6">
+        <v>5000000</v>
+      </c>
+      <c r="F494" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G494" s="7" t="s">
+        <v>1460</v>
+      </c>
+      <c r="H494" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="I494" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="J494" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K494" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L494" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="495" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A495" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B495" s="4">
+        <v>7</v>
+      </c>
+      <c r="C495" s="5">
+        <v>45846</v>
+      </c>
+      <c r="D495" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E495" s="6">
+        <v>32584000</v>
+      </c>
+      <c r="F495" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G495" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H495" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="I495" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J495" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K495" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L495" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="496" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A496" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B496" s="4">
+        <v>7</v>
+      </c>
+      <c r="C496" s="5">
+        <v>45853</v>
+      </c>
+      <c r="D496" s="1" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E496" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F496" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G496" s="7" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H496" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="I496" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="J496" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K496" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L496" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="497" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A497" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B497" s="4">
+        <v>7</v>
+      </c>
+      <c r="C497" s="5">
+        <v>45856</v>
+      </c>
+      <c r="D497" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E497" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F497" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G497" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H497" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="I497" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="J497" s="8" t="s">
+        <v>1470</v>
+      </c>
+      <c r="K497" s="8" t="s">
+        <v>1140</v>
+      </c>
+      <c r="L497" s="8" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="498" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A498" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B498" s="4">
+        <v>7</v>
+      </c>
+      <c r="C498" s="5">
+        <v>45856</v>
+      </c>
+      <c r="D498" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E498" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F498" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G498" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H498" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="I498" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="J498" s="8" t="s">
+        <v>1473</v>
+      </c>
+      <c r="K498" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L498" s="8" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="499" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A499" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B499" s="4">
+        <v>7</v>
+      </c>
+      <c r="C499" s="5">
+        <v>45856</v>
+      </c>
+      <c r="D499" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E499" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F499" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G499" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H499" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="I499" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J499" s="8" t="s">
+        <v>1476</v>
+      </c>
+      <c r="K499" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L499" s="8" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="500" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A500" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B500" s="4">
+        <v>7</v>
+      </c>
+      <c r="C500" s="5">
+        <v>45856</v>
+      </c>
+      <c r="D500" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E500" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F500" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G500" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H500" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="I500" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="J500" s="8" t="s">
+        <v>1479</v>
+      </c>
+      <c r="K500" s="8" t="s">
+        <v>362</v>
+      </c>
+      <c r="L500" s="8" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="501" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A501" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B501" s="4">
+        <v>7</v>
+      </c>
+      <c r="C501" s="5">
+        <v>45856</v>
+      </c>
+      <c r="D501" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E501" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F501" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G501" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H501" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="I501" s="1" t="s">
+        <v>1482</v>
+      </c>
+      <c r="J501" s="8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="K501" s="8" t="s">
+        <v>664</v>
+      </c>
+      <c r="L501" s="8" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="502" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A502" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B502" s="4">
+        <v>7</v>
+      </c>
+      <c r="C502" s="5">
+        <v>45853</v>
+      </c>
+      <c r="D502" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="E502" s="6">
+        <v>17500000</v>
+      </c>
+      <c r="F502" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G502" s="7" t="s">
+        <v>797</v>
+      </c>
+      <c r="H502" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="I502" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="J502" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K502" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L502" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="503" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A503" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B503" s="4">
+        <v>7</v>
+      </c>
+      <c r="C503" s="5">
+        <v>45853</v>
+      </c>
+      <c r="D503" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E503" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F503" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G503" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H503" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="I503" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="J503" s="8" t="s">
+        <v>1487</v>
+      </c>
+      <c r="K503" s="8" t="s">
+        <v>444</v>
+      </c>
+      <c r="L503" s="8" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="504" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A504" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B504" s="4">
+        <v>7</v>
+      </c>
+      <c r="C504" s="5">
+        <v>45853</v>
+      </c>
+      <c r="D504" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E504" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F504" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G504" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H504" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="I504" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="J504" s="8" t="s">
+        <v>1490</v>
+      </c>
+      <c r="K504" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="L504" s="8" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="505" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A505" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B505" s="4">
+        <v>7</v>
+      </c>
+      <c r="C505" s="5">
+        <v>45853</v>
+      </c>
+      <c r="D505" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E505" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F505" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G505" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H505" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="I505" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="J505" s="8" t="s">
+        <v>1493</v>
+      </c>
+      <c r="K505" s="8" t="s">
+        <v>376</v>
+      </c>
+      <c r="L505" s="8" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="506" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A506" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B506" s="4">
+        <v>7</v>
+      </c>
+      <c r="C506" s="5">
+        <v>45853</v>
+      </c>
+      <c r="D506" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E506" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F506" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G506" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H506" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="I506" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="J506" s="8" t="s">
+        <v>1497</v>
+      </c>
+      <c r="K506" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="L506" s="8" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="507" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A507" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B507" s="4">
+        <v>7</v>
+      </c>
+      <c r="C507" s="5">
+        <v>45853</v>
+      </c>
+      <c r="D507" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E507" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F507" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G507" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H507" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="I507" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="J507" s="8" t="s">
+        <v>526</v>
+      </c>
+      <c r="K507" s="8" t="s">
+        <v>1501</v>
+      </c>
+      <c r="L507" s="8" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="508" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A508" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B508" s="4">
+        <v>7</v>
+      </c>
+      <c r="C508" s="5">
+        <v>45853</v>
+      </c>
+      <c r="D508" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E508" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F508" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G508" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H508" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="I508" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="J508" s="8" t="s">
+        <v>365</v>
+      </c>
+      <c r="K508" s="8" t="s">
+        <v>366</v>
+      </c>
+      <c r="L508" s="8" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="509" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A509" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B509" s="4">
+        <v>7</v>
+      </c>
+      <c r="C509" s="5">
+        <v>45853</v>
+      </c>
+      <c r="D509" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E509" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F509" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G509" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H509" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="I509" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="J509" s="8" t="s">
+        <v>1506</v>
+      </c>
+      <c r="K509" s="8" t="s">
+        <v>228</v>
+      </c>
+      <c r="L509" s="8" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="510" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A510" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B510" s="4">
+        <v>7</v>
+      </c>
+      <c r="C510" s="5">
+        <v>45853</v>
+      </c>
+      <c r="D510" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E510" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F510" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G510" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H510" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="I510" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="J510" s="8" t="s">
+        <v>1509</v>
+      </c>
+      <c r="K510" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="L510" s="8" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="511" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A511" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B511" s="4">
+        <v>7</v>
+      </c>
+      <c r="C511" s="5">
+        <v>45853</v>
+      </c>
+      <c r="D511" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E511" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F511" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G511" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H511" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="I511" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="J511" s="8" t="s">
+        <v>1513</v>
+      </c>
+      <c r="K511" s="8" t="s">
+        <v>861</v>
+      </c>
+      <c r="L511" s="8" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="512" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A512" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B512" s="4">
+        <v>7</v>
+      </c>
+      <c r="C512" s="5">
+        <v>45853</v>
+      </c>
+      <c r="D512" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E512" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F512" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G512" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H512" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="I512" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="J512" s="8" t="s">
+        <v>1516</v>
+      </c>
+      <c r="K512" s="8" t="s">
+        <v>589</v>
+      </c>
+      <c r="L512" s="8" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="513" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A513" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B513" s="4">
+        <v>7</v>
+      </c>
+      <c r="C513" s="5">
+        <v>45853</v>
+      </c>
+      <c r="D513" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E513" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F513" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G513" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H513" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="I513" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="J513" s="8" t="s">
+        <v>1519</v>
+      </c>
+      <c r="K513" s="8" t="s">
+        <v>1520</v>
+      </c>
+      <c r="L513" s="8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="514" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A514" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B514" s="4">
+        <v>7</v>
+      </c>
+      <c r="C514" s="5">
+        <v>45856</v>
+      </c>
+      <c r="D514" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E514" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F514" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G514" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H514" s="1" t="s">
+        <v>1521</v>
+      </c>
+      <c r="I514" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="J514" s="8" t="s">
+        <v>1523</v>
+      </c>
+      <c r="K514" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="L514" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="515" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A515" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B515" s="4">
+        <v>7</v>
+      </c>
+      <c r="C515" s="5">
+        <v>45856</v>
+      </c>
+      <c r="D515" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E515" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F515" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G515" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H515" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="I515" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="J515" s="8" t="s">
+        <v>1526</v>
+      </c>
+      <c r="K515" s="8" t="s">
+        <v>429</v>
+      </c>
+      <c r="L515" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="516" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A516" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B516" s="4">
+        <v>7</v>
+      </c>
+      <c r="C516" s="5">
+        <v>45860</v>
+      </c>
+      <c r="D516" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E516" s="6">
+        <v>187818</v>
+      </c>
+      <c r="F516" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G516" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H516" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="I516" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J516" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K516" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L516" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="517" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A517" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B517" s="4">
+        <v>7</v>
+      </c>
+      <c r="C517" s="5">
+        <v>45866</v>
+      </c>
+      <c r="D517" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E517" s="6">
+        <v>142405</v>
+      </c>
+      <c r="F517" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G517" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H517" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="I517" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J517" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K517" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L517" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="518" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A518" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B518" s="4">
+        <v>7</v>
+      </c>
+      <c r="C518" s="5">
+        <v>45866</v>
+      </c>
+      <c r="D518" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E518" s="6">
+        <v>58548</v>
+      </c>
+      <c r="F518" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G518" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H518" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="I518" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J518" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K518" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L518" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="519" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A519" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B519" s="4">
+        <v>7</v>
+      </c>
+      <c r="C519" s="5">
+        <v>45866</v>
+      </c>
+      <c r="D519" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E519" s="6">
+        <v>82967</v>
+      </c>
+      <c r="F519" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G519" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H519" s="1" t="s">
+        <v>1530</v>
+      </c>
+      <c r="I519" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J519" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K519" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L519" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="520" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A520" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B520" s="4">
+        <v>7</v>
+      </c>
+      <c r="C520" s="5">
+        <v>45849</v>
+      </c>
+      <c r="D520" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E520" s="6">
+        <v>16516419</v>
+      </c>
+      <c r="F520" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G520" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H520" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="I520" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J520" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K520" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L520" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="521" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A521" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B521" s="4">
+        <v>7</v>
+      </c>
+      <c r="C521" s="5">
+        <v>45849</v>
+      </c>
+      <c r="D521" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="E521" s="6">
+        <v>1500000</v>
+      </c>
+      <c r="F521" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G521" s="7" t="s">
+        <v>1533</v>
+      </c>
+      <c r="H521" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="I521" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="J521" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K521" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L521" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="522" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A522" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B522" s="4">
+        <v>7</v>
+      </c>
+      <c r="C522" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D522" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="E522" s="6">
+        <v>800000</v>
+      </c>
+      <c r="F522" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G522" s="7" t="s">
+        <v>1537</v>
+      </c>
+      <c r="H522" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="I522" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="J522" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K522" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L522" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="523" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A523" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B523" s="4">
+        <v>7</v>
+      </c>
+      <c r="C523" s="5">
+        <v>45855</v>
+      </c>
+      <c r="D523" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E523" s="6">
+        <v>3000000</v>
+      </c>
+      <c r="F523" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G523" s="7" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H523" s="1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="I523" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="J523" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K523" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L523" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="524" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A524" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B524" s="4">
+        <v>7</v>
+      </c>
+      <c r="C524" s="5">
+        <v>45861</v>
+      </c>
+      <c r="D524" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="E524" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F524" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G524" s="7" t="s">
+        <v>1545</v>
+      </c>
+      <c r="H524" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="I524" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="J524" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K524" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L524" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="525" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A525" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B525" s="4">
+        <v>7</v>
+      </c>
+      <c r="C525" s="5">
+        <v>45855</v>
+      </c>
+      <c r="D525" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E525" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F525" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G525" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H525" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="I525" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="J525" s="8" t="s">
+        <v>1550</v>
+      </c>
+      <c r="K525" s="8" t="s">
+        <v>280</v>
+      </c>
+      <c r="L525" s="8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="526" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A526" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B526" s="4">
+        <v>7</v>
+      </c>
+      <c r="C526" s="5">
+        <v>45866</v>
+      </c>
+      <c r="D526" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E526" s="6">
+        <v>217770</v>
+      </c>
+      <c r="F526" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G526" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H526" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="I526" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J526" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K526" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L526" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="527" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A527" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B527" s="4">
+        <v>7</v>
+      </c>
+      <c r="C527" s="5">
+        <v>45860</v>
+      </c>
+      <c r="D527" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="E527" s="6">
+        <v>1250000</v>
+      </c>
+      <c r="F527" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G527" s="7" t="s">
+        <v>1553</v>
+      </c>
+      <c r="H527" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="I527" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J527" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K527" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L527" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="528" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A528" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B528" s="4">
+        <v>7</v>
+      </c>
+      <c r="C528" s="5">
+        <v>45860</v>
+      </c>
+      <c r="D528" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E528" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F528" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G528" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H528" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="I528" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J528" s="8" t="s">
+        <v>1558</v>
+      </c>
+      <c r="K528" s="8" t="s">
+        <v>1559</v>
+      </c>
+      <c r="L528" s="8" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="529" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A529" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B529" s="4">
+        <v>12</v>
+      </c>
+      <c r="C529" s="5">
+        <v>45860</v>
+      </c>
+      <c r="D529" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E529" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F529" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G529" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H529" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="I529" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="J529" s="8" t="s">
+        <v>1563</v>
+      </c>
+      <c r="K529" s="8" t="s">
+        <v>1564</v>
+      </c>
+      <c r="L529" s="8" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="530" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A530" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B530" s="4">
+        <v>7</v>
+      </c>
+      <c r="C530" s="5">
+        <v>45860</v>
+      </c>
+      <c r="D530" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E530" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F530" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G530" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H530" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="I530" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="J530" s="8" t="s">
+        <v>1567</v>
+      </c>
+      <c r="K530" s="8" t="s">
+        <v>232</v>
+      </c>
+      <c r="L530" s="8" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="531" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A531" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B531" s="4">
+        <v>7</v>
+      </c>
+      <c r="C531" s="5">
+        <v>45860</v>
+      </c>
+      <c r="D531" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E531" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F531" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G531" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H531" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="I531" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="J531" s="8" t="s">
+        <v>1571</v>
+      </c>
+      <c r="K531" s="8" t="s">
+        <v>716</v>
+      </c>
+      <c r="L531" s="8" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="532" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A532" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B532" s="4">
+        <v>7</v>
+      </c>
+      <c r="C532" s="5">
+        <v>45860</v>
+      </c>
+      <c r="D532" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E532" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F532" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G532" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H532" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="I532" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="J532" s="8" t="s">
+        <v>1574</v>
+      </c>
+      <c r="K532" s="8" t="s">
+        <v>677</v>
+      </c>
+      <c r="L532" s="8" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="533" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A533" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B533" s="4">
+        <v>7</v>
+      </c>
+      <c r="C533" s="5">
+        <v>45860</v>
+      </c>
+      <c r="D533" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E533" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F533" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G533" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H533" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="I533" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="J533" s="8" t="s">
+        <v>943</v>
+      </c>
+      <c r="K533" s="8" t="s">
+        <v>1577</v>
+      </c>
+      <c r="L533" s="8" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="534" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A534" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B534" s="4">
+        <v>7</v>
+      </c>
+      <c r="C534" s="5">
+        <v>45860</v>
+      </c>
+      <c r="D534" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E534" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F534" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G534" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H534" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="I534" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="J534" s="8" t="s">
+        <v>1581</v>
+      </c>
+      <c r="K534" s="8" t="s">
+        <v>1582</v>
+      </c>
+      <c r="L534" s="8" t="s">
+        <v>1583</v>
+      </c>
+    </row>
+    <row r="535" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A535" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B535" s="4">
+        <v>7</v>
+      </c>
+      <c r="C535" s="5">
+        <v>45860</v>
+      </c>
+      <c r="D535" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E535" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F535" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G535" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H535" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="I535" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="J535" s="8" t="s">
+        <v>1586</v>
+      </c>
+      <c r="K535" s="8" t="s">
+        <v>1587</v>
+      </c>
+      <c r="L535" s="8" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="536" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A536" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B536" s="4">
+        <v>7</v>
+      </c>
+      <c r="C536" s="5">
+        <v>45860</v>
+      </c>
+      <c r="D536" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E536" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F536" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G536" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H536" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="I536" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="J536" s="8" t="s">
+        <v>1590</v>
+      </c>
+      <c r="K536" s="8" t="s">
+        <v>270</v>
+      </c>
+      <c r="L536" s="8" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="537" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A537" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B537" s="4">
+        <v>7</v>
+      </c>
+      <c r="C537" s="5">
+        <v>45859</v>
+      </c>
+      <c r="D537" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E537" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F537" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G537" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H537" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="I537" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="J537" s="8" t="s">
+        <v>1593</v>
+      </c>
+      <c r="K537" s="8" t="s">
+        <v>1140</v>
+      </c>
+      <c r="L537" s="8" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="538" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A538" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B538" s="4">
+        <v>7</v>
+      </c>
+      <c r="C538" s="5">
+        <v>45859</v>
+      </c>
+      <c r="D538" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E538" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F538" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G538" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H538" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="I538" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="J538" s="8" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K538" s="8" t="s">
+        <v>275</v>
+      </c>
+      <c r="L538" s="8" t="s">
+        <v>1597</v>
+      </c>
+    </row>
+    <row r="539" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A539" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B539" s="4">
+        <v>7</v>
+      </c>
+      <c r="C539" s="5">
+        <v>45859</v>
+      </c>
+      <c r="D539" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E539" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F539" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G539" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H539" s="1" t="s">
+        <v>1598</v>
+      </c>
+      <c r="I539" s="1" t="s">
+        <v>1599</v>
+      </c>
+      <c r="J539" s="8" t="s">
+        <v>1600</v>
+      </c>
+      <c r="K539" s="8" t="s">
+        <v>1601</v>
+      </c>
+      <c r="L539" s="8" t="s">
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="540" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A540" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B540" s="4">
+        <v>7</v>
+      </c>
+      <c r="C540" s="5">
+        <v>45859</v>
+      </c>
+      <c r="D540" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E540" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F540" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G540" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H540" s="1" t="s">
+        <v>1603</v>
+      </c>
+      <c r="I540" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="J540" s="8" t="s">
+        <v>1605</v>
+      </c>
+      <c r="K540" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="L540" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="541" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A541" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B541" s="4">
+        <v>7</v>
+      </c>
+      <c r="C541" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D541" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E541" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F541" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G541" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H541" s="1" t="s">
+        <v>1606</v>
+      </c>
+      <c r="I541" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="J541" s="8" t="s">
+        <v>1608</v>
+      </c>
+      <c r="K541" s="8" t="s">
+        <v>1000</v>
+      </c>
+      <c r="L541" s="8" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="542" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A542" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B542" s="4">
+        <v>7</v>
+      </c>
+      <c r="C542" s="5">
+        <v>45883</v>
+      </c>
+      <c r="D542" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E542" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F542" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G542" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H542" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="I542" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="J542" s="8" t="s">
+        <v>1611</v>
+      </c>
+      <c r="K542" s="8" t="s">
+        <v>1612</v>
+      </c>
+      <c r="L542" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="543" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A543" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B543" s="4">
+        <v>7</v>
+      </c>
+      <c r="C543" s="5">
+        <v>45883</v>
+      </c>
+      <c r="D543" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E543" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F543" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G543" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H543" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="I543" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="J543" s="8" t="s">
+        <v>1615</v>
+      </c>
+      <c r="K543" s="8" t="s">
+        <v>172</v>
+      </c>
+      <c r="L543" s="8" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="544" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A544" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B544" s="4">
+        <v>7</v>
+      </c>
+      <c r="C544" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D544" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E544" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F544" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G544" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H544" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="I544" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="J544" s="8" t="s">
+        <v>1618</v>
+      </c>
+      <c r="K544" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L544" s="8" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="545" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A545" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B545" s="4">
+        <v>7</v>
+      </c>
+      <c r="C545" s="5">
+        <v>45867</v>
+      </c>
+      <c r="D545" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E545" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F545" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G545" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H545" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="I545" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="J545" s="8" t="s">
+        <v>1213</v>
+      </c>
+      <c r="K545" s="8" t="s">
+        <v>1214</v>
+      </c>
+      <c r="L545" s="8" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="546" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A546" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B546" s="4">
+        <v>7</v>
+      </c>
+      <c r="C546" s="5">
+        <v>45867</v>
+      </c>
+      <c r="D546" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E546" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F546" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G546" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H546" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="I546" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="J546" s="8" t="s">
+        <v>1206</v>
+      </c>
+      <c r="K546" s="8" t="s">
+        <v>270</v>
+      </c>
+      <c r="L546" s="8" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="547" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A547" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B547" s="4">
+        <v>7</v>
+      </c>
+      <c r="C547" s="5">
+        <v>45867</v>
+      </c>
+      <c r="D547" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E547" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F547" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G547" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H547" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="I547" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="J547" s="8" t="s">
+        <v>1093</v>
+      </c>
+      <c r="K547" s="8" t="s">
+        <v>1094</v>
+      </c>
+      <c r="L547" s="8" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="548" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A548" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B548" s="4">
+        <v>7</v>
+      </c>
+      <c r="C548" s="5">
+        <v>45867</v>
+      </c>
+      <c r="D548" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E548" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F548" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G548" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H548" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="I548" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="J548" s="8" t="s">
+        <v>1210</v>
+      </c>
+      <c r="K548" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="L548" s="8" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="549" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A549" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B549" s="4">
+        <v>7</v>
+      </c>
+      <c r="C549" s="5">
+        <v>45869</v>
+      </c>
+      <c r="D549" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="E549" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F549" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G549" s="7" t="s">
+        <v>1624</v>
+      </c>
+      <c r="H549" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="I549" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="J549" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K549" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L549" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="550" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A550" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B550" s="4">
+        <v>7</v>
+      </c>
+      <c r="C550" s="5">
+        <v>45870</v>
+      </c>
+      <c r="D550" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="E550" s="6">
+        <v>1160000</v>
+      </c>
+      <c r="F550" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G550" s="7" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H550" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="I550" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="J550" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K550" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L550" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="551" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A551" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B551" s="4">
+        <v>7</v>
+      </c>
+      <c r="C551" s="5">
+        <v>45862</v>
+      </c>
+      <c r="D551" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="E551" s="6">
+        <v>2300000</v>
+      </c>
+      <c r="F551" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G551" s="7" t="s">
+        <v>1632</v>
+      </c>
+      <c r="H551" s="1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="I551" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="J551" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K551" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L551" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="552" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A552" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B552" s="4">
+        <v>7</v>
+      </c>
+      <c r="C552" s="5">
+        <v>45862</v>
+      </c>
+      <c r="D552" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E552" s="6">
+        <v>30363000</v>
+      </c>
+      <c r="F552" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G552" s="7" t="s">
+        <v>653</v>
+      </c>
+      <c r="H552" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="I552" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J552" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K552" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L552" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="553" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A553" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B553" s="4">
+        <v>7</v>
+      </c>
+      <c r="C553" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D553" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E553" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F553" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G553" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H553" s="1" t="s">
+        <v>1636</v>
+      </c>
+      <c r="I553" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="J553" s="8" t="s">
+        <v>1638</v>
+      </c>
+      <c r="K553" s="8" t="s">
+        <v>1639</v>
+      </c>
+      <c r="L553" s="8" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="554" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A554" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B554" s="4">
+        <v>7</v>
+      </c>
+      <c r="C554" s="5">
+        <v>45863</v>
+      </c>
+      <c r="D554" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E554" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F554" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G554" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H554" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="I554" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="J554" s="8" t="s">
+        <v>1643</v>
+      </c>
+      <c r="K554" s="8" t="s">
+        <v>236</v>
+      </c>
+      <c r="L554" s="8" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="555" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A555" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B555" s="4">
+        <v>7</v>
+      </c>
+      <c r="C555" s="5">
+        <v>45863</v>
+      </c>
+      <c r="D555" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E555" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F555" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G555" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H555" s="1" t="s">
+        <v>1644</v>
+      </c>
+      <c r="I555" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="J555" s="8" t="s">
+        <v>1646</v>
+      </c>
+      <c r="K555" s="8" t="s">
+        <v>1647</v>
+      </c>
+      <c r="L555" s="8" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="556" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A556" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B556" s="4">
+        <v>7</v>
+      </c>
+      <c r="C556" s="5">
+        <v>45863</v>
+      </c>
+      <c r="D556" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E556" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F556" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G556" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H556" s="1" t="s">
+        <v>1648</v>
+      </c>
+      <c r="I556" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="J556" s="8" t="s">
+        <v>1650</v>
+      </c>
+      <c r="K556" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="L556" s="8" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="557" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A557" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B557" s="4">
+        <v>7</v>
+      </c>
+      <c r="C557" s="5">
+        <v>45863</v>
+      </c>
+      <c r="D557" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E557" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F557" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G557" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H557" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="I557" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="J557" s="8" t="s">
+        <v>1653</v>
+      </c>
+      <c r="K557" s="8" t="s">
+        <v>589</v>
+      </c>
+      <c r="L557" s="8" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="558" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A558" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B558" s="4">
+        <v>7</v>
+      </c>
+      <c r="C558" s="5">
+        <v>45863</v>
+      </c>
+      <c r="D558" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E558" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F558" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G558" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H558" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="I558" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="J558" s="8" t="s">
+        <v>1656</v>
+      </c>
+      <c r="K558" s="8" t="s">
+        <v>1086</v>
+      </c>
+      <c r="L558" s="8" t="s">
+        <v>1657</v>
+      </c>
+    </row>
+    <row r="559" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A559" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B559" s="4">
+        <v>7</v>
+      </c>
+      <c r="C559" s="5">
+        <v>45863</v>
+      </c>
+      <c r="D559" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E559" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F559" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G559" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H559" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="I559" s="1" t="s">
+        <v>1659</v>
+      </c>
+      <c r="J559" s="8" t="s">
+        <v>1660</v>
+      </c>
+      <c r="K559" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L559" s="8" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="560" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A560" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B560" s="4">
+        <v>7</v>
+      </c>
+      <c r="C560" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D560" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E560" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F560" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G560" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H560" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="I560" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="J560" s="8" t="s">
+        <v>1663</v>
+      </c>
+      <c r="K560" s="8" t="s">
+        <v>1664</v>
+      </c>
+      <c r="L560" s="8" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="561" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A561" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B561" s="4">
+        <v>7</v>
+      </c>
+      <c r="C561" s="5">
+        <v>45863</v>
+      </c>
+      <c r="D561" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="E561" s="6">
+        <v>7000000</v>
+      </c>
+      <c r="F561" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G561" s="7" t="s">
+        <v>259</v>
+      </c>
+      <c r="H561" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="I561" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="J561" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K561" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L561" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="562" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A562" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B562" s="4">
+        <v>7</v>
+      </c>
+      <c r="C562" s="5">
+        <v>45873</v>
+      </c>
+      <c r="D562" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="E562" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F562" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G562" s="7" t="s">
+        <v>1667</v>
+      </c>
+      <c r="H562" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="I562" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="J562" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K562" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L562" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="563" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A563" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B563" s="4">
+        <v>7</v>
+      </c>
+      <c r="C563" s="5">
+        <v>45867</v>
+      </c>
+      <c r="D563" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E563" s="6">
+        <v>39000000</v>
+      </c>
+      <c r="F563" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G563" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H563" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="I563" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J563" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K563" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L563" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="564" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A564" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B564" s="4">
+        <v>7</v>
+      </c>
+      <c r="C564" s="5">
+        <v>45876</v>
+      </c>
+      <c r="D564" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E564" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F564" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G564" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H564" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="I564" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="J564" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K564" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L564" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="565" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A565" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B565" s="4">
+        <v>7</v>
+      </c>
+      <c r="C565" s="5">
+        <v>45876</v>
+      </c>
+      <c r="D565" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E565" s="6">
+        <v>142405</v>
+      </c>
+      <c r="F565" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G565" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H565" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="I565" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J565" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K565" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L565" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="566" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A566" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B566" s="4">
+        <v>7</v>
+      </c>
+      <c r="C566" s="5">
+        <v>45876</v>
+      </c>
+      <c r="D566" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E566" s="6">
+        <v>173645</v>
+      </c>
+      <c r="F566" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G566" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H566" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="I566" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J566" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K566" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L566" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="567" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A567" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B567" s="4">
+        <v>7</v>
+      </c>
+      <c r="C567" s="5">
+        <v>45876</v>
+      </c>
+      <c r="D567" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E567" s="6">
+        <v>156899</v>
+      </c>
+      <c r="F567" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G567" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H567" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="I567" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J567" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K567" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L567" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="568" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A568" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B568" s="4">
+        <v>7</v>
+      </c>
+      <c r="C568" s="5">
+        <v>45876</v>
+      </c>
+      <c r="D568" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E568" s="6">
+        <v>141246</v>
+      </c>
+      <c r="F568" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G568" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H568" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="I568" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J568" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K568" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L568" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="569" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A569" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B569" s="4">
+        <v>7</v>
+      </c>
+      <c r="C569" s="5">
+        <v>45876</v>
+      </c>
+      <c r="D569" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E569" s="6">
+        <v>142215</v>
+      </c>
+      <c r="F569" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G569" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H569" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="I569" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J569" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K569" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L569" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="570" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A570" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B570" s="4">
+        <v>7</v>
+      </c>
+      <c r="C570" s="5">
+        <v>45873</v>
+      </c>
+      <c r="D570" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E570" s="6">
+        <v>188437</v>
+      </c>
+      <c r="F570" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G570" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H570" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="I570" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J570" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K570" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L570" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="571" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A571" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B571" s="4">
+        <v>7</v>
+      </c>
+      <c r="C571" s="5">
+        <v>45873</v>
+      </c>
+      <c r="D571" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E571" s="6">
+        <v>1500000</v>
+      </c>
+      <c r="F571" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G571" s="7" t="s">
+        <v>1679</v>
+      </c>
+      <c r="H571" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="I571" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="J571" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K571" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L571" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="572" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A572" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B572" s="4">
+        <v>7</v>
+      </c>
+      <c r="C572" s="5">
+        <v>45870</v>
+      </c>
+      <c r="D572" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E572" s="6">
+        <v>1200000</v>
+      </c>
+      <c r="F572" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G572" s="7" t="s">
+        <v>1683</v>
+      </c>
+      <c r="H572" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="I572" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="J572" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K572" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L572" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="573" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A573" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B573" s="4">
+        <v>7</v>
+      </c>
+      <c r="C573" s="5">
+        <v>45889</v>
+      </c>
+      <c r="D573" s="1" t="s">
+        <v>1686</v>
+      </c>
+      <c r="E573" s="6">
+        <v>540000</v>
+      </c>
+      <c r="F573" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G573" s="7" t="s">
+        <v>1687</v>
+      </c>
+      <c r="H573" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="I573" s="1" t="s">
+        <v>1689</v>
+      </c>
+      <c r="J573" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K573" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L573" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="574" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A574" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B574" s="4">
+        <v>7</v>
+      </c>
+      <c r="C574" s="5">
+        <v>45870</v>
+      </c>
+      <c r="D574" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="E574" s="6">
+        <v>1600000</v>
+      </c>
+      <c r="F574" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G574" s="7" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H574" s="1" t="s">
+        <v>1692</v>
+      </c>
+      <c r="I574" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="J574" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K574" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L574" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="575" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A575" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B575" s="4">
+        <v>7</v>
+      </c>
+      <c r="C575" s="5">
+        <v>45883</v>
+      </c>
+      <c r="D575" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="E575" s="6">
+        <v>450000</v>
+      </c>
+      <c r="F575" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G575" s="7" t="s">
+        <v>1695</v>
+      </c>
+      <c r="H575" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="I575" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="J575" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K575" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L575" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="576" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A576" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B576" s="4">
+        <v>7</v>
+      </c>
+      <c r="C576" s="5">
+        <v>45867</v>
+      </c>
+      <c r="D576" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E576" s="6">
+        <v>843963260</v>
+      </c>
+      <c r="F576" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G576" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H576" s="1" t="s">
+        <v>1698</v>
+      </c>
+      <c r="I576" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J576" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K576" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L576" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="577" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A577" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B577" s="4">
+        <v>7</v>
+      </c>
+      <c r="C577" s="5">
+        <v>45867</v>
+      </c>
+      <c r="D577" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E577" s="6">
+        <v>8118656</v>
+      </c>
+      <c r="F577" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G577" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H577" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="I577" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J577" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K577" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L577" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="578" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A578" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B578" s="4">
+        <v>7</v>
+      </c>
+      <c r="C578" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D578" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E578" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F578" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G578" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H578" s="1" t="s">
+        <v>1700</v>
+      </c>
+      <c r="I578" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="J578" s="8" t="s">
+        <v>1165</v>
+      </c>
+      <c r="K578" s="8" t="s">
+        <v>1166</v>
+      </c>
+      <c r="L578" s="8" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="579" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A579" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B579" s="4">
+        <v>7</v>
+      </c>
+      <c r="C579" s="5">
+        <v>45870</v>
+      </c>
+      <c r="D579" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E579" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F579" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G579" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H579" s="1" t="s">
+        <v>1701</v>
+      </c>
+      <c r="I579" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="J579" s="8" t="s">
+        <v>1703</v>
+      </c>
+      <c r="K579" s="8" t="s">
+        <v>1704</v>
+      </c>
+      <c r="L579" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="580" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A580" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B580" s="4">
+        <v>7</v>
+      </c>
+      <c r="C580" s="5">
+        <v>45869</v>
+      </c>
+      <c r="D580" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E580" s="6">
+        <v>20000000</v>
+      </c>
+      <c r="F580" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G580" s="7" t="s">
+        <v>1423</v>
+      </c>
+      <c r="H580" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="I580" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="J580" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K580" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L580" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="581" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A581" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B581" s="4">
+        <v>7</v>
+      </c>
+      <c r="C581" s="5">
+        <v>45869</v>
+      </c>
+      <c r="D581" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E581" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F581" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G581" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H581" s="1" t="s">
+        <v>1706</v>
+      </c>
+      <c r="I581" s="1" t="s">
+        <v>1707</v>
+      </c>
+      <c r="J581" s="8" t="s">
+        <v>1708</v>
+      </c>
+      <c r="K581" s="8" t="s">
+        <v>464</v>
+      </c>
+      <c r="L581" s="8" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="582" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A582" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B582" s="4">
+        <v>7</v>
+      </c>
+      <c r="C582" s="5">
+        <v>45869</v>
+      </c>
+      <c r="D582" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E582" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F582" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G582" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H582" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="I582" s="1" t="s">
+        <v>1710</v>
+      </c>
+      <c r="J582" s="8" t="s">
+        <v>1590</v>
+      </c>
+      <c r="K582" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L582" s="8" t="s">
+        <v>1711</v>
+      </c>
+    </row>
+    <row r="583" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A583" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B583" s="4">
+        <v>7</v>
+      </c>
+      <c r="C583" s="5">
+        <v>45869</v>
+      </c>
+      <c r="D583" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E583" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F583" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G583" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H583" s="1" t="s">
+        <v>1712</v>
+      </c>
+      <c r="I583" s="1" t="s">
+        <v>1713</v>
+      </c>
+      <c r="J583" s="8" t="s">
+        <v>1714</v>
+      </c>
+      <c r="K583" s="8" t="s">
+        <v>1128</v>
+      </c>
+      <c r="L583" s="8" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="584" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A584" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B584" s="4">
+        <v>7</v>
+      </c>
+      <c r="C584" s="5">
+        <v>45869</v>
+      </c>
+      <c r="D584" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E584" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F584" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G584" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H584" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="I584" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="J584" s="8" t="s">
+        <v>1717</v>
+      </c>
+      <c r="K584" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L584" s="8" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="585" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A585" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B585" s="4">
+        <v>7</v>
+      </c>
+      <c r="C585" s="5">
+        <v>45869</v>
+      </c>
+      <c r="D585" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E585" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F585" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G585" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H585" s="1" t="s">
+        <v>1718</v>
+      </c>
+      <c r="I585" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="J585" s="8" t="s">
+        <v>1720</v>
+      </c>
+      <c r="K585" s="8" t="s">
+        <v>1721</v>
+      </c>
+      <c r="L585" s="8" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="586" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A586" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B586" s="4">
+        <v>7</v>
+      </c>
+      <c r="C586" s="5">
+        <v>45869</v>
+      </c>
+      <c r="D586" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E586" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F586" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G586" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H586" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="I586" s="1" t="s">
+        <v>1724</v>
+      </c>
+      <c r="J586" s="8" t="s">
+        <v>1725</v>
+      </c>
+      <c r="K586" s="8" t="s">
+        <v>1726</v>
+      </c>
+      <c r="L586" s="8" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="587" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A587" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B587" s="4">
+        <v>7</v>
+      </c>
+      <c r="C587" s="5">
+        <v>45869</v>
+      </c>
+      <c r="D587" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E587" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F587" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G587" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H587" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="I587" s="1" t="s">
+        <v>1728</v>
+      </c>
+      <c r="J587" s="8" t="s">
+        <v>1729</v>
+      </c>
+      <c r="K587" s="8" t="s">
+        <v>275</v>
+      </c>
+      <c r="L587" s="8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="588" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A588" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B588" s="4">
+        <v>7</v>
+      </c>
+      <c r="C588" s="5">
+        <v>45869</v>
+      </c>
+      <c r="D588" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E588" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F588" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G588" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H588" s="1" t="s">
+        <v>1730</v>
+      </c>
+      <c r="I588" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="J588" s="8" t="s">
+        <v>1732</v>
+      </c>
+      <c r="K588" s="8" t="s">
+        <v>1733</v>
+      </c>
+      <c r="L588" s="8" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="589" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A589" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B589" s="4">
+        <v>8</v>
+      </c>
+      <c r="C589" s="5">
+        <v>45870</v>
+      </c>
+      <c r="D589" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E589" s="6">
+        <v>16146099</v>
+      </c>
+      <c r="F589" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G589" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H589" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="I589" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J589" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K589" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L589" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="590" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A590" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B590" s="4">
+        <v>8</v>
+      </c>
+      <c r="C590" s="5">
+        <v>45870</v>
+      </c>
+      <c r="D590" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E590" s="6">
+        <v>5505473</v>
+      </c>
+      <c r="F590" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G590" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H590" s="1" t="s">
+        <v>1735</v>
+      </c>
+      <c r="I590" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J590" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K590" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L590" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="591" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A591" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B591" s="4">
+        <v>8</v>
+      </c>
+      <c r="C591" s="5">
+        <v>45870</v>
+      </c>
+      <c r="D591" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E591" s="6">
+        <v>129871958</v>
+      </c>
+      <c r="F591" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G591" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H591" s="1" t="s">
+        <v>1736</v>
+      </c>
+      <c r="I591" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J591" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K591" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L591" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="592" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A592" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B592" s="4">
+        <v>8</v>
+      </c>
+      <c r="C592" s="5">
+        <v>45874</v>
+      </c>
+      <c r="D592" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E592" s="6">
+        <v>57890</v>
+      </c>
+      <c r="F592" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G592" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H592" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="I592" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J592" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K592" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L592" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="593" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A593" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B593" s="4">
+        <v>8</v>
+      </c>
+      <c r="C593" s="5">
+        <v>45874</v>
+      </c>
+      <c r="D593" s="1" t="s">
+        <v>1738</v>
+      </c>
+      <c r="E593" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F593" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G593" s="7" t="s">
+        <v>1739</v>
+      </c>
+      <c r="H593" s="1" t="s">
+        <v>1740</v>
+      </c>
+      <c r="I593" s="1" t="s">
+        <v>1741</v>
+      </c>
+      <c r="J593" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K593" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L593" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="594" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A594" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B594" s="4">
+        <v>8</v>
+      </c>
+      <c r="C594" s="5">
+        <v>45875</v>
+      </c>
+      <c r="D594" s="1" t="s">
+        <v>1742</v>
+      </c>
+      <c r="E594" s="6">
+        <v>250000</v>
+      </c>
+      <c r="F594" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G594" s="7" t="s">
+        <v>1743</v>
+      </c>
+      <c r="H594" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="I594" s="1" t="s">
+        <v>1745</v>
+      </c>
+      <c r="J594" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K594" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L594" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="595" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A595" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B595" s="4">
+        <v>8</v>
+      </c>
+      <c r="C595" s="5">
+        <v>45875</v>
+      </c>
+      <c r="D595" s="1" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E595" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F595" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G595" s="7" t="s">
+        <v>1747</v>
+      </c>
+      <c r="H595" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="I595" s="1" t="s">
+        <v>1749</v>
+      </c>
+      <c r="J595" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K595" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L595" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="596" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A596" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B596" s="4">
+        <v>8</v>
+      </c>
+      <c r="C596" s="5">
+        <v>45880</v>
+      </c>
+      <c r="D596" s="1" t="s">
+        <v>1750</v>
+      </c>
+      <c r="E596" s="6">
+        <v>850000</v>
+      </c>
+      <c r="F596" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G596" s="7" t="s">
+        <v>1751</v>
+      </c>
+      <c r="H596" s="1" t="s">
+        <v>1752</v>
+      </c>
+      <c r="I596" s="1" t="s">
+        <v>1753</v>
+      </c>
+      <c r="J596" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K596" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L596" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="597" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A597" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B597" s="4">
+        <v>8</v>
+      </c>
+      <c r="C597" s="5">
+        <v>45874</v>
+      </c>
+      <c r="D597" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E597" s="6">
+        <v>13686943</v>
+      </c>
+      <c r="F597" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G597" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="H597" s="1" t="s">
+        <v>1754</v>
+      </c>
+      <c r="I597" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J597" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K597" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L597" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="598" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A598" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B598" s="4">
+        <v>8</v>
+      </c>
+      <c r="C598" s="5">
+        <v>45874</v>
+      </c>
+      <c r="D598" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E598" s="6">
+        <v>158519</v>
+      </c>
+      <c r="F598" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G598" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H598" s="1" t="s">
+        <v>1754</v>
+      </c>
+      <c r="I598" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J598" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K598" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L598" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="599" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A599" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B599" s="4">
+        <v>8</v>
+      </c>
+      <c r="C599" s="5">
+        <v>45874</v>
+      </c>
+      <c r="D599" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E599" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F599" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G599" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H599" s="1" t="s">
+        <v>1755</v>
+      </c>
+      <c r="I599" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="J599" s="8" t="s">
+        <v>1757</v>
+      </c>
+      <c r="K599" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="L599" s="8" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="600" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A600" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B600" s="4">
+        <v>8</v>
+      </c>
+      <c r="C600" s="5">
+        <v>45874</v>
+      </c>
+      <c r="D600" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E600" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F600" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G600" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H600" s="1" t="s">
+        <v>1758</v>
+      </c>
+      <c r="I600" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="J600" s="8" t="s">
+        <v>1760</v>
+      </c>
+      <c r="K600" s="8" t="s">
+        <v>1761</v>
+      </c>
+      <c r="L600" s="8" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="601" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A601" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B601" s="4">
+        <v>8</v>
+      </c>
+      <c r="C601" s="5">
+        <v>45874</v>
+      </c>
+      <c r="D601" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E601" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F601" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G601" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H601" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="I601" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="J601" s="8" t="s">
+        <v>844</v>
+      </c>
+      <c r="K601" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="L601" s="8" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="602" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A602" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B602" s="4">
+        <v>8</v>
+      </c>
+      <c r="C602" s="5">
+        <v>45874</v>
+      </c>
+      <c r="D602" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E602" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F602" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G602" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H602" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="I602" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J602" s="8" t="s">
+        <v>1027</v>
+      </c>
+      <c r="K602" s="8" t="s">
+        <v>1028</v>
+      </c>
+      <c r="L602" s="8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="603" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A603" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B603" s="4">
+        <v>8</v>
+      </c>
+      <c r="C603" s="5">
+        <v>45874</v>
+      </c>
+      <c r="D603" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E603" s="6">
+        <v>180000</v>
+      </c>
+      <c r="F603" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G603" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H603" s="1" t="s">
+        <v>1764</v>
+      </c>
+      <c r="I603" s="1" t="s">
+        <v>1765</v>
+      </c>
+      <c r="J603" s="8" t="s">
+        <v>1766</v>
+      </c>
+      <c r="K603" s="8" t="s">
+        <v>1767</v>
+      </c>
+      <c r="L603" s="8" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="604" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A604" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B604" s="4">
+        <v>8</v>
+      </c>
+      <c r="C604" s="5">
+        <v>45877</v>
+      </c>
+      <c r="D604" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E604" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F604" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G604" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H604" s="1" t="s">
+        <v>1769</v>
+      </c>
+      <c r="I604" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="J604" s="8" t="s">
+        <v>1771</v>
+      </c>
+      <c r="K604" s="8" t="s">
+        <v>1119</v>
+      </c>
+      <c r="L604" s="8" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="605" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A605" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B605" s="4">
+        <v>8</v>
+      </c>
+      <c r="C605" s="5">
+        <v>45877</v>
+      </c>
+      <c r="D605" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E605" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F605" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G605" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H605" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="I605" s="1" t="s">
+        <v>1773</v>
+      </c>
+      <c r="J605" s="8" t="s">
+        <v>1774</v>
+      </c>
+      <c r="K605" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="L605" s="8" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="606" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A606" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B606" s="4">
+        <v>8</v>
+      </c>
+      <c r="C606" s="5">
+        <v>45877</v>
+      </c>
+      <c r="D606" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E606" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F606" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G606" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H606" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="I606" s="1" t="s">
+        <v>1776</v>
+      </c>
+      <c r="J606" s="8" t="s">
+        <v>1777</v>
+      </c>
+      <c r="K606" s="8" t="s">
+        <v>1195</v>
+      </c>
+      <c r="L606" s="8" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="607" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A607" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B607" s="4">
+        <v>8</v>
+      </c>
+      <c r="C607" s="5">
+        <v>45877</v>
+      </c>
+      <c r="D607" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E607" s="6">
+        <v>500000</v>
+      </c>
+      <c r="F607" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G607" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H607" s="1" t="s">
+        <v>1778</v>
+      </c>
+      <c r="I607" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="J607" s="8" t="s">
+        <v>1780</v>
+      </c>
+      <c r="K607" s="8" t="s">
+        <v>518</v>
+      </c>
+      <c r="L607" s="8" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="608" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A608" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B608" s="4">
+        <v>8</v>
+      </c>
+      <c r="C608" s="5">
+        <v>45877</v>
+      </c>
+      <c r="D608" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E608" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F608" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G608" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H608" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="I608" s="1" t="s">
+        <v>1782</v>
+      </c>
+      <c r="J608" s="8" t="s">
+        <v>1783</v>
+      </c>
+      <c r="K608" s="8" t="s">
+        <v>1315</v>
+      </c>
+      <c r="L608" s="8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="609" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A609" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B609" s="4">
+        <v>8</v>
+      </c>
+      <c r="C609" s="5">
+        <v>45877</v>
+      </c>
+      <c r="D609" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E609" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F609" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G609" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H609" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="I609" s="1" t="s">
+        <v>1785</v>
+      </c>
+      <c r="J609" s="8" t="s">
+        <v>1786</v>
+      </c>
+      <c r="K609" s="8" t="s">
+        <v>561</v>
+      </c>
+      <c r="L609" s="8" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="610" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A610" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B610" s="4">
+        <v>8</v>
+      </c>
+      <c r="C610" s="5">
+        <v>45877</v>
+      </c>
+      <c r="D610" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E610" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F610" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G610" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H610" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="I610" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="J610" s="8" t="s">
+        <v>1789</v>
+      </c>
+      <c r="K610" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="L610" s="8" t="s">
+        <v>1664</v>
+      </c>
+    </row>
+    <row r="611" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A611" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B611" s="4">
+        <v>8</v>
+      </c>
+      <c r="C611" s="5">
+        <v>45877</v>
+      </c>
+      <c r="D611" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E611" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F611" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G611" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H611" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="I611" s="1" t="s">
+        <v>1791</v>
+      </c>
+      <c r="J611" s="8" t="s">
+        <v>1792</v>
+      </c>
+      <c r="K611" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L611" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="612" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A612" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B612" s="4">
+        <v>8</v>
+      </c>
+      <c r="C612" s="5">
+        <v>45877</v>
+      </c>
+      <c r="D612" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E612" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F612" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G612" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H612" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="I612" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="J612" s="8" t="s">
+        <v>235</v>
+      </c>
+      <c r="K612" s="8" t="s">
+        <v>236</v>
+      </c>
+      <c r="L612" s="8" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="613" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A613" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B613" s="4">
+        <v>8</v>
+      </c>
+      <c r="C613" s="5">
+        <v>45877</v>
+      </c>
+      <c r="D613" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E613" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F613" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G613" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H613" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="I613" s="1" t="s">
+        <v>1795</v>
+      </c>
+      <c r="J613" s="8" t="s">
+        <v>1796</v>
+      </c>
+      <c r="K613" s="8" t="s">
+        <v>1448</v>
+      </c>
+      <c r="L613" s="8" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="614" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A614" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B614" s="4">
+        <v>8</v>
+      </c>
+      <c r="C614" s="5">
+        <v>45877</v>
+      </c>
+      <c r="D614" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="E614" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F614" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G614" s="7" t="s">
+        <v>1798</v>
+      </c>
+      <c r="H614" s="1" t="s">
+        <v>1799</v>
+      </c>
+      <c r="I614" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="J614" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K614" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L614" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="615" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A615" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B615" s="4">
+        <v>8</v>
+      </c>
+      <c r="C615" s="5">
+        <v>45874</v>
+      </c>
+      <c r="D615" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E615" s="6">
+        <v>59000000</v>
+      </c>
+      <c r="F615" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G615" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H615" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="I615" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J615" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K615" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L615" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="616" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A616" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B616" s="4">
+        <v>8</v>
+      </c>
+      <c r="C616" s="5">
+        <v>45874</v>
+      </c>
+      <c r="D616" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E616" s="6">
+        <v>8034000</v>
+      </c>
+      <c r="F616" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G616" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H616" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="I616" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J616" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K616" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L616" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="617" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A617" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B617" s="4">
+        <v>8</v>
+      </c>
+      <c r="C617" s="5">
+        <v>45877</v>
+      </c>
+      <c r="D617" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="E617" s="6">
+        <v>5000000</v>
+      </c>
+      <c r="F617" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G617" s="7" t="s">
+        <v>1804</v>
+      </c>
+      <c r="H617" s="1" t="s">
+        <v>1805</v>
+      </c>
+      <c r="I617" s="1" t="s">
+        <v>1806</v>
+      </c>
+      <c r="J617" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K617" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L617" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="618" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A618" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B618" s="4">
+        <v>8</v>
+      </c>
+      <c r="C618" s="5">
+        <v>45876</v>
+      </c>
+      <c r="D618" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="E618" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F618" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G618" s="7" t="s">
+        <v>555</v>
+      </c>
+      <c r="H618" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="I618" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="J618" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K618" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L618" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="619" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A619" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B619" s="4">
+        <v>8</v>
+      </c>
+      <c r="C619" s="5">
+        <v>45877</v>
+      </c>
+      <c r="D619" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E619" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F619" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G619" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H619" s="1" t="s">
+        <v>1807</v>
+      </c>
+      <c r="I619" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="J619" s="8" t="s">
+        <v>428</v>
+      </c>
+      <c r="K619" s="8" t="s">
+        <v>429</v>
+      </c>
+      <c r="L619" s="8" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="620" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A620" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B620" s="4">
+        <v>8</v>
+      </c>
+      <c r="C620" s="5">
+        <v>45880</v>
+      </c>
+      <c r="D620" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E620" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F620" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G620" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H620" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="I620" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="J620" s="8" t="s">
+        <v>1810</v>
+      </c>
+      <c r="K620" s="8" t="s">
         <v>32</v>
       </c>
-      <c r="I9" t="s">
+      <c r="L620" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="621" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A621" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B621" s="4">
+        <v>8</v>
+      </c>
+      <c r="C621" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D621" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="E621" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F621" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G621" s="7" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H621" s="1" t="s">
+        <v>1813</v>
+      </c>
+      <c r="I621" s="1" t="s">
+        <v>1814</v>
+      </c>
+      <c r="J621" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K621" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L621" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="622" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A622" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B622" s="4">
+        <v>8</v>
+      </c>
+      <c r="C622" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D622" s="1" t="s">
+        <v>1815</v>
+      </c>
+      <c r="E622" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F622" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G622" s="7" t="s">
+        <v>1816</v>
+      </c>
+      <c r="H622" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="I622" s="1" t="s">
+        <v>1818</v>
+      </c>
+      <c r="J622" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K622" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L622" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="623" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A623" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B623" s="4">
+        <v>8</v>
+      </c>
+      <c r="C623" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D623" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E623" s="6">
+        <v>890367</v>
+      </c>
+      <c r="F623" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G623" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H623" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="I623" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J623" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K623" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L623" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="624" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A624" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B624" s="4">
+        <v>8</v>
+      </c>
+      <c r="C624" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D624" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E624" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F624" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G624" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H624" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="I624" s="1" t="s">
+        <v>1821</v>
+      </c>
+      <c r="J624" s="8" t="s">
+        <v>1822</v>
+      </c>
+      <c r="K624" s="8" t="s">
+        <v>1823</v>
+      </c>
+      <c r="L624" s="8" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="625" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A625" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B625" s="4">
+        <v>8</v>
+      </c>
+      <c r="C625" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D625" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E625" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F625" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G625" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H625" s="1" t="s">
+        <v>1824</v>
+      </c>
+      <c r="I625" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="J625" s="8" t="s">
+        <v>1826</v>
+      </c>
+      <c r="K625" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="L625" s="8" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="626" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A626" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B626" s="4">
+        <v>8</v>
+      </c>
+      <c r="C626" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D626" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E626" s="6">
+        <v>500000</v>
+      </c>
+      <c r="F626" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G626" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H626" s="1" t="s">
+        <v>1827</v>
+      </c>
+      <c r="I626" s="1" t="s">
+        <v>1828</v>
+      </c>
+      <c r="J626" s="8" t="s">
+        <v>1829</v>
+      </c>
+      <c r="K626" s="8" t="s">
+        <v>1195</v>
+      </c>
+      <c r="L626" s="8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="627" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A627" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B627" s="4">
+        <v>8</v>
+      </c>
+      <c r="C627" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D627" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E627" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F627" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G627" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H627" s="1" t="s">
+        <v>1830</v>
+      </c>
+      <c r="I627" s="1" t="s">
+        <v>1831</v>
+      </c>
+      <c r="J627" s="8" t="s">
+        <v>1832</v>
+      </c>
+      <c r="K627" s="8" t="s">
+        <v>1833</v>
+      </c>
+      <c r="L627" s="8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="628" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A628" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B628" s="4">
+        <v>8</v>
+      </c>
+      <c r="C628" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D628" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E628" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F628" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G628" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H628" s="1" t="s">
+        <v>1834</v>
+      </c>
+      <c r="I628" s="1" t="s">
+        <v>1835</v>
+      </c>
+      <c r="J628" s="8" t="s">
+        <v>1836</v>
+      </c>
+      <c r="K628" s="8" t="s">
+        <v>1837</v>
+      </c>
+      <c r="L628" s="8" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="629" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A629" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B629" s="4">
+        <v>8</v>
+      </c>
+      <c r="C629" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D629" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E629" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F629" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G629" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H629" s="1" t="s">
+        <v>1839</v>
+      </c>
+      <c r="I629" s="1" t="s">
+        <v>1840</v>
+      </c>
+      <c r="J629" s="8" t="s">
+        <v>1841</v>
+      </c>
+      <c r="K629" s="8" t="s">
+        <v>228</v>
+      </c>
+      <c r="L629" s="8" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="630" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A630" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B630" s="4">
+        <v>8</v>
+      </c>
+      <c r="C630" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D630" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E630" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F630" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G630" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H630" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="I630" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="J630" s="8" t="s">
+        <v>1844</v>
+      </c>
+      <c r="K630" s="8" t="s">
+        <v>325</v>
+      </c>
+      <c r="L630" s="8" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="631" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A631" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B631" s="4">
+        <v>8</v>
+      </c>
+      <c r="C631" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D631" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E631" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F631" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G631" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H631" s="1" t="s">
+        <v>1845</v>
+      </c>
+      <c r="I631" s="1" t="s">
+        <v>1846</v>
+      </c>
+      <c r="J631" s="8" t="s">
+        <v>1847</v>
+      </c>
+      <c r="K631" s="8" t="s">
+        <v>371</v>
+      </c>
+      <c r="L631" s="8" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="632" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A632" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B632" s="4">
+        <v>8</v>
+      </c>
+      <c r="C632" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D632" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E632" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F632" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G632" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H632" s="1" t="s">
+        <v>1848</v>
+      </c>
+      <c r="I632" s="1" t="s">
+        <v>1849</v>
+      </c>
+      <c r="J632" s="8" t="s">
+        <v>1850</v>
+      </c>
+      <c r="K632" s="8" t="s">
+        <v>495</v>
+      </c>
+      <c r="L632" s="8" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="633" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A633" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B633" s="4">
+        <v>8</v>
+      </c>
+      <c r="C633" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D633" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E633" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F633" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G633" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H633" s="1" t="s">
+        <v>1851</v>
+      </c>
+      <c r="I633" s="1" t="s">
+        <v>1852</v>
+      </c>
+      <c r="J633" s="8" t="s">
+        <v>1853</v>
+      </c>
+      <c r="K633" s="8" t="s">
+        <v>1854</v>
+      </c>
+      <c r="L633" s="8" t="s">
+        <v>1855</v>
+      </c>
+    </row>
+    <row r="634" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A634" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B634" s="4">
+        <v>8</v>
+      </c>
+      <c r="C634" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D634" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E634" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F634" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G634" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H634" s="1" t="s">
+        <v>1856</v>
+      </c>
+      <c r="I634" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="J634" s="8" t="s">
+        <v>1858</v>
+      </c>
+      <c r="K634" s="8" t="s">
+        <v>652</v>
+      </c>
+      <c r="L634" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="635" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A635" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B635" s="4">
+        <v>8</v>
+      </c>
+      <c r="C635" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D635" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E635" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F635" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G635" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H635" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="I635" s="1" t="s">
+        <v>1860</v>
+      </c>
+      <c r="J635" s="8" t="s">
+        <v>1861</v>
+      </c>
+      <c r="K635" s="8" t="s">
+        <v>1862</v>
+      </c>
+      <c r="L635" s="8" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="636" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A636" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B636" s="4">
+        <v>8</v>
+      </c>
+      <c r="C636" s="5">
+        <v>45881</v>
+      </c>
+      <c r="D636" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E636" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F636" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G636" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H636" s="1" t="s">
+        <v>1863</v>
+      </c>
+      <c r="I636" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="J636" s="8" t="s">
+        <v>1865</v>
+      </c>
+      <c r="K636" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="L636" s="8" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="637" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A637" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B637" s="4">
+        <v>8</v>
+      </c>
+      <c r="C637" s="5">
+        <v>45880</v>
+      </c>
+      <c r="D637" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E637" s="6">
+        <v>32589000</v>
+      </c>
+      <c r="F637" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G637" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H637" s="1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="I637" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J637" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K637" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L637" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="638" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A638" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B638" s="4">
+        <v>8</v>
+      </c>
+      <c r="C638" s="5">
+        <v>45887</v>
+      </c>
+      <c r="D638" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="E638" s="6">
+        <v>171960</v>
+      </c>
+      <c r="F638" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G638" s="7" t="s">
+        <v>476</v>
+      </c>
+      <c r="H638" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="I638" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J638" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K638" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L638" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="639" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A639" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B639" s="4">
+        <v>8</v>
+      </c>
+      <c r="C639" s="5">
+        <v>45887</v>
+      </c>
+      <c r="D639" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="E639" s="6">
+        <v>34461</v>
+      </c>
+      <c r="F639" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G639" s="7" t="s">
+        <v>476</v>
+      </c>
+      <c r="H639" s="1" t="s">
+        <v>1868</v>
+      </c>
+      <c r="I639" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J639" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K639" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L639" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="640" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A640" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B640" s="4">
+        <v>8</v>
+      </c>
+      <c r="C640" s="5">
+        <v>45891</v>
+      </c>
+      <c r="D640" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E640" s="6">
+        <v>142629</v>
+      </c>
+      <c r="F640" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G640" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H640" s="1" t="s">
+        <v>1869</v>
+      </c>
+      <c r="I640" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="J640" s="8" t="s">
+        <v>788</v>
+      </c>
+      <c r="K640" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L640" s="8" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="641" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A641" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B641" s="4">
+        <v>8</v>
+      </c>
+      <c r="C641" s="5">
+        <v>45891</v>
+      </c>
+      <c r="D641" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E641" s="6">
+        <v>115939</v>
+      </c>
+      <c r="F641" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G641" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H641" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="I641" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="J641" s="8" t="s">
+        <v>788</v>
+      </c>
+      <c r="K641" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L641" s="8" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="642" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A642" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B642" s="4">
+        <v>8</v>
+      </c>
+      <c r="C642" s="5">
+        <v>45889</v>
+      </c>
+      <c r="D642" s="1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="E642" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F642" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G642" s="7" t="s">
+        <v>1872</v>
+      </c>
+      <c r="H642" s="1" t="s">
+        <v>1873</v>
+      </c>
+      <c r="I642" s="1" t="s">
+        <v>1874</v>
+      </c>
+      <c r="J642" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K642" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L642" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="643" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A643" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B643" s="4">
+        <v>8</v>
+      </c>
+      <c r="C643" s="5">
+        <v>45891</v>
+      </c>
+      <c r="D643" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E643" s="6">
+        <v>145447</v>
+      </c>
+      <c r="F643" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G643" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H643" s="1" t="s">
+        <v>1875</v>
+      </c>
+      <c r="I643" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="J643" s="8" t="s">
+        <v>788</v>
+      </c>
+      <c r="K643" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L643" s="8" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="644" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A644" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B644" s="4">
+        <v>8</v>
+      </c>
+      <c r="C644" s="5">
+        <v>45890</v>
+      </c>
+      <c r="D644" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E644" s="6">
+        <v>2460920</v>
+      </c>
+      <c r="F644" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G644" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H644" s="1" t="s">
+        <v>1876</v>
+      </c>
+      <c r="I644" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="J644" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K644" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L644" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="645" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A645" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B645" s="4">
+        <v>8</v>
+      </c>
+      <c r="C645" s="5">
+        <v>45891</v>
+      </c>
+      <c r="D645" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E645" s="6">
+        <v>123893</v>
+      </c>
+      <c r="F645" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G645" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H645" s="1" t="s">
+        <v>1878</v>
+      </c>
+      <c r="I645" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="J645" s="8" t="s">
+        <v>788</v>
+      </c>
+      <c r="K645" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L645" s="8" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="646" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A646" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B646" s="4">
+        <v>8</v>
+      </c>
+      <c r="C646" s="5">
+        <v>45891</v>
+      </c>
+      <c r="D646" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E646" s="6">
+        <v>136303</v>
+      </c>
+      <c r="F646" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G646" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H646" s="1" t="s">
+        <v>1879</v>
+      </c>
+      <c r="I646" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="J646" s="8" t="s">
+        <v>788</v>
+      </c>
+      <c r="K646" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L646" s="8" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="647" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A647" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B647" s="4">
+        <v>8</v>
+      </c>
+      <c r="C647" s="5">
+        <v>45891</v>
+      </c>
+      <c r="D647" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E647" s="6">
+        <v>94500</v>
+      </c>
+      <c r="F647" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G647" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H647" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="I647" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J647" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K647" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L647" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="648" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A648" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B648" s="4">
+        <v>8</v>
+      </c>
+      <c r="C648" s="5">
+        <v>45895</v>
+      </c>
+      <c r="D648" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E648" s="6">
+        <v>162393</v>
+      </c>
+      <c r="F648" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G648" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H648" s="1" t="s">
+        <v>1881</v>
+      </c>
+      <c r="I648" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J648" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K648" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L648" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="649" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A649" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B649" s="4">
+        <v>8</v>
+      </c>
+      <c r="C649" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D649" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E649" s="6">
+        <v>2876111</v>
+      </c>
+      <c r="F649" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G649" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H649" s="1" t="s">
+        <v>1882</v>
+      </c>
+      <c r="I649" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="J649" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K649" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L649" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="650" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A650" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B650" s="4">
+        <v>8</v>
+      </c>
+      <c r="C650" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D650" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E650" s="6">
+        <v>159401</v>
+      </c>
+      <c r="F650" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G650" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H650" s="1" t="s">
+        <v>1884</v>
+      </c>
+      <c r="I650" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J650" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K650" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L650" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="651" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A651" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B651" s="4">
+        <v>8</v>
+      </c>
+      <c r="C651" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D651" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E651" s="6">
+        <v>150765</v>
+      </c>
+      <c r="F651" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G651" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H651" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="I651" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J651" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K651" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L651" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="652" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A652" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B652" s="4">
+        <v>8</v>
+      </c>
+      <c r="C652" s="5">
+        <v>45889</v>
+      </c>
+      <c r="D652" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E652" s="6">
+        <v>142800</v>
+      </c>
+      <c r="F652" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G652" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H652" s="1" t="s">
+        <v>1886</v>
+      </c>
+      <c r="I652" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="J652" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K652" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L652" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="653" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A653" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B653" s="4">
+        <v>8</v>
+      </c>
+      <c r="C653" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D653" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E653" s="6">
+        <v>185022</v>
+      </c>
+      <c r="F653" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G653" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H653" s="1" t="s">
+        <v>1887</v>
+      </c>
+      <c r="I653" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J653" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K653" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L653" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="654" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A654" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B654" s="4">
+        <v>8</v>
+      </c>
+      <c r="C654" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D654" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E654" s="6">
+        <v>144486</v>
+      </c>
+      <c r="F654" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G654" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H654" s="1" t="s">
+        <v>1888</v>
+      </c>
+      <c r="I654" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J654" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K654" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L654" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="655" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A655" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B655" s="4">
+        <v>8</v>
+      </c>
+      <c r="C655" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D655" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E655" s="6">
+        <v>177725</v>
+      </c>
+      <c r="F655" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G655" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H655" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="I655" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J655" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K655" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L655" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="656" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A656" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B656" s="4">
+        <v>8</v>
+      </c>
+      <c r="C656" s="5">
+        <v>45891</v>
+      </c>
+      <c r="D656" s="1" t="s">
+        <v>1890</v>
+      </c>
+      <c r="E656" s="6">
+        <v>3000000</v>
+      </c>
+      <c r="F656" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G656" s="7" t="s">
+        <v>1891</v>
+      </c>
+      <c r="H656" s="1" t="s">
+        <v>1892</v>
+      </c>
+      <c r="I656" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="J656" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K656" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L656" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="657" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A657" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B657" s="4">
+        <v>8</v>
+      </c>
+      <c r="C657" s="5">
+        <v>45891</v>
+      </c>
+      <c r="D657" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E657" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F657" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G657" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H657" s="1" t="s">
+        <v>1894</v>
+      </c>
+      <c r="I657" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="J657" s="8" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K657" s="8" t="s">
+        <v>851</v>
+      </c>
+      <c r="L657" s="8" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="658" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A658" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B658" s="4">
+        <v>8</v>
+      </c>
+      <c r="C658" s="5">
+        <v>45891</v>
+      </c>
+      <c r="D658" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E658" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F658" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G658" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H658" s="1" t="s">
+        <v>1897</v>
+      </c>
+      <c r="I658" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="J658" s="8" t="s">
+        <v>1899</v>
+      </c>
+      <c r="K658" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="L658" s="8" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="659" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A659" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B659" s="4">
+        <v>8</v>
+      </c>
+      <c r="C659" s="5">
+        <v>45891</v>
+      </c>
+      <c r="D659" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E659" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F659" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G659" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H659" s="1" t="s">
+        <v>1900</v>
+      </c>
+      <c r="I659" s="1" t="s">
+        <v>1901</v>
+      </c>
+      <c r="J659" s="8" t="s">
+        <v>1550</v>
+      </c>
+      <c r="K659" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="L659" s="8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="660" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A660" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B660" s="4">
+        <v>8</v>
+      </c>
+      <c r="C660" s="5">
+        <v>45891</v>
+      </c>
+      <c r="D660" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E660" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F660" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G660" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H660" s="1" t="s">
+        <v>1902</v>
+      </c>
+      <c r="I660" s="1" t="s">
+        <v>1903</v>
+      </c>
+      <c r="J660" s="8" t="s">
+        <v>1904</v>
+      </c>
+      <c r="K660" s="8" t="s">
+        <v>916</v>
+      </c>
+      <c r="L660" s="8" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="661" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A661" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B661" s="4">
+        <v>8</v>
+      </c>
+      <c r="C661" s="5">
+        <v>45891</v>
+      </c>
+      <c r="D661" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E661" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F661" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G661" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H661" s="1" t="s">
+        <v>1905</v>
+      </c>
+      <c r="I661" s="1" t="s">
+        <v>1906</v>
+      </c>
+      <c r="J661" s="8" t="s">
+        <v>1907</v>
+      </c>
+      <c r="K661" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L661" s="8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="662" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A662" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B662" s="4">
+        <v>8</v>
+      </c>
+      <c r="C662" s="5">
+        <v>45891</v>
+      </c>
+      <c r="D662" s="1" t="s">
+        <v>1908</v>
+      </c>
+      <c r="E662" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F662" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G662" s="7" t="s">
+        <v>1909</v>
+      </c>
+      <c r="H662" s="1" t="s">
+        <v>1910</v>
+      </c>
+      <c r="I662" s="1" t="s">
+        <v>1911</v>
+      </c>
+      <c r="J662" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K662" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L662" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="663" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A663" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B663" s="4">
+        <v>8</v>
+      </c>
+      <c r="C663" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D663" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="E663" s="6">
+        <v>4000000</v>
+      </c>
+      <c r="F663" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G663" s="7" t="s">
+        <v>956</v>
+      </c>
+      <c r="H663" s="1" t="s">
+        <v>1912</v>
+      </c>
+      <c r="I663" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="J663" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K663" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L663" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="664" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A664" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B664" s="4">
+        <v>8</v>
+      </c>
+      <c r="C664" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D664" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E664" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F664" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G664" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H664" s="1" t="s">
+        <v>1913</v>
+      </c>
+      <c r="I664" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="J664" s="8" t="s">
+        <v>1479</v>
+      </c>
+      <c r="K664" s="8" t="s">
+        <v>362</v>
+      </c>
+      <c r="L664" s="8" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="665" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A665" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B665" s="4">
+        <v>8</v>
+      </c>
+      <c r="C665" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D665" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E665" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F665" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G665" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H665" s="1" t="s">
+        <v>1914</v>
+      </c>
+      <c r="I665" s="1" t="s">
+        <v>1482</v>
+      </c>
+      <c r="J665" s="8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="K665" s="8" t="s">
+        <v>664</v>
+      </c>
+      <c r="L665" s="8" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="666" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A666" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B666" s="4">
+        <v>8</v>
+      </c>
+      <c r="C666" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D666" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E666" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F666" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G666" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H666" s="1" t="s">
+        <v>1915</v>
+      </c>
+      <c r="I666" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J666" s="8" t="s">
+        <v>1410</v>
+      </c>
+      <c r="K666" s="8" t="s">
+        <v>1411</v>
+      </c>
+      <c r="L666" s="8" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="667" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A667" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B667" s="4">
+        <v>8</v>
+      </c>
+      <c r="C667" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D667" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E667" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F667" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G667" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H667" s="1" t="s">
+        <v>1916</v>
+      </c>
+      <c r="I667" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="J667" s="8" t="s">
+        <v>1470</v>
+      </c>
+      <c r="K667" s="8" t="s">
+        <v>1140</v>
+      </c>
+      <c r="L667" s="8" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="668" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A668" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B668" s="4">
+        <v>8</v>
+      </c>
+      <c r="C668" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D668" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E668" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F668" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G668" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H668" s="1" t="s">
+        <v>1917</v>
+      </c>
+      <c r="I668" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J668" s="8" t="s">
+        <v>1476</v>
+      </c>
+      <c r="K668" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L668" s="8" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="669" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A669" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B669" s="4">
+        <v>8</v>
+      </c>
+      <c r="C669" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D669" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E669" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F669" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G669" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H669" s="1" t="s">
+        <v>1918</v>
+      </c>
+      <c r="I669" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="J669" s="8" t="s">
+        <v>1526</v>
+      </c>
+      <c r="K669" s="8" t="s">
+        <v>429</v>
+      </c>
+      <c r="L669" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="670" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A670" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B670" s="4">
+        <v>8</v>
+      </c>
+      <c r="C670" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D670" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E670" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F670" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G670" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H670" s="1" t="s">
+        <v>1919</v>
+      </c>
+      <c r="I670" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="J670" s="8" t="s">
+        <v>1473</v>
+      </c>
+      <c r="K670" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L670" s="8" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="671" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A671" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B671" s="4">
+        <v>8</v>
+      </c>
+      <c r="C671" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D671" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E671" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F671" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G671" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H671" s="1" t="s">
+        <v>1920</v>
+      </c>
+      <c r="I671" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="J671" s="8" t="s">
+        <v>1523</v>
+      </c>
+      <c r="K671" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="L671" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="672" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A672" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B672" s="4">
+        <v>8</v>
+      </c>
+      <c r="C672" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D672" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E672" s="6">
+        <v>500000</v>
+      </c>
+      <c r="F672" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G672" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H672" s="1" t="s">
+        <v>1921</v>
+      </c>
+      <c r="I672" s="1" t="s">
+        <v>1922</v>
+      </c>
+      <c r="J672" s="8" t="s">
+        <v>1923</v>
+      </c>
+      <c r="K672" s="8" t="s">
+        <v>362</v>
+      </c>
+      <c r="L672" s="8" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="673" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A673" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B673" s="4">
+        <v>8</v>
+      </c>
+      <c r="C673" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D673" s="1" t="s">
+        <v>1924</v>
+      </c>
+      <c r="E673" s="6">
+        <v>1500000</v>
+      </c>
+      <c r="F673" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G673" s="7" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H673" s="1" t="s">
+        <v>1926</v>
+      </c>
+      <c r="I673" s="1" t="s">
+        <v>1927</v>
+      </c>
+      <c r="J673" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K673" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L673" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="674" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A674" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B674" s="4">
+        <v>8</v>
+      </c>
+      <c r="C674" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D674" s="1" t="s">
+        <v>1928</v>
+      </c>
+      <c r="E674" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F674" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G674" s="7" t="s">
+        <v>1929</v>
+      </c>
+      <c r="H674" s="1" t="s">
+        <v>1930</v>
+      </c>
+      <c r="I674" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="J674" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K674" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L674" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="675" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A675" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B675" s="4">
+        <v>8</v>
+      </c>
+      <c r="C675" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D675" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E675" s="6">
+        <v>39000000</v>
+      </c>
+      <c r="F675" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G675" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H675" s="1" t="s">
+        <v>1932</v>
+      </c>
+      <c r="I675" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J675" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K675" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L675" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="676" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A676" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B676" s="4">
+        <v>8</v>
+      </c>
+      <c r="C676" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D676" s="1" t="s">
+        <v>1933</v>
+      </c>
+      <c r="E676" s="6">
+        <v>1200000</v>
+      </c>
+      <c r="F676" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G676" s="7" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H676" s="1" t="s">
+        <v>1935</v>
+      </c>
+      <c r="I676" s="1" t="s">
+        <v>1936</v>
+      </c>
+      <c r="J676" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K676" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L676" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="677" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A677" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B677" s="4">
+        <v>8</v>
+      </c>
+      <c r="C677" s="5">
+        <v>45896</v>
+      </c>
+      <c r="D677" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E677" s="6">
+        <v>856087565</v>
+      </c>
+      <c r="F677" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G677" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H677" s="1" t="s">
+        <v>1937</v>
+      </c>
+      <c r="I677" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J677" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K677" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L677" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="678" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A678" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B678" s="4">
+        <v>9</v>
+      </c>
+      <c r="C678" s="5">
+        <v>45903</v>
+      </c>
+      <c r="D678" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E678" s="6">
+        <v>5505473</v>
+      </c>
+      <c r="F678" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G678" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H678" s="1" t="s">
+        <v>1938</v>
+      </c>
+      <c r="I678" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J678" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K678" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L678" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="679" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A679" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B679" s="4">
+        <v>9</v>
+      </c>
+      <c r="C679" s="5">
+        <v>45904</v>
+      </c>
+      <c r="D679" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="E679" s="6">
+        <v>17500000</v>
+      </c>
+      <c r="F679" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G679" s="7" t="s">
+        <v>797</v>
+      </c>
+      <c r="H679" s="1" t="s">
+        <v>1939</v>
+      </c>
+      <c r="I679" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="J679" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K679" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L679" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="680" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A680" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B680" s="4">
+        <v>9</v>
+      </c>
+      <c r="C680" s="5">
+        <v>45903</v>
+      </c>
+      <c r="D680" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E680" s="6">
+        <v>20000000</v>
+      </c>
+      <c r="F680" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G680" s="7" t="s">
+        <v>1423</v>
+      </c>
+      <c r="H680" s="1" t="s">
+        <v>1940</v>
+      </c>
+      <c r="I680" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="J680" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K680" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L680" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="681" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A681" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B681" s="4">
+        <v>9</v>
+      </c>
+      <c r="C681" s="5">
+        <v>45904</v>
+      </c>
+      <c r="D681" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="E681" s="6">
+        <v>4750000</v>
+      </c>
+      <c r="F681" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G681" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="H681" s="1" t="s">
+        <v>1941</v>
+      </c>
+      <c r="I681" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="J681" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K681" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L681" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="682" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A682" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B682" s="4">
+        <v>9</v>
+      </c>
+      <c r="C682" s="5">
+        <v>45903</v>
+      </c>
+      <c r="D682" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E682" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F682" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G682" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H682" s="1" t="s">
+        <v>1942</v>
+      </c>
+      <c r="I682" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="J682" s="8" t="s">
+        <v>235</v>
+      </c>
+      <c r="K682" s="8" t="s">
+        <v>523</v>
+      </c>
+      <c r="L682" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="683" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A683" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B683" s="4">
+        <v>9</v>
+      </c>
+      <c r="C683" s="5">
+        <v>45903</v>
+      </c>
+      <c r="D683" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E683" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F683" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G683" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H683" s="1" t="s">
+        <v>1944</v>
+      </c>
+      <c r="I683" s="1" t="s">
+        <v>1945</v>
+      </c>
+      <c r="J683" s="8" t="s">
+        <v>1946</v>
+      </c>
+      <c r="K683" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="L683" s="8" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="684" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A684" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B684" s="4">
+        <v>9</v>
+      </c>
+      <c r="C684" s="5">
+        <v>45903</v>
+      </c>
+      <c r="D684" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E684" s="6">
+        <v>50000</v>
+      </c>
+      <c r="F684" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G684" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H684" s="1" t="s">
+        <v>1947</v>
+      </c>
+      <c r="I684" s="1" t="s">
+        <v>1948</v>
+      </c>
+      <c r="J684" s="8" t="s">
+        <v>1949</v>
+      </c>
+      <c r="K684" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="L684" s="8" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="685" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A685" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B685" s="4">
+        <v>9</v>
+      </c>
+      <c r="C685" s="5">
+        <v>45903</v>
+      </c>
+      <c r="D685" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E685" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F685" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G685" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H685" s="1" t="s">
+        <v>1951</v>
+      </c>
+      <c r="I685" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="J685" s="8" t="s">
+        <v>1953</v>
+      </c>
+      <c r="K685" s="8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="686" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A686" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B686" s="4">
+        <v>9</v>
+      </c>
+      <c r="C686" s="5">
+        <v>45903</v>
+      </c>
+      <c r="D686" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E686" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F686" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G686" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H686" s="1" t="s">
+        <v>1954</v>
+      </c>
+      <c r="I686" s="1" t="s">
+        <v>1955</v>
+      </c>
+      <c r="J686" s="8" t="s">
+        <v>1027</v>
+      </c>
+      <c r="K686" s="8" t="s">
+        <v>1095</v>
+      </c>
+      <c r="L686" s="8" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="687" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A687" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B687" s="4">
+        <v>9</v>
+      </c>
+      <c r="C687" s="5">
+        <v>45903</v>
+      </c>
+      <c r="D687" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E687" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F687" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G687" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H687" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="I687" s="1" t="s">
+        <v>1958</v>
+      </c>
+      <c r="J687" s="8" t="s">
+        <v>1959</v>
+      </c>
+      <c r="K687" s="8" t="s">
+        <v>1960</v>
+      </c>
+      <c r="L687" s="8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="688" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A688" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B688" s="4">
+        <v>9</v>
+      </c>
+      <c r="C688" s="5">
+        <v>45904</v>
+      </c>
+      <c r="D688" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="E688" s="6">
+        <v>334850</v>
+      </c>
+      <c r="F688" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G688" s="7" t="s">
+        <v>639</v>
+      </c>
+      <c r="H688" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="I688" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="J688" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K688" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L688" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="689" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A689" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B689" s="4">
+        <v>9</v>
+      </c>
+      <c r="C689" s="5">
+        <v>45904</v>
+      </c>
+      <c r="D689" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="E689" s="6">
+        <v>1075196</v>
+      </c>
+      <c r="F689" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G689" s="7" t="s">
+        <v>639</v>
+      </c>
+      <c r="H689" s="1" t="s">
+        <v>1962</v>
+      </c>
+      <c r="I689" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="J689" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K689" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L689" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="690" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A690" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B690" s="4">
+        <v>9</v>
+      </c>
+      <c r="C690" s="5">
+        <v>45904</v>
+      </c>
+      <c r="D690" s="1" t="s">
+        <v>1963</v>
+      </c>
+      <c r="E690" s="6">
+        <v>500000</v>
+      </c>
+      <c r="F690" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G690" s="7" t="s">
+        <v>1964</v>
+      </c>
+      <c r="H690" s="1" t="s">
+        <v>1965</v>
+      </c>
+      <c r="I690" s="1" t="s">
+        <v>1966</v>
+      </c>
+      <c r="J690" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K690" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L690" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="691" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A691" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B691" s="4">
+        <v>9</v>
+      </c>
+      <c r="C691" s="5">
+        <v>45904</v>
+      </c>
+      <c r="D691" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E691" s="6">
+        <v>170248</v>
+      </c>
+      <c r="F691" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G691" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H691" s="1" t="s">
+        <v>1967</v>
+      </c>
+      <c r="I691" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J691" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K691" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L691" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="692" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A692" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B692" s="4">
+        <v>9</v>
+      </c>
+      <c r="C692" s="5">
+        <v>45905</v>
+      </c>
+      <c r="D692" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E692" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F692" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G692" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H692" s="1" t="s">
+        <v>1968</v>
+      </c>
+      <c r="I692" s="1" t="s">
+        <v>1969</v>
+      </c>
+      <c r="J692" s="8" t="s">
+        <v>1970</v>
+      </c>
+      <c r="K692" s="8" t="s">
+        <v>1971</v>
+      </c>
+      <c r="L692" s="8" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="693" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A693" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B693" s="4">
+        <v>9</v>
+      </c>
+      <c r="C693" s="5">
+        <v>45905</v>
+      </c>
+      <c r="D693" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E693" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F693" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G693" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H693" s="1" t="s">
+        <v>1972</v>
+      </c>
+      <c r="I693" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="J693" s="8" t="s">
+        <v>526</v>
+      </c>
+      <c r="K693" s="8" t="s">
+        <v>1266</v>
+      </c>
+      <c r="L693" s="8" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="694" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A694" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B694" s="4">
+        <v>9</v>
+      </c>
+      <c r="C694" s="5">
+        <v>45905</v>
+      </c>
+      <c r="D694" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="E694" s="6">
+        <v>6400000</v>
+      </c>
+      <c r="F694" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G694" s="7" t="s">
+        <v>282</v>
+      </c>
+      <c r="H694" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="I694" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="J694" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K694" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L694" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="695" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A695" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B695" s="4">
+        <v>9</v>
+      </c>
+      <c r="C695" s="5">
+        <v>45905</v>
+      </c>
+      <c r="D695" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E695" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F695" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G695" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H695" s="1" t="s">
+        <v>1974</v>
+      </c>
+      <c r="I695" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="J695" s="8" t="s">
+        <v>1976</v>
+      </c>
+      <c r="K695" s="8" t="s">
+        <v>1612</v>
+      </c>
+      <c r="L695" s="8" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="696" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A696" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B696" s="4">
+        <v>9</v>
+      </c>
+      <c r="C696" s="5">
+        <v>45905</v>
+      </c>
+      <c r="D696" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E696" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F696" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G696" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H696" s="1" t="s">
+        <v>1977</v>
+      </c>
+      <c r="I696" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="J696" s="8" t="s">
+        <v>1979</v>
+      </c>
+      <c r="K696" s="8" t="s">
+        <v>366</v>
+      </c>
+      <c r="L696" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="697" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A697" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B697" s="4">
+        <v>9</v>
+      </c>
+      <c r="C697" s="5">
+        <v>45904</v>
+      </c>
+      <c r="D697" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E697" s="6">
+        <v>10000000</v>
+      </c>
+      <c r="F697" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G697" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H697" s="1" t="s">
+        <v>1932</v>
+      </c>
+      <c r="I697" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J697" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K697" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L697" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="698" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A698" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B698" s="4">
+        <v>9</v>
+      </c>
+      <c r="C698" s="5">
+        <v>45904</v>
+      </c>
+      <c r="D698" s="1" t="s">
+        <v>1980</v>
+      </c>
+      <c r="E698" s="6">
+        <v>600000</v>
+      </c>
+      <c r="F698" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G698" s="7" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H698" s="1" t="s">
+        <v>1982</v>
+      </c>
+      <c r="I698" s="1" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J698" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K698" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L698" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="699" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A699" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B699" s="4">
+        <v>9</v>
+      </c>
+      <c r="C699" s="5">
+        <v>45904</v>
+      </c>
+      <c r="D699" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E699" s="6">
+        <v>41451540</v>
+      </c>
+      <c r="F699" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G699" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="H699" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="I699" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J699" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K699" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L699" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="700" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A700" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B700" s="4">
+        <v>9</v>
+      </c>
+      <c r="C700" s="5">
+        <v>45904</v>
+      </c>
+      <c r="D700" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E700" s="6">
+        <v>775699</v>
+      </c>
+      <c r="F700" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G700" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H700" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="I700" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J700" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K700" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L700" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="701" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A701" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B701" s="4">
+        <v>9</v>
+      </c>
+      <c r="C701" s="5">
+        <v>45910</v>
+      </c>
+      <c r="D701" s="1" t="s">
+        <v>1985</v>
+      </c>
+      <c r="E701" s="6">
+        <v>1100000</v>
+      </c>
+      <c r="F701" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G701" s="7" t="s">
+        <v>1986</v>
+      </c>
+      <c r="H701" s="1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="I701" s="1" t="s">
+        <v>1988</v>
+      </c>
+      <c r="J701" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K701" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L701" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="702" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A702" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B702" s="4">
+        <v>9</v>
+      </c>
+      <c r="C702" s="5">
+        <v>45903</v>
+      </c>
+      <c r="D702" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E702" s="6">
+        <v>32589000</v>
+      </c>
+      <c r="F702" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G702" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H702" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="I702" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J702" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K702" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L702" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="703" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A703" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B703" s="4">
+        <v>9</v>
+      </c>
+      <c r="C703" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D703" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E703" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F703" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G703" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H703" s="1" t="s">
+        <v>1990</v>
+      </c>
+      <c r="I703" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="J703" s="8" t="s">
+        <v>1198</v>
+      </c>
+      <c r="K703" s="8" t="s">
+        <v>1199</v>
+      </c>
+      <c r="L703" s="8" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="704" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A704" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B704" s="4">
+        <v>9</v>
+      </c>
+      <c r="C704" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D704" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E704" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F704" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G704" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H704" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="I704" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="J704" s="8" t="s">
+        <v>990</v>
+      </c>
+      <c r="K704" s="8" t="s">
+        <v>991</v>
+      </c>
+      <c r="L704" s="8" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="705" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A705" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B705" s="4">
+        <v>9</v>
+      </c>
+      <c r="C705" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D705" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E705" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F705" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G705" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H705" s="1" t="s">
+        <v>1992</v>
+      </c>
+      <c r="I705" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="J705" s="8" t="s">
+        <v>1203</v>
+      </c>
+      <c r="K705" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="L705" s="8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="706" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A706" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B706" s="4">
+        <v>9</v>
+      </c>
+      <c r="C706" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D706" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E706" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F706" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G706" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H706" s="1" t="s">
+        <v>1993</v>
+      </c>
+      <c r="I706" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="J706" s="8" t="s">
+        <v>1414</v>
+      </c>
+      <c r="K706" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L706" s="8" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="707" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A707" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B707" s="4">
+        <v>9</v>
+      </c>
+      <c r="C707" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D707" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E707" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F707" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G707" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H707" s="1" t="s">
+        <v>1994</v>
+      </c>
+      <c r="I707" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="J707" s="8" t="s">
+        <v>1075</v>
+      </c>
+      <c r="K707" s="8" t="s">
+        <v>1076</v>
+      </c>
+      <c r="L707" s="8" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="708" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A708" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B708" s="4">
+        <v>9</v>
+      </c>
+      <c r="C708" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D708" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E708" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F708" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G708" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H708" s="1" t="s">
+        <v>1995</v>
+      </c>
+      <c r="I708" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="J708" s="8" t="s">
+        <v>1177</v>
+      </c>
+      <c r="K708" s="8" t="s">
+        <v>1178</v>
+      </c>
+      <c r="L708" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="709" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A709" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B709" s="4">
+        <v>9</v>
+      </c>
+      <c r="C709" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D709" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E709" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F709" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G709" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H709" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="I709" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="J709" s="8" t="s">
+        <v>1079</v>
+      </c>
+      <c r="K709" s="8" t="s">
+        <v>1080</v>
+      </c>
+      <c r="L709" s="8" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="710" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A710" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B710" s="4">
+        <v>9</v>
+      </c>
+      <c r="C710" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D710" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E710" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F710" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G710" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H710" s="1" t="s">
+        <v>1997</v>
+      </c>
+      <c r="I710" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="J710" s="8" t="s">
+        <v>1174</v>
+      </c>
+      <c r="K710" s="8" t="s">
+        <v>429</v>
+      </c>
+      <c r="L710" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="711" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A711" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B711" s="4">
+        <v>9</v>
+      </c>
+      <c r="C711" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D711" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E711" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F711" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G711" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H711" s="1" t="s">
+        <v>1998</v>
+      </c>
+      <c r="I711" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="J711" s="8" t="s">
+        <v>1213</v>
+      </c>
+      <c r="K711" s="8" t="s">
+        <v>1214</v>
+      </c>
+      <c r="L711" s="8" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="712" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A712" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B712" s="4">
+        <v>9</v>
+      </c>
+      <c r="C712" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D712" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E712" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F712" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G712" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H712" s="1" t="s">
+        <v>1999</v>
+      </c>
+      <c r="I712" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="J712" s="8" t="s">
+        <v>1210</v>
+      </c>
+      <c r="K712" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="L712" s="8" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="713" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A713" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B713" s="4">
+        <v>9</v>
+      </c>
+      <c r="C713" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D713" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E713" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F713" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G713" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H713" s="1" t="s">
+        <v>2000</v>
+      </c>
+      <c r="I713" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="J713" s="8" t="s">
+        <v>1194</v>
+      </c>
+      <c r="K713" s="8" t="s">
+        <v>1195</v>
+      </c>
+      <c r="L713" s="8" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="714" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A714" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B714" s="4">
+        <v>9</v>
+      </c>
+      <c r="C714" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D714" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E714" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F714" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G714" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H714" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="I714" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="J714" s="8" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K714" s="8" t="s">
+        <v>1171</v>
+      </c>
+      <c r="L714" s="8" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="715" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A715" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B715" s="4">
+        <v>9</v>
+      </c>
+      <c r="C715" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D715" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E715" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F715" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G715" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H715" s="1" t="s">
+        <v>2002</v>
+      </c>
+      <c r="I715" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="J715" s="8" t="s">
+        <v>1093</v>
+      </c>
+      <c r="K715" s="8" t="s">
+        <v>1094</v>
+      </c>
+      <c r="L715" s="8" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="716" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A716" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B716" s="4">
+        <v>9</v>
+      </c>
+      <c r="C716" s="5">
+        <v>45915</v>
+      </c>
+      <c r="D716" s="1" t="s">
+        <v>2003</v>
+      </c>
+      <c r="E716" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F716" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G716" s="7" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H716" s="1" t="s">
+        <v>2005</v>
+      </c>
+      <c r="I716" s="1" t="s">
+        <v>2006</v>
+      </c>
+      <c r="J716" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K716" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L716" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="717" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A717" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B717" s="4">
+        <v>9</v>
+      </c>
+      <c r="C717" s="5">
+        <v>45916</v>
+      </c>
+      <c r="D717" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E717" s="6">
+        <v>57323</v>
+      </c>
+      <c r="F717" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G717" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H717" s="1" t="s">
+        <v>2007</v>
+      </c>
+      <c r="I717" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J717" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K717" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L717" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="718" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A718" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B718" s="4">
+        <v>9</v>
+      </c>
+      <c r="C718" s="5">
+        <v>45916</v>
+      </c>
+      <c r="D718" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E718" s="6">
+        <v>132834</v>
+      </c>
+      <c r="F718" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G718" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H718" s="1" t="s">
+        <v>2008</v>
+      </c>
+      <c r="I718" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J718" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K718" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L718" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="719" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A719" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B719" s="4">
+        <v>9</v>
+      </c>
+      <c r="C719" s="5">
+        <v>45916</v>
+      </c>
+      <c r="D719" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E719" s="6">
+        <v>168481</v>
+      </c>
+      <c r="F719" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G719" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H719" s="1" t="s">
+        <v>2009</v>
+      </c>
+      <c r="I719" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J719" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K719" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L719" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="720" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A720" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B720" s="4">
+        <v>9</v>
+      </c>
+      <c r="C720" s="5">
+        <v>45916</v>
+      </c>
+      <c r="D720" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E720" s="6">
+        <v>135405</v>
+      </c>
+      <c r="F720" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G720" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H720" s="1" t="s">
+        <v>2010</v>
+      </c>
+      <c r="I720" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J720" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K720" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L720" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="721" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A721" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B721" s="4">
+        <v>9</v>
+      </c>
+      <c r="C721" s="5">
+        <v>45916</v>
+      </c>
+      <c r="D721" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E721" s="6">
+        <v>141246</v>
+      </c>
+      <c r="F721" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G721" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H721" s="1" t="s">
+        <v>2011</v>
+      </c>
+      <c r="I721" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J721" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K721" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L721" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="722" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A722" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B722" s="4">
+        <v>9</v>
+      </c>
+      <c r="C722" s="5">
+        <v>45916</v>
+      </c>
+      <c r="D722" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E722" s="6">
+        <v>297137</v>
+      </c>
+      <c r="F722" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G722" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H722" s="1" t="s">
+        <v>2012</v>
+      </c>
+      <c r="I722" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="J722" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K722" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L722" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="723" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A723" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B723" s="4">
+        <v>9</v>
+      </c>
+      <c r="C723" s="5">
+        <v>45916</v>
+      </c>
+      <c r="D723" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E723" s="6">
+        <v>233240</v>
+      </c>
+      <c r="F723" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G723" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H723" s="1" t="s">
+        <v>2013</v>
+      </c>
+      <c r="I723" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="J723" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K723" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L723" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="724" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A724" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B724" s="4">
+        <v>9</v>
+      </c>
+      <c r="C724" s="5">
+        <v>45912</v>
+      </c>
+      <c r="D724" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="E724" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F724" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G724" s="7" t="s">
+        <v>555</v>
+      </c>
+      <c r="H724" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="I724" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="J724" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K724" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L724" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="725" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A725" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B725" s="4">
+        <v>9</v>
+      </c>
+      <c r="C725" s="5">
+        <v>45925</v>
+      </c>
+      <c r="D725" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E725" s="6">
+        <v>15000000</v>
+      </c>
+      <c r="F725" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G725" s="7" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H725" s="1" t="s">
+        <v>2014</v>
+      </c>
+      <c r="I725" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="J725" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K725" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L725" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="726" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A726" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B726" s="4">
+        <v>9</v>
+      </c>
+      <c r="C726" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D726" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E726" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F726" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G726" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H726" s="1" t="s">
+        <v>2015</v>
+      </c>
+      <c r="I726" s="1" t="s">
+        <v>2016</v>
+      </c>
+      <c r="J726" s="8" t="s">
+        <v>2017</v>
+      </c>
+      <c r="K726" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L726" s="8" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="727" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A727" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B727" s="4">
+        <v>9</v>
+      </c>
+      <c r="C727" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D727" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E727" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F727" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G727" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H727" s="1" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I727" s="1" t="s">
+        <v>2020</v>
+      </c>
+      <c r="J727" s="8" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K727" s="8" t="s">
+        <v>2021</v>
+      </c>
+      <c r="L727" s="8" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="728" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A728" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B728" s="4">
+        <v>9</v>
+      </c>
+      <c r="C728" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D728" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E728" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F728" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G728" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H728" s="1" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I728" s="1" t="s">
+        <v>2023</v>
+      </c>
+      <c r="J728" s="8" t="s">
+        <v>714</v>
+      </c>
+      <c r="K728" s="8" t="s">
+        <v>1140</v>
+      </c>
+      <c r="L728" s="8" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="729" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A729" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B729" s="4">
+        <v>9</v>
+      </c>
+      <c r="C729" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D729" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E729" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F729" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G729" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H729" s="1" t="s">
+        <v>2024</v>
+      </c>
+      <c r="I729" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="J729" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="K729" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L729" s="8" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="730" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A730" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B730" s="4">
+        <v>9</v>
+      </c>
+      <c r="C730" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D730" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E730" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F730" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G730" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H730" s="1" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I730" s="1" t="s">
+        <v>2026</v>
+      </c>
+      <c r="J730" s="8" t="s">
+        <v>2027</v>
+      </c>
+      <c r="K730" s="8" t="s">
+        <v>433</v>
+      </c>
+      <c r="L730" s="8" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="731" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A731" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B731" s="4">
+        <v>9</v>
+      </c>
+      <c r="C731" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D731" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E731" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F731" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G731" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H731" s="1" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I731" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="J731" s="8" t="s">
+        <v>2030</v>
+      </c>
+      <c r="K731" s="8" t="s">
+        <v>297</v>
+      </c>
+      <c r="L731" s="8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="732" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A732" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B732" s="4">
+        <v>9</v>
+      </c>
+      <c r="C732" s="5">
+        <v>45911</v>
+      </c>
+      <c r="D732" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E732" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F732" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G732" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H732" s="1" t="s">
+        <v>2031</v>
+      </c>
+      <c r="I732" s="1" t="s">
+        <v>2032</v>
+      </c>
+      <c r="J732" s="8" t="s">
+        <v>2033</v>
+      </c>
+      <c r="K732" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L732" s="8" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="733" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A733" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B733" s="4">
+        <v>9</v>
+      </c>
+      <c r="C733" s="5">
+        <v>45908</v>
+      </c>
+      <c r="D733" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E733" s="6">
+        <v>9001925</v>
+      </c>
+      <c r="F733" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G733" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H733" s="1" t="s">
+        <v>2034</v>
+      </c>
+      <c r="I733" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J733" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K733" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L733" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="734" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A734" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B734" s="4">
+        <v>9</v>
+      </c>
+      <c r="C734" s="5">
+        <v>45909</v>
+      </c>
+      <c r="D734" s="1" t="s">
+        <v>2035</v>
+      </c>
+      <c r="E734" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F734" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G734" s="7" t="s">
+        <v>2036</v>
+      </c>
+      <c r="H734" s="1" t="s">
+        <v>2037</v>
+      </c>
+      <c r="I734" s="1" t="s">
+        <v>2038</v>
+      </c>
+      <c r="J734" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K734" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L734" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="735" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A735" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B735" s="4">
+        <v>9</v>
+      </c>
+      <c r="C735" s="5">
+        <v>45926</v>
+      </c>
+      <c r="D735" s="1" t="s">
+        <v>2039</v>
+      </c>
+      <c r="E735" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F735" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G735" s="7" t="s">
+        <v>2040</v>
+      </c>
+      <c r="H735" s="1" t="s">
+        <v>2041</v>
+      </c>
+      <c r="I735" s="1" t="s">
+        <v>2042</v>
+      </c>
+      <c r="J735" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K735" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L735" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="736" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A736" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B736" s="4">
+        <v>9</v>
+      </c>
+      <c r="C736" s="5">
+        <v>45909</v>
+      </c>
+      <c r="D736" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E736" s="6">
+        <v>396430460</v>
+      </c>
+      <c r="F736" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G736" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H736" s="1" t="s">
+        <v>2043</v>
+      </c>
+      <c r="I736" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J736" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K736" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L736" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="737" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A737" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B737" s="4">
+        <v>9</v>
+      </c>
+      <c r="C737" s="5">
+        <v>45924</v>
+      </c>
+      <c r="D737" s="1" t="s">
+        <v>2044</v>
+      </c>
+      <c r="E737" s="6">
+        <v>1560000</v>
+      </c>
+      <c r="F737" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G737" s="7" t="s">
+        <v>2045</v>
+      </c>
+      <c r="H737" s="1" t="s">
+        <v>2046</v>
+      </c>
+      <c r="I737" s="1" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J737" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K737" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L737" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="738" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A738" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B738" s="4">
+        <v>9</v>
+      </c>
+      <c r="C738" s="5">
+        <v>45916</v>
+      </c>
+      <c r="D738" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E738" s="6">
+        <v>173978</v>
+      </c>
+      <c r="F738" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G738" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H738" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="I738" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="J738" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K738" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L738" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="739" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A739" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B739" s="4">
+        <v>9</v>
+      </c>
+      <c r="C739" s="5">
+        <v>45916</v>
+      </c>
+      <c r="D739" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E739" s="6">
+        <v>146370</v>
+      </c>
+      <c r="F739" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G739" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H739" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="I739" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J739" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K739" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L739" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="740" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A740" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B740" s="4">
+        <v>9</v>
+      </c>
+      <c r="C740" s="5">
+        <v>45916</v>
+      </c>
+      <c r="D740" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E740" s="6">
+        <v>142405</v>
+      </c>
+      <c r="F740" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G740" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H740" s="1" t="s">
+        <v>2050</v>
+      </c>
+      <c r="I740" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J740" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K740" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L740" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="741" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A741" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B741" s="4">
+        <v>9</v>
+      </c>
+      <c r="C741" s="5">
+        <v>45916</v>
+      </c>
+      <c r="D741" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E741" s="6">
+        <v>130416</v>
+      </c>
+      <c r="F741" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G741" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H741" s="1" t="s">
+        <v>2051</v>
+      </c>
+      <c r="I741" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J741" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K741" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L741" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="742" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A742" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B742" s="4">
+        <v>9</v>
+      </c>
+      <c r="C742" s="5">
+        <v>45925</v>
+      </c>
+      <c r="D742" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E742" s="6">
+        <v>165688</v>
+      </c>
+      <c r="F742" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G742" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H742" s="1" t="s">
+        <v>2052</v>
+      </c>
+      <c r="I742" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J742" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K742" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L742" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="743" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A743" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B743" s="4">
+        <v>9</v>
+      </c>
+      <c r="C743" s="5">
+        <v>45925</v>
+      </c>
+      <c r="D743" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E743" s="6">
+        <v>200979</v>
+      </c>
+      <c r="F743" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G743" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H743" s="1" t="s">
+        <v>2053</v>
+      </c>
+      <c r="I743" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J743" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K743" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L743" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="744" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A744" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B744" s="4">
+        <v>9</v>
+      </c>
+      <c r="C744" s="5">
+        <v>45915</v>
+      </c>
+      <c r="D744" s="1" t="s">
+        <v>2054</v>
+      </c>
+      <c r="E744" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F744" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G744" s="7" t="s">
+        <v>2055</v>
+      </c>
+      <c r="H744" s="1" t="s">
+        <v>2056</v>
+      </c>
+      <c r="I744" s="1" t="s">
+        <v>2057</v>
+      </c>
+      <c r="J744" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K744" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L744" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="745" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A745" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B745" s="4">
+        <v>9</v>
+      </c>
+      <c r="C745" s="5">
+        <v>45926</v>
+      </c>
+      <c r="D745" s="1" t="s">
+        <v>2058</v>
+      </c>
+      <c r="E745" s="6">
+        <v>500000</v>
+      </c>
+      <c r="F745" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G745" s="7" t="s">
+        <v>2059</v>
+      </c>
+      <c r="H745" s="1" t="s">
+        <v>2060</v>
+      </c>
+      <c r="I745" s="1" t="s">
+        <v>2061</v>
+      </c>
+      <c r="J745" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K745" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L745" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="746" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A746" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B746" s="4">
+        <v>9</v>
+      </c>
+      <c r="C746" s="5">
+        <v>45916</v>
+      </c>
+      <c r="D746" s="1" t="s">
+        <v>2062</v>
+      </c>
+      <c r="E746" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F746" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G746" s="7" t="s">
+        <v>2063</v>
+      </c>
+      <c r="H746" s="1" t="s">
+        <v>2064</v>
+      </c>
+      <c r="I746" s="1" t="s">
+        <v>2065</v>
+      </c>
+      <c r="J746" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K746" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L746" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="747" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A747" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B747" s="4">
+        <v>9</v>
+      </c>
+      <c r="C747" s="5">
+        <v>45923</v>
+      </c>
+      <c r="D747" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E747" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F747" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G747" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H747" s="1" t="s">
+        <v>2066</v>
+      </c>
+      <c r="I747" s="1" t="s">
+        <v>2067</v>
+      </c>
+      <c r="J747" s="8" t="s">
+        <v>2068</v>
+      </c>
+      <c r="K747" s="8" t="s">
+        <v>2069</v>
+      </c>
+      <c r="L747" s="8" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="748" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A748" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B748" s="4">
+        <v>9</v>
+      </c>
+      <c r="C748" s="5">
+        <v>45923</v>
+      </c>
+      <c r="D748" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E748" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F748" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G748" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H748" s="1" t="s">
+        <v>2071</v>
+      </c>
+      <c r="I748" s="1" t="s">
+        <v>2072</v>
+      </c>
+      <c r="J748" s="8" t="s">
+        <v>2073</v>
+      </c>
+      <c r="K748" s="8" t="s">
+        <v>2074</v>
+      </c>
+      <c r="L748" s="8" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="749" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A749" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B749" s="4">
+        <v>9</v>
+      </c>
+      <c r="C749" s="5">
+        <v>45922</v>
+      </c>
+      <c r="D749" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E749" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F749" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G749" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H749" s="1" t="s">
+        <v>2075</v>
+      </c>
+      <c r="I749" s="1" t="s">
+        <v>2076</v>
+      </c>
+      <c r="J749" s="8" t="s">
+        <v>2077</v>
+      </c>
+      <c r="K749" s="8" t="s">
+        <v>275</v>
+      </c>
+      <c r="L749" s="8" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="750" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A750" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B750" s="4">
+        <v>9</v>
+      </c>
+      <c r="C750" s="5">
+        <v>45922</v>
+      </c>
+      <c r="D750" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E750" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F750" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G750" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H750" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="I750" s="1" t="s">
+        <v>2079</v>
+      </c>
+      <c r="J750" s="8" t="s">
+        <v>2080</v>
+      </c>
+      <c r="K750" s="8" t="s">
+        <v>2081</v>
+      </c>
+      <c r="L750" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="751" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A751" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B751" s="4">
+        <v>9</v>
+      </c>
+      <c r="C751" s="5">
+        <v>45923</v>
+      </c>
+      <c r="D751" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E751" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F751" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G751" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H751" s="1" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I751" s="1" t="s">
+        <v>2083</v>
+      </c>
+      <c r="J751" s="8" t="s">
+        <v>2084</v>
+      </c>
+      <c r="K751" s="8" t="s">
+        <v>916</v>
+      </c>
+      <c r="L751" s="8" t="s">
+        <v>2085</v>
+      </c>
+    </row>
+    <row r="752" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A752" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B752" s="4">
+        <v>9</v>
+      </c>
+      <c r="C752" s="5">
+        <v>45923</v>
+      </c>
+      <c r="D752" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E752" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F752" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G752" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H752" s="1" t="s">
+        <v>2086</v>
+      </c>
+      <c r="I752" s="1" t="s">
+        <v>2087</v>
+      </c>
+      <c r="J752" s="8" t="s">
+        <v>2088</v>
+      </c>
+      <c r="K752" s="8" t="s">
+        <v>1960</v>
+      </c>
+      <c r="L752" s="8" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="753" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A753" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B753" s="4">
+        <v>9</v>
+      </c>
+      <c r="C753" s="5">
+        <v>45923</v>
+      </c>
+      <c r="D753" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E753" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F753" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G753" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H753" s="1" t="s">
+        <v>2089</v>
+      </c>
+      <c r="I753" s="1" t="s">
+        <v>2090</v>
+      </c>
+      <c r="J753" s="8" t="s">
+        <v>2091</v>
+      </c>
+      <c r="K753" s="8" t="s">
+        <v>2092</v>
+      </c>
+      <c r="L753" s="8" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="754" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A754" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B754" s="4">
+        <v>9</v>
+      </c>
+      <c r="C754" s="5">
+        <v>45923</v>
+      </c>
+      <c r="D754" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E754" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F754" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G754" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H754" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="I754" s="1" t="s">
+        <v>2094</v>
+      </c>
+      <c r="J754" s="8" t="s">
+        <v>2095</v>
+      </c>
+      <c r="K754" s="8" t="s">
+        <v>566</v>
+      </c>
+      <c r="L754" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="755" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A755" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B755" s="4">
+        <v>9</v>
+      </c>
+      <c r="C755" s="5">
+        <v>45923</v>
+      </c>
+      <c r="D755" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E755" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F755" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G755" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H755" s="1" t="s">
+        <v>2096</v>
+      </c>
+      <c r="I755" s="1" t="s">
+        <v>2097</v>
+      </c>
+      <c r="J755" s="8" t="s">
+        <v>2098</v>
+      </c>
+      <c r="K755" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="L755" s="8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="756" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A756" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B756" s="4">
+        <v>9</v>
+      </c>
+      <c r="C756" s="5">
+        <v>45923</v>
+      </c>
+      <c r="D756" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E756" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F756" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G756" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H756" s="1" t="s">
+        <v>2099</v>
+      </c>
+      <c r="I756" s="1" t="s">
+        <v>2100</v>
+      </c>
+      <c r="J756" s="8" t="s">
+        <v>2101</v>
+      </c>
+      <c r="K756" s="8" t="s">
+        <v>2102</v>
+      </c>
+      <c r="L756" s="8" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="757" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A757" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B757" s="4">
+        <v>9</v>
+      </c>
+      <c r="C757" s="5">
+        <v>45923</v>
+      </c>
+      <c r="D757" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E757" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F757" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G757" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H757" s="1" t="s">
+        <v>2104</v>
+      </c>
+      <c r="I757" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="J757" s="8" t="s">
+        <v>2106</v>
+      </c>
+      <c r="K757" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="L757" s="8" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="758" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A758" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B758" s="4">
+        <v>9</v>
+      </c>
+      <c r="C758" s="5">
+        <v>45980</v>
+      </c>
+      <c r="D758" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E758" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F758" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G758" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H758" s="1" t="s">
+        <v>2107</v>
+      </c>
+      <c r="I758" s="1" t="s">
+        <v>2108</v>
+      </c>
+      <c r="J758" s="8" t="s">
+        <v>2109</v>
+      </c>
+      <c r="K758" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="L758" s="8" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="759" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A759" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B759" s="4">
+        <v>9</v>
+      </c>
+      <c r="C759" s="5">
+        <v>45930</v>
+      </c>
+      <c r="D759" s="1" t="s">
+        <v>2110</v>
+      </c>
+      <c r="E759" s="6">
+        <v>5000000</v>
+      </c>
+      <c r="F759" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G759" s="7" t="s">
+        <v>2111</v>
+      </c>
+      <c r="H759" s="1" t="s">
+        <v>2112</v>
+      </c>
+      <c r="I759" s="1" t="s">
+        <v>2113</v>
+      </c>
+      <c r="J759" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K759" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L759" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="760" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A760" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B760" s="4">
+        <v>9</v>
+      </c>
+      <c r="C760" s="5">
+        <v>45945</v>
+      </c>
+      <c r="D760" s="1" t="s">
+        <v>2114</v>
+      </c>
+      <c r="E760" s="6">
+        <v>6500000</v>
+      </c>
+      <c r="F760" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G760" s="7" t="s">
+        <v>2115</v>
+      </c>
+      <c r="H760" s="1" t="s">
+        <v>2116</v>
+      </c>
+      <c r="I760" s="1" t="s">
+        <v>2117</v>
+      </c>
+      <c r="J760" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K760" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L760" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="761" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A761" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B761" s="4">
+        <v>9</v>
+      </c>
+      <c r="C761" s="5">
+        <v>45929</v>
+      </c>
+      <c r="D761" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E761" s="6">
+        <v>232050</v>
+      </c>
+      <c r="F761" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G761" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H761" s="1" t="s">
+        <v>2118</v>
+      </c>
+      <c r="I761" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J761" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K761" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L761" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="762" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A762" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B762" s="4">
+        <v>9</v>
+      </c>
+      <c r="C762" s="5">
+        <v>45929</v>
+      </c>
+      <c r="D762" s="1" t="s">
+        <v>2119</v>
+      </c>
+      <c r="E762" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F762" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G762" s="7" t="s">
+        <v>2120</v>
+      </c>
+      <c r="H762" s="1" t="s">
+        <v>2121</v>
+      </c>
+      <c r="I762" s="1" t="s">
+        <v>2122</v>
+      </c>
+      <c r="J762" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K762" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L762" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="763" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A763" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B763" s="4">
+        <v>9</v>
+      </c>
+      <c r="C763" s="5">
+        <v>45929</v>
+      </c>
+      <c r="D763" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E763" s="6">
+        <v>39000000</v>
+      </c>
+      <c r="F763" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G763" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H763" s="1" t="s">
+        <v>2123</v>
+      </c>
+      <c r="I763" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J763" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K763" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L763" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="764" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A764" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B764" s="4">
+        <v>9</v>
+      </c>
+      <c r="C764" s="5">
+        <v>45936</v>
+      </c>
+      <c r="D764" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E764" s="6">
+        <v>229064</v>
+      </c>
+      <c r="F764" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G764" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H764" s="1" t="s">
+        <v>2124</v>
+      </c>
+      <c r="I764" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="J764" s="8" t="s">
+        <v>788</v>
+      </c>
+      <c r="K764" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L764" s="8" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="765" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A765" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B765" s="4">
+        <v>9</v>
+      </c>
+      <c r="C765" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D765" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E765" s="6">
+        <v>202419</v>
+      </c>
+      <c r="F765" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G765" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H765" s="1" t="s">
+        <v>2125</v>
+      </c>
+      <c r="I765" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J765" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K765" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L765" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="766" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A766" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B766" s="4">
+        <v>9</v>
+      </c>
+      <c r="C766" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D766" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E766" s="6">
+        <v>1825936</v>
+      </c>
+      <c r="F766" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G766" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H766" s="1" t="s">
+        <v>2126</v>
+      </c>
+      <c r="I766" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="J766" s="8" t="s">
+        <v>269</v>
+      </c>
+      <c r="K766" s="8" t="s">
+        <v>270</v>
+      </c>
+      <c r="L766" s="8" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="767" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A767" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B767" s="4">
+        <v>9</v>
+      </c>
+      <c r="C767" s="5">
+        <v>45931</v>
+      </c>
+      <c r="D767" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E767" s="6">
+        <v>113712</v>
+      </c>
+      <c r="F767" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G767" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H767" s="1" t="s">
+        <v>2127</v>
+      </c>
+      <c r="I767" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="J767" s="8" t="s">
+        <v>788</v>
+      </c>
+      <c r="K767" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L767" s="8" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="768" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A768" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B768" s="4">
+        <v>9</v>
+      </c>
+      <c r="C768" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D768" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E768" s="6">
+        <v>159636</v>
+      </c>
+      <c r="F768" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G768" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H768" s="1" t="s">
+        <v>2128</v>
+      </c>
+      <c r="I768" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J768" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K768" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L768" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="769" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A769" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B769" s="4">
+        <v>9</v>
+      </c>
+      <c r="C769" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D769" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E769" s="6">
+        <v>182237</v>
+      </c>
+      <c r="F769" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G769" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H769" s="1" t="s">
+        <v>2129</v>
+      </c>
+      <c r="I769" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J769" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K769" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L769" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="770" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A770" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B770" s="4">
+        <v>9</v>
+      </c>
+      <c r="C770" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D770" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E770" s="6">
+        <v>113709</v>
+      </c>
+      <c r="F770" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G770" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H770" s="1" t="s">
+        <v>2130</v>
+      </c>
+      <c r="I770" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J770" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K770" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L770" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="771" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A771" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B771" s="4">
+        <v>9</v>
+      </c>
+      <c r="C771" s="5">
+        <v>45931</v>
+      </c>
+      <c r="D771" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E771" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F771" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G771" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H771" s="1" t="s">
+        <v>2131</v>
+      </c>
+      <c r="I771" s="1" t="s">
+        <v>2132</v>
+      </c>
+      <c r="J771" s="8" t="s">
+        <v>2133</v>
+      </c>
+      <c r="K771" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="L771" s="8" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="772" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A772" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B772" s="4">
+        <v>9</v>
+      </c>
+      <c r="C772" s="5">
+        <v>45931</v>
+      </c>
+      <c r="D772" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E772" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F772" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G772" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H772" s="1" t="s">
+        <v>2134</v>
+      </c>
+      <c r="I772" s="1" t="s">
+        <v>2135</v>
+      </c>
+      <c r="J772" s="8" t="s">
+        <v>2136</v>
+      </c>
+      <c r="K772" s="8" t="s">
+        <v>566</v>
+      </c>
+      <c r="L772" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="773" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A773" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B773" s="4">
+        <v>9</v>
+      </c>
+      <c r="C773" s="5">
+        <v>45926</v>
+      </c>
+      <c r="D773" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E773" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F773" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G773" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H773" s="1" t="s">
+        <v>2137</v>
+      </c>
+      <c r="I773" s="1" t="s">
+        <v>2138</v>
+      </c>
+      <c r="J773" s="8" t="s">
+        <v>2139</v>
+      </c>
+      <c r="K773" s="8" t="s">
+        <v>1960</v>
+      </c>
+      <c r="L773" s="8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="774" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A774" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B774" s="4">
+        <v>9</v>
+      </c>
+      <c r="C774" s="5">
+        <v>45926</v>
+      </c>
+      <c r="D774" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E774" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F774" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G774" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H774" s="1" t="s">
+        <v>2140</v>
+      </c>
+      <c r="I774" s="1" t="s">
+        <v>2141</v>
+      </c>
+      <c r="J774" s="8" t="s">
+        <v>2142</v>
+      </c>
+      <c r="K774" s="8" t="s">
+        <v>2143</v>
+      </c>
+      <c r="L774" s="8" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="775" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A775" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B775" s="4">
+        <v>9</v>
+      </c>
+      <c r="C775" s="5">
+        <v>45926</v>
+      </c>
+      <c r="D775" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E775" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F775" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G775" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H775" s="1" t="s">
+        <v>2144</v>
+      </c>
+      <c r="I775" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="J775" s="8" t="s">
+        <v>727</v>
+      </c>
+      <c r="K775" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="L775" s="8" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="776" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A776" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B776" s="4">
+        <v>9</v>
+      </c>
+      <c r="C776" s="5">
+        <v>45926</v>
+      </c>
+      <c r="D776" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E776" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F776" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G776" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H776" s="1" t="s">
+        <v>2145</v>
+      </c>
+      <c r="I776" s="1" t="s">
+        <v>2146</v>
+      </c>
+      <c r="J776" s="8" t="s">
+        <v>2147</v>
+      </c>
+      <c r="K776" s="8" t="s">
+        <v>232</v>
+      </c>
+      <c r="L776" s="8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="777" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A777" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B777" s="4">
+        <v>9</v>
+      </c>
+      <c r="C777" s="5">
+        <v>45926</v>
+      </c>
+      <c r="D777" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E777" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F777" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G777" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H777" s="1" t="s">
+        <v>2148</v>
+      </c>
+      <c r="I777" s="1" t="s">
+        <v>2149</v>
+      </c>
+      <c r="J777" s="8" t="s">
+        <v>2150</v>
+      </c>
+      <c r="K777" s="8" t="s">
+        <v>2151</v>
+      </c>
+      <c r="L777" s="8" t="s">
+        <v>2152</v>
+      </c>
+    </row>
+    <row r="778" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A778" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B778" s="4">
+        <v>9</v>
+      </c>
+      <c r="C778" s="5">
+        <v>45931</v>
+      </c>
+      <c r="D778" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E778" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F778" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G778" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H778" s="1" t="s">
+        <v>2153</v>
+      </c>
+      <c r="I778" s="1" t="s">
+        <v>2154</v>
+      </c>
+      <c r="J778" s="8" t="s">
+        <v>2155</v>
+      </c>
+      <c r="K778" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="L778" s="8" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="779" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A779" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B779" s="4">
+        <v>9</v>
+      </c>
+      <c r="C779" s="5">
+        <v>45926</v>
+      </c>
+      <c r="D779" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E779" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F779" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G779" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H779" s="1" t="s">
+        <v>2156</v>
+      </c>
+      <c r="I779" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="J779" s="8" t="s">
+        <v>336</v>
+      </c>
+      <c r="K779" s="8" t="s">
+        <v>228</v>
+      </c>
+      <c r="L779" s="8" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="780" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A780" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B780" s="4">
+        <v>9</v>
+      </c>
+      <c r="C780" s="5">
+        <v>45926</v>
+      </c>
+      <c r="D780" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E780" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F780" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G780" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H780" s="1" t="s">
+        <v>2157</v>
+      </c>
+      <c r="I780" s="1" t="s">
+        <v>2158</v>
+      </c>
+      <c r="J780" s="8" t="s">
+        <v>2159</v>
+      </c>
+      <c r="K780" s="8" t="s">
+        <v>2160</v>
+      </c>
+      <c r="L780" s="8" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="781" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A781" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B781" s="4">
+        <v>9</v>
+      </c>
+      <c r="C781" s="5">
+        <v>45926</v>
+      </c>
+      <c r="D781" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E781" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F781" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G781" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H781" s="1" t="s">
+        <v>2161</v>
+      </c>
+      <c r="I781" s="1" t="s">
+        <v>2162</v>
+      </c>
+      <c r="J781" s="8" t="s">
+        <v>2163</v>
+      </c>
+      <c r="K781" s="8" t="s">
+        <v>1195</v>
+      </c>
+      <c r="L781" s="8" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="782" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A782" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B782" s="4">
+        <v>9</v>
+      </c>
+      <c r="C782" s="5">
+        <v>45926</v>
+      </c>
+      <c r="D782" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E782" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F782" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G782" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H782" s="1" t="s">
+        <v>2164</v>
+      </c>
+      <c r="I782" s="1" t="s">
+        <v>2165</v>
+      </c>
+      <c r="J782" s="8" t="s">
+        <v>2166</v>
+      </c>
+      <c r="K782" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="L782" s="8" t="s">
+        <v>2167</v>
+      </c>
+    </row>
+    <row r="783" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A783" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B783" s="4">
+        <v>9</v>
+      </c>
+      <c r="C783" s="5">
+        <v>45924</v>
+      </c>
+      <c r="D783" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E783" s="6">
+        <v>844169408</v>
+      </c>
+      <c r="F783" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G783" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H783" s="1" t="s">
+        <v>2168</v>
+      </c>
+      <c r="I783" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J783" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K783" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L783" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="784" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A784" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B784" s="4">
+        <v>9</v>
+      </c>
+      <c r="C784" s="5">
+        <v>45924</v>
+      </c>
+      <c r="D784" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E784" s="6">
+        <v>440191499</v>
+      </c>
+      <c r="F784" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G784" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H784" s="1" t="s">
+        <v>2169</v>
+      </c>
+      <c r="I784" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J784" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K784" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L784" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="785" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A785" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B785" s="4">
+        <v>9</v>
+      </c>
+      <c r="C785" s="5">
+        <v>45926</v>
+      </c>
+      <c r="D785" s="1" t="s">
+        <v>2170</v>
+      </c>
+      <c r="E785" s="6">
+        <v>1500000</v>
+      </c>
+      <c r="F785" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G785" s="7" t="s">
+        <v>2171</v>
+      </c>
+      <c r="H785" s="1" t="s">
+        <v>2172</v>
+      </c>
+      <c r="I785" s="1" t="s">
+        <v>2173</v>
+      </c>
+      <c r="J785" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K785" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L785" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="786" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A786" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B786" s="4">
+        <v>9</v>
+      </c>
+      <c r="C786" s="5">
+        <v>45929</v>
+      </c>
+      <c r="D786" s="1" t="s">
+        <v>2119</v>
+      </c>
+      <c r="E786" s="6">
+        <v>350000</v>
+      </c>
+      <c r="F786" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G786" s="7" t="s">
+        <v>2120</v>
+      </c>
+      <c r="H786" s="1" t="s">
+        <v>2174</v>
+      </c>
+      <c r="I786" s="1" t="s">
+        <v>2122</v>
+      </c>
+      <c r="J786" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K786" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L786" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="787" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A787" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B787" s="4">
+        <v>9</v>
+      </c>
+      <c r="C787" s="5">
+        <v>45933</v>
+      </c>
+      <c r="D787" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E787" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F787" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G787" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H787" s="1" t="s">
+        <v>2175</v>
+      </c>
+      <c r="I787" s="1" t="s">
+        <v>2176</v>
+      </c>
+      <c r="J787" s="8" t="s">
+        <v>2177</v>
+      </c>
+      <c r="K787" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="L787" s="8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="788" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A788" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B788" s="4">
+        <v>9</v>
+      </c>
+      <c r="C788" s="5">
+        <v>45933</v>
+      </c>
+      <c r="D788" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E788" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F788" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G788" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H788" s="1" t="s">
+        <v>2178</v>
+      </c>
+      <c r="I788" s="1" t="s">
+        <v>2179</v>
+      </c>
+      <c r="J788" s="8" t="s">
+        <v>2180</v>
+      </c>
+      <c r="K788" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L788" s="8" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="789" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A789" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B789" s="4">
+        <v>9</v>
+      </c>
+      <c r="C789" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D789" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E789" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F789" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G789" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H789" s="1" t="s">
+        <v>2181</v>
+      </c>
+      <c r="I789" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="J789" s="8" t="s">
+        <v>990</v>
+      </c>
+      <c r="K789" s="8" t="s">
+        <v>991</v>
+      </c>
+      <c r="L789" s="8" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="790" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A790" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B790" s="4">
+        <v>9</v>
+      </c>
+      <c r="C790" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D790" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E790" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F790" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G790" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H790" s="1" t="s">
+        <v>2182</v>
+      </c>
+      <c r="I790" s="1" t="s">
+        <v>1078</v>
+      </c>
+      <c r="J790" s="8" t="s">
+        <v>1079</v>
+      </c>
+      <c r="K790" s="8" t="s">
+        <v>1080</v>
+      </c>
+      <c r="L790" s="8" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="791" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A791" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B791" s="4">
+        <v>9</v>
+      </c>
+      <c r="C791" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D791" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E791" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F791" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G791" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H791" s="1" t="s">
+        <v>2183</v>
+      </c>
+      <c r="I791" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="J791" s="8" t="s">
+        <v>1075</v>
+      </c>
+      <c r="K791" s="8" t="s">
+        <v>1076</v>
+      </c>
+      <c r="L791" s="8" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="792" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A792" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B792" s="4">
+        <v>9</v>
+      </c>
+      <c r="C792" s="5">
+        <v>45940</v>
+      </c>
+      <c r="D792" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E792" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F792" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G792" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H792" s="1" t="s">
+        <v>2184</v>
+      </c>
+      <c r="I792" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="J792" s="8" t="s">
+        <v>1198</v>
+      </c>
+      <c r="K792" s="8" t="s">
+        <v>1199</v>
+      </c>
+      <c r="L792" s="8" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="793" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A793" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B793" s="4">
+        <v>9</v>
+      </c>
+      <c r="C793" s="5">
+        <v>45940</v>
+      </c>
+      <c r="D793" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E793" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F793" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G793" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H793" s="1" t="s">
+        <v>2185</v>
+      </c>
+      <c r="I793" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="J793" s="8" t="s">
+        <v>1194</v>
+      </c>
+      <c r="K793" s="8" t="s">
+        <v>1195</v>
+      </c>
+      <c r="L793" s="8" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="794" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A794" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B794" s="4">
+        <v>9</v>
+      </c>
+      <c r="C794" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D794" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E794" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F794" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G794" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H794" s="1" t="s">
+        <v>2186</v>
+      </c>
+      <c r="I794" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="J794" s="8" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K794" s="8" t="s">
+        <v>1171</v>
+      </c>
+      <c r="L794" s="8" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="795" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A795" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B795" s="4">
+        <v>9</v>
+      </c>
+      <c r="C795" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D795" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E795" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F795" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G795" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H795" s="1" t="s">
+        <v>2187</v>
+      </c>
+      <c r="I795" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="J795" s="8" t="s">
+        <v>1177</v>
+      </c>
+      <c r="K795" s="8" t="s">
+        <v>1178</v>
+      </c>
+      <c r="L795" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="796" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A796" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B796" s="4">
+        <v>9</v>
+      </c>
+      <c r="C796" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D796" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E796" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F796" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G796" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H796" s="1" t="s">
+        <v>2188</v>
+      </c>
+      <c r="I796" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="J796" s="8" t="s">
+        <v>1174</v>
+      </c>
+      <c r="K796" s="8" t="s">
+        <v>429</v>
+      </c>
+      <c r="L796" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="797" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A797" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B797" s="4">
+        <v>9</v>
+      </c>
+      <c r="C797" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D797" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E797" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F797" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G797" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H797" s="1" t="s">
+        <v>2189</v>
+      </c>
+      <c r="I797" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="J797" s="8" t="s">
+        <v>1093</v>
+      </c>
+      <c r="K797" s="8" t="s">
+        <v>1094</v>
+      </c>
+      <c r="L797" s="8" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="798" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A798" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B798" s="4">
+        <v>9</v>
+      </c>
+      <c r="C798" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D798" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E798" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F798" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G798" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H798" s="1" t="s">
+        <v>2190</v>
+      </c>
+      <c r="I798" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="J798" s="8" t="s">
+        <v>1210</v>
+      </c>
+      <c r="K798" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="L798" s="8" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="799" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A799" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B799" s="4">
+        <v>9</v>
+      </c>
+      <c r="C799" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D799" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E799" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F799" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G799" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H799" s="1" t="s">
+        <v>2191</v>
+      </c>
+      <c r="I799" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="J799" s="8" t="s">
+        <v>1213</v>
+      </c>
+      <c r="K799" s="8" t="s">
+        <v>1214</v>
+      </c>
+      <c r="L799" s="8" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="800" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A800" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B800" s="4">
+        <v>9</v>
+      </c>
+      <c r="C800" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D800" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E800" s="6">
+        <v>1850000</v>
+      </c>
+      <c r="F800" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G800" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H800" s="1" t="s">
+        <v>2192</v>
+      </c>
+      <c r="I800" s="1" t="s">
+        <v>1164</v>
+      </c>
+      <c r="J800" s="8" t="s">
+        <v>1165</v>
+      </c>
+      <c r="K800" s="8" t="s">
+        <v>1166</v>
+      </c>
+      <c r="L800" s="8" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="801" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A801" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B801" s="4">
+        <v>9</v>
+      </c>
+      <c r="C801" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D801" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E801" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F801" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G801" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H801" s="1" t="s">
+        <v>2193</v>
+      </c>
+      <c r="I801" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="J801" s="8" t="s">
+        <v>1203</v>
+      </c>
+      <c r="K801" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="L801" s="8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="802" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A802" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B802" s="4">
+        <v>9</v>
+      </c>
+      <c r="C802" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D802" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E802" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F802" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G802" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H802" s="1" t="s">
+        <v>2194</v>
+      </c>
+      <c r="I802" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="J802" s="8" t="s">
+        <v>1206</v>
+      </c>
+      <c r="K802" s="8" t="s">
+        <v>270</v>
+      </c>
+      <c r="L802" s="8" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="803" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A803" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B803" s="4">
+        <v>9</v>
+      </c>
+      <c r="C803" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D803" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E803" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F803" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G803" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H803" s="1" t="s">
+        <v>2195</v>
+      </c>
+      <c r="I803" s="1" t="s">
+        <v>1482</v>
+      </c>
+      <c r="J803" s="8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="K803" s="8" t="s">
+        <v>664</v>
+      </c>
+      <c r="L803" s="8" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="804" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A804" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B804" s="4">
+        <v>9</v>
+      </c>
+      <c r="C804" s="5">
+        <v>45939</v>
+      </c>
+      <c r="D804" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E804" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F804" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G804" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H804" s="1" t="s">
+        <v>2196</v>
+      </c>
+      <c r="I804" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J804" s="8" t="s">
+        <v>1476</v>
+      </c>
+      <c r="K804" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L804" s="8" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="805" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A805" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B805" s="4">
+        <v>9</v>
+      </c>
+      <c r="C805" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D805" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E805" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F805" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G805" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H805" s="1" t="s">
+        <v>2197</v>
+      </c>
+      <c r="I805" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="J805" s="8" t="s">
+        <v>1479</v>
+      </c>
+      <c r="K805" s="8" t="s">
+        <v>362</v>
+      </c>
+      <c r="L805" s="8" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="806" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A806" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B806" s="4">
+        <v>9</v>
+      </c>
+      <c r="C806" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D806" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E806" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F806" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G806" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H806" s="1" t="s">
+        <v>2198</v>
+      </c>
+      <c r="I806" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="J806" s="8" t="s">
+        <v>1470</v>
+      </c>
+      <c r="K806" s="8" t="s">
+        <v>1140</v>
+      </c>
+      <c r="L806" s="8" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="807" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A807" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B807" s="4">
+        <v>9</v>
+      </c>
+      <c r="C807" s="5">
+        <v>45943</v>
+      </c>
+      <c r="D807" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E807" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F807" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G807" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H807" s="1" t="s">
+        <v>2199</v>
+      </c>
+      <c r="I807" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J807" s="8" t="s">
+        <v>1410</v>
+      </c>
+      <c r="K807" s="8" t="s">
+        <v>1411</v>
+      </c>
+      <c r="L807" s="8" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="808" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A808" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B808" s="4">
+        <v>9</v>
+      </c>
+      <c r="C808" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D808" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E808" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F808" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G808" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H808" s="1" t="s">
+        <v>2200</v>
+      </c>
+      <c r="I808" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="J808" s="8" t="s">
+        <v>1414</v>
+      </c>
+      <c r="K808" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L808" s="8" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="809" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A809" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B809" s="4">
+        <v>9</v>
+      </c>
+      <c r="C809" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D809" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E809" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F809" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G809" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H809" s="1" t="s">
+        <v>2201</v>
+      </c>
+      <c r="I809" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="J809" s="8" t="s">
+        <v>1523</v>
+      </c>
+      <c r="K809" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="L809" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="810" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A810" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B810" s="4">
+        <v>9</v>
+      </c>
+      <c r="C810" s="5">
+        <v>45939</v>
+      </c>
+      <c r="D810" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E810" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F810" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G810" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H810" s="1" t="s">
+        <v>2202</v>
+      </c>
+      <c r="I810" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="J810" s="8" t="s">
+        <v>1526</v>
+      </c>
+      <c r="K810" s="8" t="s">
+        <v>429</v>
+      </c>
+      <c r="L810" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="811" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A811" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B811" s="4">
+        <v>9</v>
+      </c>
+      <c r="C811" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D811" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E811" s="6">
+        <v>3000000</v>
+      </c>
+      <c r="F811" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G811" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H811" s="1" t="s">
+        <v>2203</v>
+      </c>
+      <c r="I811" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="J811" s="8" t="s">
+        <v>1638</v>
+      </c>
+      <c r="K811" s="8" t="s">
+        <v>1639</v>
+      </c>
+      <c r="L811" s="8" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="812" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A812" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B812" s="4">
+        <v>9</v>
+      </c>
+      <c r="C812" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D812" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E812" s="6">
+        <v>3000000</v>
+      </c>
+      <c r="F812" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G812" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H812" s="1" t="s">
+        <v>2204</v>
+      </c>
+      <c r="I812" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="J812" s="8" t="s">
+        <v>1618</v>
+      </c>
+      <c r="K812" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L812" s="8" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="813" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A813" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B813" s="4">
+        <v>9</v>
+      </c>
+      <c r="C813" s="5">
+        <v>45939</v>
+      </c>
+      <c r="D813" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E813" s="6">
+        <v>3000000</v>
+      </c>
+      <c r="F813" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G813" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H813" s="1" t="s">
+        <v>2205</v>
+      </c>
+      <c r="I813" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="J813" s="8" t="s">
+        <v>1608</v>
+      </c>
+      <c r="K813" s="8" t="s">
+        <v>1000</v>
+      </c>
+      <c r="L813" s="8" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="814" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A814" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B814" s="4">
+        <v>9</v>
+      </c>
+      <c r="C814" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D814" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E814" s="6">
+        <v>3000000</v>
+      </c>
+      <c r="F814" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G814" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H814" s="1" t="s">
+        <v>2206</v>
+      </c>
+      <c r="I814" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="J814" s="8" t="s">
+        <v>1663</v>
+      </c>
+      <c r="K814" s="8" t="s">
+        <v>1664</v>
+      </c>
+      <c r="L814" s="8" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="815" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A815" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B815" s="4">
+        <v>9</v>
+      </c>
+      <c r="C815" s="5">
+        <v>45933</v>
+      </c>
+      <c r="D815" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E815" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F815" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G815" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H815" s="1" t="s">
+        <v>2207</v>
+      </c>
+      <c r="I815" s="1" t="s">
+        <v>2208</v>
+      </c>
+      <c r="J815" s="8" t="s">
+        <v>2209</v>
+      </c>
+      <c r="K815" s="8" t="s">
+        <v>2210</v>
+      </c>
+      <c r="L815" s="8" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="816" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A816" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B816" s="4">
+        <v>9</v>
+      </c>
+      <c r="C816" s="5">
+        <v>45933</v>
+      </c>
+      <c r="D816" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E816" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F816" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G816" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H816" s="1" t="s">
+        <v>2211</v>
+      </c>
+      <c r="I816" s="1" t="s">
+        <v>2212</v>
+      </c>
+      <c r="J816" s="8" t="s">
+        <v>2213</v>
+      </c>
+      <c r="K816" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="L816" s="8" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="817" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A817" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B817" s="4">
+        <v>9</v>
+      </c>
+      <c r="C817" s="5">
+        <v>45933</v>
+      </c>
+      <c r="D817" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E817" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F817" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G817" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H817" s="1" t="s">
+        <v>2215</v>
+      </c>
+      <c r="I817" s="1" t="s">
+        <v>2216</v>
+      </c>
+      <c r="J817" s="8" t="s">
+        <v>2217</v>
+      </c>
+      <c r="K817" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="L817" s="8" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="818" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A818" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B818" s="4">
+        <v>9</v>
+      </c>
+      <c r="C818" s="5">
+        <v>45933</v>
+      </c>
+      <c r="D818" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E818" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F818" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G818" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H818" s="1" t="s">
+        <v>2218</v>
+      </c>
+      <c r="I818" s="1" t="s">
+        <v>2219</v>
+      </c>
+      <c r="J818" s="8" t="s">
+        <v>2220</v>
+      </c>
+      <c r="K818" s="8" t="s">
+        <v>2221</v>
+      </c>
+      <c r="L818" s="8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="819" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A819" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B819" s="4">
+        <v>9</v>
+      </c>
+      <c r="C819" s="5">
+        <v>45933</v>
+      </c>
+      <c r="D819" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E819" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F819" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G819" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H819" s="1" t="s">
+        <v>2222</v>
+      </c>
+      <c r="I819" s="1" t="s">
+        <v>2223</v>
+      </c>
+      <c r="J819" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="K819" s="8" t="s">
+        <v>1722</v>
+      </c>
+      <c r="L819" s="8" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="820" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A820" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B820" s="4">
+        <v>9</v>
+      </c>
+      <c r="C820" s="5">
+        <v>45936</v>
+      </c>
+      <c r="D820" s="1" t="s">
+        <v>2224</v>
+      </c>
+      <c r="E820" s="6">
+        <v>47800000</v>
+      </c>
+      <c r="F820" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G820" s="7" t="s">
+        <v>2225</v>
+      </c>
+      <c r="H820" s="1" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I820" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J820" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K820" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L820" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="821" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A821" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B821" s="4">
+        <v>9</v>
+      </c>
+      <c r="C821" s="5">
+        <v>45936</v>
+      </c>
+      <c r="D821" s="1" t="s">
+        <v>2224</v>
+      </c>
+      <c r="E821" s="6">
+        <v>39000000</v>
+      </c>
+      <c r="F821" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G821" s="7" t="s">
+        <v>2225</v>
+      </c>
+      <c r="H821" s="1" t="s">
+        <v>2227</v>
+      </c>
+      <c r="I821" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J821" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K821" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L821" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="822" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A822" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B822" s="4">
+        <v>10</v>
+      </c>
+      <c r="C822" s="5">
+        <v>45933</v>
+      </c>
+      <c r="D822" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E822" s="6">
+        <v>20000000</v>
+      </c>
+      <c r="F822" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G822" s="7" t="s">
+        <v>1423</v>
+      </c>
+      <c r="H822" s="1" t="s">
+        <v>2228</v>
+      </c>
+      <c r="I822" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="J822" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K822" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L822" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="823" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A823" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B823" s="4">
+        <v>10</v>
+      </c>
+      <c r="C823" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D823" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E823" s="6">
+        <v>1785000</v>
+      </c>
+      <c r="F823" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G823" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H823" s="1" t="s">
+        <v>2229</v>
+      </c>
+      <c r="I823" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="J823" s="8" t="s">
+        <v>406</v>
+      </c>
+      <c r="K823" s="8" t="s">
+        <v>407</v>
+      </c>
+      <c r="L823" s="8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="824" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A824" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B824" s="4">
+        <v>10</v>
+      </c>
+      <c r="C824" s="5">
+        <v>45940</v>
+      </c>
+      <c r="D824" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E824" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F824" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G824" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H824" s="1" t="s">
+        <v>2230</v>
+      </c>
+      <c r="I824" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="J824" s="8" t="s">
+        <v>1473</v>
+      </c>
+      <c r="K824" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L824" s="8" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="825" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A825" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B825" s="4">
+        <v>10</v>
+      </c>
+      <c r="C825" s="5">
+        <v>45978</v>
+      </c>
+      <c r="D825" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E825" s="6">
+        <v>5000000</v>
+      </c>
+      <c r="F825" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G825" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H825" s="1" t="s">
+        <v>2231</v>
+      </c>
+      <c r="I825" s="1" t="s">
+        <v>2232</v>
+      </c>
+      <c r="J825" s="8" t="s">
+        <v>2233</v>
+      </c>
+      <c r="K825" s="8" t="s">
+        <v>444</v>
+      </c>
+      <c r="L825" s="8" t="s">
+        <v>2234</v>
+      </c>
+    </row>
+    <row r="826" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A826" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B826" s="4">
+        <v>10</v>
+      </c>
+      <c r="C826" s="5">
+        <v>45936</v>
+      </c>
+      <c r="D826" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E826" s="6">
+        <v>76431354</v>
+      </c>
+      <c r="F826" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G826" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="H826" s="1" t="s">
+        <v>2235</v>
+      </c>
+      <c r="I826" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J826" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K826" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L826" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="827" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A827" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B827" s="4">
+        <v>10</v>
+      </c>
+      <c r="C827" s="5">
+        <v>45936</v>
+      </c>
+      <c r="D827" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E827" s="6">
+        <v>1288306</v>
+      </c>
+      <c r="F827" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G827" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H827" s="1" t="s">
+        <v>2235</v>
+      </c>
+      <c r="I827" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J827" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K827" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L827" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="828" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A828" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B828" s="4">
+        <v>10</v>
+      </c>
+      <c r="C828" s="5">
+        <v>45936</v>
+      </c>
+      <c r="D828" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E828" s="6">
+        <v>313080</v>
+      </c>
+      <c r="F828" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G828" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H828" s="1" t="s">
+        <v>2236</v>
+      </c>
+      <c r="I828" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J828" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K828" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L828" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="829" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A829" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B829" s="4">
+        <v>10</v>
+      </c>
+      <c r="C829" s="5">
+        <v>45936</v>
+      </c>
+      <c r="D829" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E829" s="6">
+        <v>60032479</v>
+      </c>
+      <c r="F829" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G829" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H829" s="1" t="s">
+        <v>2237</v>
+      </c>
+      <c r="I829" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J829" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K829" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L829" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="830" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A830" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B830" s="4">
+        <v>10</v>
+      </c>
+      <c r="C830" s="5">
+        <v>45940</v>
+      </c>
+      <c r="D830" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E830" s="6">
+        <v>3000000</v>
+      </c>
+      <c r="F830" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G830" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H830" s="1" t="s">
+        <v>2238</v>
+      </c>
+      <c r="I830" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="J830" s="8" t="s">
+        <v>1615</v>
+      </c>
+      <c r="K830" s="8" t="s">
+        <v>172</v>
+      </c>
+      <c r="L830" s="8" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="831" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A831" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B831" s="4">
+        <v>10</v>
+      </c>
+      <c r="C831" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D831" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E831" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F831" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G831" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H831" s="1" t="s">
+        <v>2239</v>
+      </c>
+      <c r="I831" s="1" t="s">
+        <v>2240</v>
+      </c>
+      <c r="J831" s="8" t="s">
+        <v>2241</v>
+      </c>
+      <c r="K831" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L831" s="8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="832" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A832" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B832" s="4">
+        <v>10</v>
+      </c>
+      <c r="C832" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D832" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E832" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F832" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G832" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H832" s="1" t="s">
+        <v>2242</v>
+      </c>
+      <c r="I832" s="1" t="s">
+        <v>2243</v>
+      </c>
+      <c r="J832" s="8" t="s">
+        <v>2244</v>
+      </c>
+      <c r="K832" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="L832" s="8" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="833" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A833" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B833" s="4">
+        <v>10</v>
+      </c>
+      <c r="C833" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D833" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E833" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F833" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G833" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H833" s="1" t="s">
+        <v>2246</v>
+      </c>
+      <c r="I833" s="1" t="s">
+        <v>2247</v>
+      </c>
+      <c r="J833" s="8" t="s">
+        <v>2248</v>
+      </c>
+      <c r="K833" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="L833" s="8" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="834" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A834" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B834" s="4">
+        <v>10</v>
+      </c>
+      <c r="C834" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D834" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E834" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F834" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G834" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H834" s="1" t="s">
+        <v>2249</v>
+      </c>
+      <c r="I834" s="1" t="s">
+        <v>2250</v>
+      </c>
+      <c r="J834" s="8" t="s">
+        <v>2251</v>
+      </c>
+      <c r="K834" s="8" t="s">
+        <v>2252</v>
+      </c>
+      <c r="L834" s="8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="835" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A835" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B835" s="4">
+        <v>10</v>
+      </c>
+      <c r="C835" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D835" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E835" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F835" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G835" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H835" s="1" t="s">
+        <v>2253</v>
+      </c>
+      <c r="I835" s="1" t="s">
+        <v>2254</v>
+      </c>
+      <c r="J835" s="8" t="s">
+        <v>2255</v>
+      </c>
+      <c r="K835" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="L835" s="8" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="836" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A836" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B836" s="4">
+        <v>10</v>
+      </c>
+      <c r="C836" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D836" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E836" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F836" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G836" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H836" s="1" t="s">
+        <v>2256</v>
+      </c>
+      <c r="I836" s="1" t="s">
+        <v>2257</v>
+      </c>
+      <c r="J836" s="8" t="s">
+        <v>2258</v>
+      </c>
+      <c r="K836" s="8" t="s">
+        <v>275</v>
+      </c>
+      <c r="L836" s="8" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="837" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A837" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B837" s="4">
+        <v>10</v>
+      </c>
+      <c r="C837" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D837" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E837" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F837" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G837" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H837" s="1" t="s">
+        <v>2259</v>
+      </c>
+      <c r="I837" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="J837" s="8" t="s">
+        <v>2261</v>
+      </c>
+      <c r="K837" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="L837" s="8" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D10" t="s">
+    <row r="838" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A838" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B838" s="4">
+        <v>10</v>
+      </c>
+      <c r="C838" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D838" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E838" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F838" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G838" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H838" s="1" t="s">
+        <v>2262</v>
+      </c>
+      <c r="I838" s="1" t="s">
+        <v>2263</v>
+      </c>
+      <c r="J838" s="8" t="s">
+        <v>2264</v>
+      </c>
+      <c r="K838" s="8" t="s">
+        <v>279</v>
+      </c>
+      <c r="L838" s="8" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="839" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A839" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B839" s="4">
+        <v>10</v>
+      </c>
+      <c r="C839" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D839" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E839" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F839" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G839" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H839" s="1" t="s">
+        <v>2265</v>
+      </c>
+      <c r="I839" s="1" t="s">
+        <v>2266</v>
+      </c>
+      <c r="J839" s="8" t="s">
+        <v>2267</v>
+      </c>
+      <c r="K839" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="L839" s="8" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="840" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A840" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B840" s="4">
+        <v>10</v>
+      </c>
+      <c r="C840" s="5">
+        <v>45933</v>
+      </c>
+      <c r="D840" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E840" s="6">
+        <v>33443000</v>
+      </c>
+      <c r="F840" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G840" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H840" s="1" t="s">
+        <v>2268</v>
+      </c>
+      <c r="I840" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J840" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K840" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L840" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="841" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A841" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B841" s="4">
+        <v>10</v>
+      </c>
+      <c r="C841" s="5">
+        <v>45937</v>
+      </c>
+      <c r="D841" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E841" s="6">
+        <v>2400000</v>
+      </c>
+      <c r="F841" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G841" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H841" s="1" t="s">
+        <v>2269</v>
+      </c>
+      <c r="I841" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J841" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K841" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L841" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="842" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A842" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B842" s="4">
+        <v>10</v>
+      </c>
+      <c r="C842" s="5">
+        <v>45938</v>
+      </c>
+      <c r="D842" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E842" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F842" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G842" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H842" s="1" t="s">
+        <v>2270</v>
+      </c>
+      <c r="I842" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="J842" s="8" t="s">
+        <v>2272</v>
+      </c>
+      <c r="K842" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="L842" s="8" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="843" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A843" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B843" s="4">
+        <v>10</v>
+      </c>
+      <c r="C843" s="5">
+        <v>45945</v>
+      </c>
+      <c r="D843" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E843" s="6">
+        <v>149147</v>
+      </c>
+      <c r="F843" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G843" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H843" s="1" t="s">
+        <v>2273</v>
+      </c>
+      <c r="I843" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J843" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K843" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L843" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="844" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A844" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B844" s="4">
+        <v>10</v>
+      </c>
+      <c r="C844" s="5">
+        <v>45937</v>
+      </c>
+      <c r="D844" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="E844" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F844" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G844" s="7" t="s">
+        <v>555</v>
+      </c>
+      <c r="H844" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="I844" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="J844" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K844" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L844" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="845" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A845" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B845" s="4">
+        <v>10</v>
+      </c>
+      <c r="C845" s="5">
+        <v>45945</v>
+      </c>
+      <c r="D845" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E845" s="6">
+        <v>103103</v>
+      </c>
+      <c r="F845" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G845" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H845" s="1" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I845" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J845" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K845" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L845" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="846" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A846" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B846" s="4">
+        <v>10</v>
+      </c>
+      <c r="C846" s="5">
+        <v>45945</v>
+      </c>
+      <c r="D846" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E846" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F846" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G846" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H846" s="1" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I846" s="1" t="s">
+        <v>2276</v>
+      </c>
+      <c r="J846" s="8" t="s">
+        <v>2277</v>
+      </c>
+      <c r="K846" s="8" t="s">
+        <v>566</v>
+      </c>
+      <c r="L846" s="8" t="s">
+        <v>2278</v>
+      </c>
+    </row>
+    <row r="847" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A847" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B847" s="4">
+        <v>10</v>
+      </c>
+      <c r="C847" s="5">
+        <v>45940</v>
+      </c>
+      <c r="D847" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E847" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F847" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G847" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H847" s="1" t="s">
+        <v>2279</v>
+      </c>
+      <c r="I847" s="1" t="s">
+        <v>2280</v>
+      </c>
+      <c r="J847" s="8" t="s">
+        <v>2281</v>
+      </c>
+      <c r="K847" s="8" t="s">
+        <v>297</v>
+      </c>
+      <c r="L847" s="8" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="848" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A848" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B848" s="4">
+        <v>10</v>
+      </c>
+      <c r="C848" s="5">
+        <v>45940</v>
+      </c>
+      <c r="D848" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E848" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F848" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G848" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H848" s="1" t="s">
+        <v>2282</v>
+      </c>
+      <c r="I848" s="1" t="s">
+        <v>2283</v>
+      </c>
+      <c r="J848" s="8" t="s">
+        <v>1219</v>
+      </c>
+      <c r="K848" s="8" t="s">
+        <v>1971</v>
+      </c>
+      <c r="L848" s="8" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="849" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A849" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B849" s="4">
+        <v>10</v>
+      </c>
+      <c r="C849" s="5">
+        <v>45940</v>
+      </c>
+      <c r="D849" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="E10" s="5">
-[...5 lines deleted...]
-      <c r="G10" s="6" t="s">
+      <c r="E849" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F849" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G849" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="H10" t="s">
-[...8 lines deleted...]
-      <c r="K10" t="s">
+      <c r="H849" s="1" t="s">
+        <v>2284</v>
+      </c>
+      <c r="I849" s="1" t="s">
+        <v>2285</v>
+      </c>
+      <c r="J849" s="8" t="s">
+        <v>2286</v>
+      </c>
+      <c r="K849" s="8" t="s">
+        <v>2287</v>
+      </c>
+      <c r="L849" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="850" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A850" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B850" s="4">
+        <v>10</v>
+      </c>
+      <c r="C850" s="5">
+        <v>45940</v>
+      </c>
+      <c r="D850" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E850" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F850" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G850" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H850" s="1" t="s">
+        <v>2288</v>
+      </c>
+      <c r="I850" s="1" t="s">
+        <v>2289</v>
+      </c>
+      <c r="J850" s="8" t="s">
+        <v>1441</v>
+      </c>
+      <c r="K850" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L850" s="8" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="851" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A851" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B851" s="4">
+        <v>10</v>
+      </c>
+      <c r="C851" s="5">
+        <v>45940</v>
+      </c>
+      <c r="D851" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E851" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F851" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G851" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H851" s="1" t="s">
+        <v>2290</v>
+      </c>
+      <c r="I851" s="1" t="s">
+        <v>2291</v>
+      </c>
+      <c r="J851" s="8" t="s">
+        <v>2292</v>
+      </c>
+      <c r="K851" s="8" t="s">
+        <v>566</v>
+      </c>
+      <c r="L851" s="8" t="s">
+        <v>2293</v>
+      </c>
+    </row>
+    <row r="852" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A852" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B852" s="4">
+        <v>10</v>
+      </c>
+      <c r="C852" s="5">
+        <v>45940</v>
+      </c>
+      <c r="D852" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E852" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F852" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G852" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H852" s="1" t="s">
+        <v>2294</v>
+      </c>
+      <c r="I852" s="1" t="s">
+        <v>2295</v>
+      </c>
+      <c r="J852" s="8" t="s">
+        <v>2296</v>
+      </c>
+      <c r="K852" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="L852" s="8" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="853" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A853" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B853" s="4">
+        <v>10</v>
+      </c>
+      <c r="C853" s="5">
+        <v>45940</v>
+      </c>
+      <c r="D853" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E853" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F853" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G853" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H853" s="1" t="s">
+        <v>2297</v>
+      </c>
+      <c r="I853" s="1" t="s">
+        <v>2298</v>
+      </c>
+      <c r="J853" s="8" t="s">
+        <v>2299</v>
+      </c>
+      <c r="K853" s="8" t="s">
+        <v>1382</v>
+      </c>
+      <c r="L853" s="8" t="s">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="854" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A854" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B854" s="4">
+        <v>10</v>
+      </c>
+      <c r="C854" s="5">
+        <v>45940</v>
+      </c>
+      <c r="D854" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E854" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F854" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G854" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H854" s="1" t="s">
+        <v>2301</v>
+      </c>
+      <c r="I854" s="1" t="s">
+        <v>2302</v>
+      </c>
+      <c r="J854" s="8" t="s">
+        <v>2303</v>
+      </c>
+      <c r="K854" s="8" t="s">
+        <v>2304</v>
+      </c>
+      <c r="L854" s="8" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="855" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A855" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B855" s="4">
+        <v>10</v>
+      </c>
+      <c r="C855" s="5">
+        <v>45940</v>
+      </c>
+      <c r="D855" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E855" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F855" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G855" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H855" s="1" t="s">
+        <v>2305</v>
+      </c>
+      <c r="I855" s="1" t="s">
+        <v>2306</v>
+      </c>
+      <c r="J855" s="8" t="s">
+        <v>2307</v>
+      </c>
+      <c r="K855" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="L855" s="8" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="856" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A856" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B856" s="4">
+        <v>10</v>
+      </c>
+      <c r="C856" s="5">
+        <v>45940</v>
+      </c>
+      <c r="D856" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E856" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F856" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G856" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H856" s="1" t="s">
+        <v>2308</v>
+      </c>
+      <c r="I856" s="1" t="s">
+        <v>2309</v>
+      </c>
+      <c r="J856" s="8" t="s">
+        <v>2310</v>
+      </c>
+      <c r="K856" s="8" t="s">
+        <v>652</v>
+      </c>
+      <c r="L856" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="857" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A857" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B857" s="4">
+        <v>10</v>
+      </c>
+      <c r="C857" s="5">
+        <v>45939</v>
+      </c>
+      <c r="D857" s="1" t="s">
+        <v>2311</v>
+      </c>
+      <c r="E857" s="6">
+        <v>850000</v>
+      </c>
+      <c r="F857" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G857" s="7" t="s">
+        <v>2312</v>
+      </c>
+      <c r="H857" s="1" t="s">
+        <v>2313</v>
+      </c>
+      <c r="I857" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="J857" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K857" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L857" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="858" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A858" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B858" s="4">
+        <v>10</v>
+      </c>
+      <c r="C858" s="5">
+        <v>45939</v>
+      </c>
+      <c r="D858" s="1" t="s">
+        <v>2314</v>
+      </c>
+      <c r="E858" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F858" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G858" s="7" t="s">
+        <v>2315</v>
+      </c>
+      <c r="H858" s="1" t="s">
+        <v>2316</v>
+      </c>
+      <c r="I858" s="1" t="s">
+        <v>2317</v>
+      </c>
+      <c r="J858" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K858" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L858" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="859" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A859" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B859" s="4">
+        <v>10</v>
+      </c>
+      <c r="C859" s="5">
+        <v>45943</v>
+      </c>
+      <c r="D859" s="1" t="s">
+        <v>2318</v>
+      </c>
+      <c r="E859" s="6">
+        <v>1800000</v>
+      </c>
+      <c r="F859" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G859" s="7" t="s">
+        <v>2319</v>
+      </c>
+      <c r="H859" s="1" t="s">
+        <v>2320</v>
+      </c>
+      <c r="I859" s="1" t="s">
+        <v>1749</v>
+      </c>
+      <c r="J859" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K859" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L859" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="860" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A860" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B860" s="4">
+        <v>10</v>
+      </c>
+      <c r="C860" s="5">
+        <v>45945</v>
+      </c>
+      <c r="D860" s="1" t="s">
+        <v>2321</v>
+      </c>
+      <c r="E860" s="6">
+        <v>1200000</v>
+      </c>
+      <c r="F860" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G860" s="7" t="s">
+        <v>2322</v>
+      </c>
+      <c r="H860" s="1" t="s">
+        <v>2323</v>
+      </c>
+      <c r="I860" s="1" t="s">
+        <v>2324</v>
+      </c>
+      <c r="J860" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K860" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L860" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="861" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A861" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B861" s="4">
+        <v>10</v>
+      </c>
+      <c r="C861" s="5">
+        <v>45943</v>
+      </c>
+      <c r="D861" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E861" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F861" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G861" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H861" s="1" t="s">
+        <v>2325</v>
+      </c>
+      <c r="I861" s="1" t="s">
+        <v>2326</v>
+      </c>
+      <c r="J861" s="8" t="s">
+        <v>2327</v>
+      </c>
+      <c r="K861" s="8" t="s">
+        <v>2328</v>
+      </c>
+      <c r="L861" s="8" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="862" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A862" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B862" s="4">
+        <v>10</v>
+      </c>
+      <c r="C862" s="5">
+        <v>45950</v>
+      </c>
+      <c r="D862" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E862" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F862" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G862" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H862" s="1" t="s">
+        <v>2330</v>
+      </c>
+      <c r="I862" s="1" t="s">
+        <v>2331</v>
+      </c>
+      <c r="J862" s="8" t="s">
+        <v>2332</v>
+      </c>
+      <c r="K862" s="8" t="s">
+        <v>2333</v>
+      </c>
+      <c r="L862" s="8" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="863" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A863" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B863" s="4">
+        <v>10</v>
+      </c>
+      <c r="C863" s="5">
+        <v>45950</v>
+      </c>
+      <c r="D863" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E863" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F863" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G863" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H863" s="1" t="s">
+        <v>2334</v>
+      </c>
+      <c r="I863" s="1" t="s">
+        <v>2335</v>
+      </c>
+      <c r="J863" s="8" t="s">
+        <v>2336</v>
+      </c>
+      <c r="K863" s="8" t="s">
+        <v>2337</v>
+      </c>
+      <c r="L863" s="8" t="s">
+        <v>2338</v>
+      </c>
+    </row>
+    <row r="864" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A864" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B864" s="4">
+        <v>10</v>
+      </c>
+      <c r="C864" s="5">
+        <v>45950</v>
+      </c>
+      <c r="D864" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E864" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F864" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G864" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H864" s="1" t="s">
+        <v>2339</v>
+      </c>
+      <c r="I864" s="1" t="s">
+        <v>2340</v>
+      </c>
+      <c r="J864" s="8" t="s">
+        <v>2341</v>
+      </c>
+      <c r="K864" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L864" s="8" t="s">
+        <v>2342</v>
+      </c>
+    </row>
+    <row r="865" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A865" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B865" s="4">
+        <v>10</v>
+      </c>
+      <c r="C865" s="5">
+        <v>45950</v>
+      </c>
+      <c r="D865" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E865" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F865" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G865" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H865" s="1" t="s">
+        <v>2343</v>
+      </c>
+      <c r="I865" s="1" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J865" s="8" t="s">
+        <v>2345</v>
+      </c>
+      <c r="K865" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="L865" s="8" t="s">
+        <v>2346</v>
+      </c>
+    </row>
+    <row r="866" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A866" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B866" s="4">
+        <v>10</v>
+      </c>
+      <c r="C866" s="5">
+        <v>45950</v>
+      </c>
+      <c r="D866" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E866" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F866" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G866" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H866" s="1" t="s">
+        <v>2347</v>
+      </c>
+      <c r="I866" s="1" t="s">
+        <v>2348</v>
+      </c>
+      <c r="J866" s="8" t="s">
+        <v>901</v>
+      </c>
+      <c r="K866" s="8" t="s">
+        <v>2349</v>
+      </c>
+      <c r="L866" s="8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="867" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A867" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B867" s="4">
+        <v>10</v>
+      </c>
+      <c r="C867" s="5">
+        <v>45950</v>
+      </c>
+      <c r="D867" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E867" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F867" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G867" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H867" s="1" t="s">
+        <v>2350</v>
+      </c>
+      <c r="I867" s="1" t="s">
+        <v>2351</v>
+      </c>
+      <c r="J867" s="8" t="s">
+        <v>2352</v>
+      </c>
+      <c r="K867" s="8" t="s">
+        <v>1080</v>
+      </c>
+      <c r="L867" s="8" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="868" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A868" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B868" s="4">
+        <v>10</v>
+      </c>
+      <c r="C868" s="5">
+        <v>45950</v>
+      </c>
+      <c r="D868" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E868" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F868" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G868" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H868" s="1" t="s">
+        <v>2353</v>
+      </c>
+      <c r="I868" s="1" t="s">
+        <v>2354</v>
+      </c>
+      <c r="J868" s="8" t="s">
+        <v>2355</v>
+      </c>
+      <c r="K868" s="8" t="s">
+        <v>1062</v>
+      </c>
+      <c r="L868" s="8" t="s">
+        <v>2356</v>
+      </c>
+    </row>
+    <row r="869" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A869" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B869" s="4">
+        <v>10</v>
+      </c>
+      <c r="C869" s="5">
+        <v>45950</v>
+      </c>
+      <c r="D869" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E869" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F869" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G869" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H869" s="1" t="s">
+        <v>2357</v>
+      </c>
+      <c r="I869" s="1" t="s">
+        <v>2358</v>
+      </c>
+      <c r="J869" s="8" t="s">
+        <v>962</v>
+      </c>
+      <c r="K869" s="8" t="s">
+        <v>433</v>
+      </c>
+      <c r="L869" s="8" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="870" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A870" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B870" s="4">
+        <v>10</v>
+      </c>
+      <c r="C870" s="5">
+        <v>45950</v>
+      </c>
+      <c r="D870" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E870" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F870" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G870" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H870" s="1" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I870" s="1" t="s">
+        <v>2360</v>
+      </c>
+      <c r="J870" s="8" t="s">
+        <v>2361</v>
+      </c>
+      <c r="K870" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L870" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="871" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A871" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B871" s="4">
+        <v>10</v>
+      </c>
+      <c r="C871" s="5">
+        <v>45950</v>
+      </c>
+      <c r="D871" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E871" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F871" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G871" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H871" s="1" t="s">
+        <v>2362</v>
+      </c>
+      <c r="I871" s="1" t="s">
+        <v>2363</v>
+      </c>
+      <c r="J871" s="8" t="s">
+        <v>2364</v>
+      </c>
+      <c r="K871" s="8" t="s">
+        <v>514</v>
+      </c>
+      <c r="L871" s="8" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="872" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A872" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B872" s="4">
+        <v>10</v>
+      </c>
+      <c r="C872" s="5">
+        <v>45950</v>
+      </c>
+      <c r="D872" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E872" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F872" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G872" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H872" s="1" t="s">
+        <v>2365</v>
+      </c>
+      <c r="I872" s="1" t="s">
+        <v>2366</v>
+      </c>
+      <c r="J872" s="8" t="s">
+        <v>2367</v>
+      </c>
+      <c r="K872" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L872" s="8" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="873" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A873" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B873" s="4">
+        <v>10</v>
+      </c>
+      <c r="C873" s="5">
+        <v>45950</v>
+      </c>
+      <c r="D873" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E873" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F873" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G873" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H873" s="1" t="s">
+        <v>2368</v>
+      </c>
+      <c r="I873" s="1" t="s">
+        <v>2369</v>
+      </c>
+      <c r="J873" s="8" t="s">
+        <v>2370</v>
+      </c>
+      <c r="K873" s="8" t="s">
+        <v>561</v>
+      </c>
+      <c r="L873" s="8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="874" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A874" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B874" s="4">
+        <v>10</v>
+      </c>
+      <c r="C874" s="5">
+        <v>45950</v>
+      </c>
+      <c r="D874" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E874" s="6">
+        <v>130000</v>
+      </c>
+      <c r="F874" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G874" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H874" s="1" t="s">
+        <v>2371</v>
+      </c>
+      <c r="I874" s="1" t="s">
+        <v>2372</v>
+      </c>
+      <c r="J874" s="8" t="s">
+        <v>2373</v>
+      </c>
+      <c r="K874" s="8" t="s">
+        <v>2374</v>
+      </c>
+      <c r="L874" s="8" t="s">
+        <v>2085</v>
+      </c>
+    </row>
+    <row r="875" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A875" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B875" s="4">
+        <v>10</v>
+      </c>
+      <c r="C875" s="5">
+        <v>45950</v>
+      </c>
+      <c r="D875" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="E875" s="6">
+        <v>17500000</v>
+      </c>
+      <c r="F875" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G875" s="7" t="s">
+        <v>797</v>
+      </c>
+      <c r="H875" s="1" t="s">
+        <v>2375</v>
+      </c>
+      <c r="I875" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="J875" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K875" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L875" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="876" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A876" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B876" s="4">
+        <v>10</v>
+      </c>
+      <c r="C876" s="5">
+        <v>45950</v>
+      </c>
+      <c r="D876" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="E876" s="6">
+        <v>519480</v>
+      </c>
+      <c r="F876" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G876" s="7" t="s">
+        <v>476</v>
+      </c>
+      <c r="H876" s="1" t="s">
+        <v>2376</v>
+      </c>
+      <c r="I876" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J876" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K876" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L876" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="877" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A877" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B877" s="4">
+        <v>10</v>
+      </c>
+      <c r="C877" s="5">
+        <v>45957</v>
+      </c>
+      <c r="D877" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E877" s="6">
+        <v>145135</v>
+      </c>
+      <c r="F877" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G877" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H877" s="1" t="s">
+        <v>2377</v>
+      </c>
+      <c r="I877" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J877" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K877" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L877" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="878" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A878" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B878" s="4">
+        <v>10</v>
+      </c>
+      <c r="C878" s="5">
+        <v>45965</v>
+      </c>
+      <c r="D878" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E878" s="6">
+        <v>140026</v>
+      </c>
+      <c r="F878" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G878" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H878" s="1" t="s">
+        <v>2378</v>
+      </c>
+      <c r="I878" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J878" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K878" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L878" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="879" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A879" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B879" s="4">
+        <v>10</v>
+      </c>
+      <c r="C879" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D879" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E879" s="6">
+        <v>181201</v>
+      </c>
+      <c r="F879" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G879" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H879" s="1" t="s">
+        <v>2379</v>
+      </c>
+      <c r="I879" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="J879" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="K879" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="L879" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="880" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A880" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B880" s="4">
+        <v>10</v>
+      </c>
+      <c r="C880" s="5">
+        <v>45951</v>
+      </c>
+      <c r="D880" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E880" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F880" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G880" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H880" s="1" t="s">
+        <v>2380</v>
+      </c>
+      <c r="I880" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="J880" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="K880" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="L880" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="881" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A881" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B881" s="4">
+        <v>10</v>
+      </c>
+      <c r="C881" s="5">
+        <v>45957</v>
+      </c>
+      <c r="D881" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E881" s="6">
+        <v>36000000</v>
+      </c>
+      <c r="F881" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G881" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H881" s="1" t="s">
+        <v>2381</v>
+      </c>
+      <c r="I881" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J881" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K881" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L881" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="882" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A882" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B882" s="4">
+        <v>10</v>
+      </c>
+      <c r="C882" s="5">
+        <v>45954</v>
+      </c>
+      <c r="D882" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="E882" s="6">
+        <v>343230</v>
+      </c>
+      <c r="F882" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G882" s="7" t="s">
+        <v>476</v>
+      </c>
+      <c r="H882" s="1" t="s">
+        <v>2382</v>
+      </c>
+      <c r="I882" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J882" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K882" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L882" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="883" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A883" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B883" s="4">
+        <v>10</v>
+      </c>
+      <c r="C883" s="5">
+        <v>45954</v>
+      </c>
+      <c r="D883" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E883" s="6">
+        <v>844169408</v>
+      </c>
+      <c r="F883" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G883" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H883" s="1" t="s">
+        <v>2383</v>
+      </c>
+      <c r="I883" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J883" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K883" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L883" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="884" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A884" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B884" s="4">
+        <v>10</v>
+      </c>
+      <c r="C884" s="5">
+        <v>45954</v>
+      </c>
+      <c r="D884" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E884" s="6">
+        <v>6487129</v>
+      </c>
+      <c r="F884" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G884" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H884" s="1" t="s">
+        <v>2384</v>
+      </c>
+      <c r="I884" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J884" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K884" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L884" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="885" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A885" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B885" s="4">
+        <v>10</v>
+      </c>
+      <c r="C885" s="5">
+        <v>45954</v>
+      </c>
+      <c r="D885" s="1" t="s">
+        <v>2385</v>
+      </c>
+      <c r="E885" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F885" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G885" s="7" t="s">
+        <v>2386</v>
+      </c>
+      <c r="H885" s="1" t="s">
+        <v>2387</v>
+      </c>
+      <c r="I885" s="1" t="s">
+        <v>2388</v>
+      </c>
+      <c r="J885" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K885" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L885" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="886" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A886" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B886" s="4">
+        <v>10</v>
+      </c>
+      <c r="C886" s="5">
+        <v>45957</v>
+      </c>
+      <c r="D886" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E886" s="6">
+        <v>30363000</v>
+      </c>
+      <c r="F886" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G886" s="7" t="s">
+        <v>653</v>
+      </c>
+      <c r="H886" s="1" t="s">
+        <v>2389</v>
+      </c>
+      <c r="I886" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J886" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K886" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L886" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="887" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A887" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B887" s="4">
+        <v>10</v>
+      </c>
+      <c r="C887" s="5">
+        <v>45959</v>
+      </c>
+      <c r="D887" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E887" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F887" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G887" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H887" s="1" t="s">
+        <v>2390</v>
+      </c>
+      <c r="I887" s="1" t="s">
+        <v>2391</v>
+      </c>
+      <c r="J887" s="8" t="s">
+        <v>868</v>
+      </c>
+      <c r="K887" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="L887" s="8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="888" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A888" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B888" s="4">
+        <v>10</v>
+      </c>
+      <c r="C888" s="5">
+        <v>45960</v>
+      </c>
+      <c r="D888" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E888" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F888" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G888" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H888" s="1" t="s">
+        <v>2392</v>
+      </c>
+      <c r="I888" s="1" t="s">
+        <v>2393</v>
+      </c>
+      <c r="J888" s="8" t="s">
+        <v>2394</v>
+      </c>
+      <c r="K888" s="8" t="s">
+        <v>2395</v>
+      </c>
+      <c r="L888" s="8" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="889" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A889" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B889" s="4">
+        <v>10</v>
+      </c>
+      <c r="C889" s="5">
+        <v>45959</v>
+      </c>
+      <c r="D889" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E889" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F889" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G889" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H889" s="1" t="s">
+        <v>2396</v>
+      </c>
+      <c r="I889" s="1" t="s">
+        <v>2397</v>
+      </c>
+      <c r="J889" s="8" t="s">
+        <v>2398</v>
+      </c>
+      <c r="K889" s="8" t="s">
+        <v>495</v>
+      </c>
+      <c r="L889" s="8" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="890" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A890" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B890" s="4">
+        <v>10</v>
+      </c>
+      <c r="C890" s="5">
+        <v>45959</v>
+      </c>
+      <c r="D890" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E890" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F890" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G890" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H890" s="1" t="s">
+        <v>2399</v>
+      </c>
+      <c r="I890" s="1" t="s">
+        <v>2400</v>
+      </c>
+      <c r="J890" s="8" t="s">
+        <v>2401</v>
+      </c>
+      <c r="K890" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="L890" s="8" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="891" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A891" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B891" s="4">
+        <v>10</v>
+      </c>
+      <c r="C891" s="5">
+        <v>45959</v>
+      </c>
+      <c r="D891" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E891" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F891" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G891" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H891" s="1" t="s">
+        <v>2402</v>
+      </c>
+      <c r="I891" s="1" t="s">
+        <v>2403</v>
+      </c>
+      <c r="J891" s="8" t="s">
+        <v>2404</v>
+      </c>
+      <c r="K891" s="8" t="s">
+        <v>2300</v>
+      </c>
+      <c r="L891" s="8" t="s">
+        <v>2405</v>
+      </c>
+    </row>
+    <row r="892" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A892" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B892" s="4">
+        <v>10</v>
+      </c>
+      <c r="C892" s="5">
+        <v>45959</v>
+      </c>
+      <c r="D892" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E892" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F892" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G892" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H892" s="1" t="s">
+        <v>2406</v>
+      </c>
+      <c r="I892" s="1" t="s">
+        <v>2407</v>
+      </c>
+      <c r="J892" s="8" t="s">
+        <v>2408</v>
+      </c>
+      <c r="K892" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L892" s="8" t="s">
+        <v>2409</v>
+      </c>
+    </row>
+    <row r="893" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A893" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B893" s="4">
+        <v>10</v>
+      </c>
+      <c r="C893" s="5">
+        <v>45959</v>
+      </c>
+      <c r="D893" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E893" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F893" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G893" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H893" s="1" t="s">
+        <v>2410</v>
+      </c>
+      <c r="I893" s="1" t="s">
+        <v>2411</v>
+      </c>
+      <c r="J893" s="8" t="s">
+        <v>2412</v>
+      </c>
+      <c r="K893" s="8" t="s">
+        <v>2413</v>
+      </c>
+      <c r="L893" s="8" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="894" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A894" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B894" s="4">
+        <v>10</v>
+      </c>
+      <c r="C894" s="5">
+        <v>45959</v>
+      </c>
+      <c r="D894" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E894" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F894" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G894" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H894" s="1" t="s">
+        <v>2415</v>
+      </c>
+      <c r="I894" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="J894" s="8" t="s">
+        <v>517</v>
+      </c>
+      <c r="K894" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="L894" s="8" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="895" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A895" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B895" s="4">
+        <v>10</v>
+      </c>
+      <c r="C895" s="5">
+        <v>45959</v>
+      </c>
+      <c r="D895" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E895" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F895" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G895" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H895" s="1" t="s">
+        <v>2416</v>
+      </c>
+      <c r="I895" s="1" t="s">
+        <v>2417</v>
+      </c>
+      <c r="J895" s="8" t="s">
+        <v>2418</v>
+      </c>
+      <c r="K895" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="L10" t="s">
+      <c r="L895" s="8" t="s">
+        <v>2419</v>
+      </c>
+    </row>
+    <row r="896" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A896" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B896" s="4">
+        <v>10</v>
+      </c>
+      <c r="C896" s="5">
+        <v>45959</v>
+      </c>
+      <c r="D896" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E896" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F896" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G896" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H896" s="1" t="s">
+        <v>2420</v>
+      </c>
+      <c r="I896" s="1" t="s">
+        <v>2421</v>
+      </c>
+      <c r="J896" s="8" t="s">
+        <v>2422</v>
+      </c>
+      <c r="K896" s="8" t="s">
+        <v>1253</v>
+      </c>
+      <c r="L896" s="8" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="897" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A897" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B897" s="4">
+        <v>10</v>
+      </c>
+      <c r="C897" s="5">
+        <v>45960</v>
+      </c>
+      <c r="D897" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E897" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F897" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G897" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H897" s="1" t="s">
+        <v>2423</v>
+      </c>
+      <c r="I897" s="1" t="s">
+        <v>2424</v>
+      </c>
+      <c r="J897" s="8" t="s">
+        <v>2425</v>
+      </c>
+      <c r="K897" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="L897" s="8" t="s">
+        <v>2426</v>
+      </c>
+    </row>
+    <row r="898" spans="1:12" ht="75" x14ac:dyDescent="0.25">
+      <c r="A898" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B898" s="4">
+        <v>10</v>
+      </c>
+      <c r="C898" s="5">
+        <v>45978</v>
+      </c>
+      <c r="D898" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E898" s="6">
+        <v>1796281</v>
+      </c>
+      <c r="F898" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G898" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H898" s="1" t="s">
+        <v>2427</v>
+      </c>
+      <c r="I898" s="1" t="s">
+        <v>2428</v>
+      </c>
+      <c r="J898" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K898" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L898" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="899" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A899" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B899" s="4">
+        <v>10</v>
+      </c>
+      <c r="C899" s="5">
+        <v>45960</v>
+      </c>
+      <c r="D899" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E899" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F899" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G899" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H899" s="1" t="s">
+        <v>2429</v>
+      </c>
+      <c r="I899" s="1" t="s">
+        <v>2430</v>
+      </c>
+      <c r="J899" s="8" t="s">
+        <v>2431</v>
+      </c>
+      <c r="K899" s="8" t="s">
         <v>40</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D11" t="s">
+      <c r="L899" s="8" t="s">
+        <v>2432</v>
+      </c>
+    </row>
+    <row r="900" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A900" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B900" s="4">
+        <v>10</v>
+      </c>
+      <c r="C900" s="5">
+        <v>45960</v>
+      </c>
+      <c r="D900" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E900" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F900" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G900" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H900" s="1" t="s">
+        <v>2433</v>
+      </c>
+      <c r="I900" s="1" t="s">
+        <v>2434</v>
+      </c>
+      <c r="J900" s="8" t="s">
+        <v>2435</v>
+      </c>
+      <c r="K900" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L900" s="8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="901" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A901" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B901" s="4">
+        <v>10</v>
+      </c>
+      <c r="C901" s="5">
+        <v>45960</v>
+      </c>
+      <c r="D901" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E901" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F901" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G901" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H901" s="1" t="s">
+        <v>2436</v>
+      </c>
+      <c r="I901" s="1" t="s">
+        <v>2437</v>
+      </c>
+      <c r="J901" s="8" t="s">
+        <v>2438</v>
+      </c>
+      <c r="K901" s="8" t="s">
+        <v>1334</v>
+      </c>
+      <c r="L901" s="8" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="902" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A902" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B902" s="4">
+        <v>10</v>
+      </c>
+      <c r="C902" s="5">
+        <v>45960</v>
+      </c>
+      <c r="D902" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E902" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F902" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G902" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H902" s="1" t="s">
+        <v>2439</v>
+      </c>
+      <c r="I902" s="1" t="s">
+        <v>2440</v>
+      </c>
+      <c r="J902" s="8" t="s">
+        <v>2441</v>
+      </c>
+      <c r="K902" s="8" t="s">
+        <v>433</v>
+      </c>
+      <c r="L902" s="8" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="903" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A903" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B903" s="4">
+        <v>10</v>
+      </c>
+      <c r="C903" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D903" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E903" s="6">
+        <v>136553</v>
+      </c>
+      <c r="F903" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G903" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H903" s="1" t="s">
+        <v>2442</v>
+      </c>
+      <c r="I903" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J903" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K903" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L903" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="904" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A904" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B904" s="4">
+        <v>10</v>
+      </c>
+      <c r="C904" s="5">
+        <v>45972</v>
+      </c>
+      <c r="D904" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E904" s="6">
+        <v>1502863</v>
+      </c>
+      <c r="F904" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G904" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H904" s="1" t="s">
+        <v>2443</v>
+      </c>
+      <c r="I904" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="J904" s="8" t="s">
+        <v>406</v>
+      </c>
+      <c r="K904" s="8" t="s">
+        <v>407</v>
+      </c>
+      <c r="L904" s="8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="905" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A905" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B905" s="4">
+        <v>10</v>
+      </c>
+      <c r="C905" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D905" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E905" s="6">
+        <v>207060</v>
+      </c>
+      <c r="F905" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G905" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H905" s="1" t="s">
+        <v>2444</v>
+      </c>
+      <c r="I905" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J905" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K905" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L905" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="906" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A906" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B906" s="4">
+        <v>10</v>
+      </c>
+      <c r="C906" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D906" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E906" s="6">
+        <v>109480</v>
+      </c>
+      <c r="F906" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G906" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H906" s="1" t="s">
+        <v>2445</v>
+      </c>
+      <c r="I906" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="J906" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="K906" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="L906" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="907" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A907" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B907" s="4">
+        <v>10</v>
+      </c>
+      <c r="C907" s="5">
+        <v>45965</v>
+      </c>
+      <c r="D907" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="E907" s="6">
+        <v>913540</v>
+      </c>
+      <c r="F907" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G907" s="7" t="s">
+        <v>639</v>
+      </c>
+      <c r="H907" s="1" t="s">
+        <v>2446</v>
+      </c>
+      <c r="I907" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="J907" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K907" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L907" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="908" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A908" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B908" s="4">
+        <v>10</v>
+      </c>
+      <c r="C908" s="5">
+        <v>45965</v>
+      </c>
+      <c r="D908" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="E908" s="6">
+        <v>797477</v>
+      </c>
+      <c r="F908" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G908" s="7" t="s">
+        <v>639</v>
+      </c>
+      <c r="H908" s="1" t="s">
+        <v>2447</v>
+      </c>
+      <c r="I908" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="J908" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K908" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L908" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="909" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A909" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B909" s="4">
+        <v>10</v>
+      </c>
+      <c r="C909" s="5">
+        <v>45964</v>
+      </c>
+      <c r="D909" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="E909" s="6">
+        <v>7000000</v>
+      </c>
+      <c r="F909" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G909" s="7" t="s">
+        <v>259</v>
+      </c>
+      <c r="H909" s="1" t="s">
+        <v>2448</v>
+      </c>
+      <c r="I909" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="J909" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K909" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L909" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="910" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A910" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B910" s="4">
+        <v>10</v>
+      </c>
+      <c r="C910" s="5">
+        <v>45965</v>
+      </c>
+      <c r="D910" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E11" s="5">
+      <c r="E910" s="6">
+        <v>7044743</v>
+      </c>
+      <c r="F910" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G910" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H910" s="1" t="s">
+        <v>2449</v>
+      </c>
+      <c r="I910" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J910" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K910" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L910" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="911" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A911" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B911" s="4">
+        <v>11</v>
+      </c>
+      <c r="C911" s="5">
+        <v>45966</v>
+      </c>
+      <c r="D911" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E911" s="6">
+        <v>5000000</v>
+      </c>
+      <c r="F911" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G911" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H911" s="1" t="s">
+        <v>2450</v>
+      </c>
+      <c r="I911" s="1" t="s">
+        <v>2451</v>
+      </c>
+      <c r="J911" s="8" t="s">
+        <v>2452</v>
+      </c>
+      <c r="K911" s="8" t="s">
+        <v>566</v>
+      </c>
+      <c r="L911" s="8" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="912" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A912" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B912" s="4">
+        <v>11</v>
+      </c>
+      <c r="C912" s="5">
+        <v>45966</v>
+      </c>
+      <c r="D912" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E912" s="6">
+        <v>3000000</v>
+      </c>
+      <c r="F912" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G912" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H912" s="1" t="s">
+        <v>2453</v>
+      </c>
+      <c r="I912" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="J912" s="8" t="s">
+        <v>1611</v>
+      </c>
+      <c r="K912" s="8" t="s">
+        <v>1612</v>
+      </c>
+      <c r="L912" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="913" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A913" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B913" s="4">
+        <v>11</v>
+      </c>
+      <c r="C913" s="5">
+        <v>45966</v>
+      </c>
+      <c r="D913" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E913" s="6">
+        <v>5000000</v>
+      </c>
+      <c r="F913" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G913" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H913" s="1" t="s">
+        <v>2454</v>
+      </c>
+      <c r="I913" s="1" t="s">
+        <v>2455</v>
+      </c>
+      <c r="J913" s="8" t="s">
+        <v>2456</v>
+      </c>
+      <c r="K913" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L913" s="8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="914" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A914" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B914" s="4">
+        <v>11</v>
+      </c>
+      <c r="C914" s="5">
+        <v>45966</v>
+      </c>
+      <c r="D914" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E914" s="6">
+        <v>5000000</v>
+      </c>
+      <c r="F914" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G914" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H914" s="1" t="s">
+        <v>2457</v>
+      </c>
+      <c r="I914" s="1" t="s">
+        <v>2458</v>
+      </c>
+      <c r="J914" s="8" t="s">
+        <v>2459</v>
+      </c>
+      <c r="K914" s="8" t="s">
+        <v>2460</v>
+      </c>
+      <c r="L914" s="8" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="915" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A915" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B915" s="4">
+        <v>11</v>
+      </c>
+      <c r="C915" s="5">
+        <v>45966</v>
+      </c>
+      <c r="D915" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E915" s="6">
+        <v>5000000</v>
+      </c>
+      <c r="F915" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G915" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H915" s="1" t="s">
+        <v>2461</v>
+      </c>
+      <c r="I915" s="1" t="s">
+        <v>2462</v>
+      </c>
+      <c r="J915" s="8" t="s">
+        <v>901</v>
+      </c>
+      <c r="K915" s="8" t="s">
+        <v>362</v>
+      </c>
+      <c r="L915" s="8" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="916" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A916" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B916" s="4">
+        <v>11</v>
+      </c>
+      <c r="C916" s="5">
+        <v>45966</v>
+      </c>
+      <c r="D916" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E916" s="6">
+        <v>5000000</v>
+      </c>
+      <c r="F916" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G916" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H916" s="1" t="s">
+        <v>2463</v>
+      </c>
+      <c r="I916" s="1" t="s">
+        <v>2464</v>
+      </c>
+      <c r="J916" s="8" t="s">
+        <v>2465</v>
+      </c>
+      <c r="K916" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="L916" s="8" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="917" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A917" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B917" s="4">
+        <v>11</v>
+      </c>
+      <c r="C917" s="5">
+        <v>45967</v>
+      </c>
+      <c r="D917" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E917" s="6">
+        <v>39044575</v>
+      </c>
+      <c r="F917" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G917" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="H917" s="1" t="s">
+        <v>2466</v>
+      </c>
+      <c r="I917" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J917" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K917" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L917" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="918" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A918" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B918" s="4">
+        <v>11</v>
+      </c>
+      <c r="C918" s="5">
+        <v>45967</v>
+      </c>
+      <c r="D918" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E918" s="6">
+        <v>1433760</v>
+      </c>
+      <c r="F918" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G918" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H918" s="1" t="s">
+        <v>2466</v>
+      </c>
+      <c r="I918" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J918" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K918" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L918" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="919" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A919" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B919" s="4">
+        <v>11</v>
+      </c>
+      <c r="C919" s="5">
+        <v>45967</v>
+      </c>
+      <c r="D919" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E919" s="6">
+        <v>235502</v>
+      </c>
+      <c r="F919" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G919" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H919" s="1" t="s">
+        <v>2467</v>
+      </c>
+      <c r="I919" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J919" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K919" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L919" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="920" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A920" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B920" s="4">
+        <v>11</v>
+      </c>
+      <c r="C920" s="5">
+        <v>45966</v>
+      </c>
+      <c r="D920" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E920" s="6">
+        <v>20000000</v>
+      </c>
+      <c r="F920" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G920" s="7" t="s">
+        <v>1423</v>
+      </c>
+      <c r="H920" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="I920" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="J920" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K920" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L920" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="921" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A921" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B921" s="4">
+        <v>11</v>
+      </c>
+      <c r="C921" s="5">
+        <v>45968</v>
+      </c>
+      <c r="D921" s="1" t="s">
+        <v>2468</v>
+      </c>
+      <c r="E921" s="6">
+        <v>5000000</v>
+      </c>
+      <c r="F921" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G921" s="7" t="s">
+        <v>2469</v>
+      </c>
+      <c r="H921" s="1" t="s">
+        <v>2470</v>
+      </c>
+      <c r="I921" s="1" t="s">
+        <v>2471</v>
+      </c>
+      <c r="J921" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K921" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L921" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="922" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A922" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B922" s="4">
+        <v>11</v>
+      </c>
+      <c r="C922" s="5">
+        <v>45966</v>
+      </c>
+      <c r="D922" s="1" t="s">
+        <v>2472</v>
+      </c>
+      <c r="E922" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F922" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G922" s="7" t="s">
+        <v>2473</v>
+      </c>
+      <c r="H922" s="1" t="s">
+        <v>2474</v>
+      </c>
+      <c r="I922" s="1" t="s">
+        <v>2475</v>
+      </c>
+      <c r="J922" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K922" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L922" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="923" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A923" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B923" s="4">
+        <v>11</v>
+      </c>
+      <c r="C923" s="5">
+        <v>45966</v>
+      </c>
+      <c r="D923" s="1" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E923" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F923" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G923" s="7" t="s">
+        <v>2477</v>
+      </c>
+      <c r="H923" s="1" t="s">
+        <v>2478</v>
+      </c>
+      <c r="I923" s="1" t="s">
+        <v>2479</v>
+      </c>
+      <c r="J923" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K923" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L923" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="924" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A924" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B924" s="4">
+        <v>11</v>
+      </c>
+      <c r="C924" s="5">
+        <v>45966</v>
+      </c>
+      <c r="D924" s="1" t="s">
+        <v>2480</v>
+      </c>
+      <c r="E924" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F924" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G924" s="7" t="s">
+        <v>2481</v>
+      </c>
+      <c r="H924" s="1" t="s">
+        <v>2482</v>
+      </c>
+      <c r="I924" s="1" t="s">
+        <v>2483</v>
+      </c>
+      <c r="J924" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K924" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L924" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="925" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A925" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B925" s="4">
+        <v>11</v>
+      </c>
+      <c r="C925" s="5">
+        <v>45968</v>
+      </c>
+      <c r="D925" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="E925" s="6">
+        <v>1730000</v>
+      </c>
+      <c r="F925" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G925" s="7" t="s">
+        <v>555</v>
+      </c>
+      <c r="H925" s="1" t="s">
+        <v>2484</v>
+      </c>
+      <c r="I925" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="J925" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K925" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L925" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="926" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A926" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B926" s="4">
+        <v>11</v>
+      </c>
+      <c r="C926" s="5">
+        <v>45967</v>
+      </c>
+      <c r="D926" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E926" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F926" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G926" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H926" s="1" t="s">
+        <v>2485</v>
+      </c>
+      <c r="I926" s="1" t="s">
+        <v>2486</v>
+      </c>
+      <c r="J926" s="8" t="s">
+        <v>2487</v>
+      </c>
+      <c r="K926" s="8" t="s">
+        <v>561</v>
+      </c>
+      <c r="L926" s="8" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="927" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A927" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B927" s="4">
+        <v>11</v>
+      </c>
+      <c r="C927" s="5">
+        <v>45967</v>
+      </c>
+      <c r="D927" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E927" s="6">
+        <v>90000</v>
+      </c>
+      <c r="F927" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G927" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H927" s="1" t="s">
+        <v>2488</v>
+      </c>
+      <c r="I927" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="J927" s="8" t="s">
+        <v>621</v>
+      </c>
+      <c r="K927" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L927" s="8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="928" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A928" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B928" s="4">
+        <v>11</v>
+      </c>
+      <c r="C928" s="5">
+        <v>45967</v>
+      </c>
+      <c r="D928" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E928" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F928" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G928" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H928" s="1" t="s">
+        <v>2489</v>
+      </c>
+      <c r="I928" s="1" t="s">
+        <v>2490</v>
+      </c>
+      <c r="J928" s="8" t="s">
+        <v>2491</v>
+      </c>
+      <c r="K928" s="8" t="s">
+        <v>2492</v>
+      </c>
+      <c r="L928" s="8" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="929" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A929" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B929" s="4">
+        <v>11</v>
+      </c>
+      <c r="C929" s="5">
+        <v>45967</v>
+      </c>
+      <c r="D929" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E929" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F929" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G929" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H929" s="1" t="s">
+        <v>2493</v>
+      </c>
+      <c r="I929" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="J929" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K929" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="L929" s="8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="930" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A930" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B930" s="4">
+        <v>11</v>
+      </c>
+      <c r="C930" s="5">
+        <v>45967</v>
+      </c>
+      <c r="D930" s="1" t="s">
+        <v>2494</v>
+      </c>
+      <c r="E930" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F930" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G930" s="7" t="s">
+        <v>2495</v>
+      </c>
+      <c r="H930" s="1" t="s">
+        <v>2496</v>
+      </c>
+      <c r="I930" s="1" t="s">
+        <v>1988</v>
+      </c>
+      <c r="J930" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K930" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L930" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="931" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A931" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B931" s="4">
+        <v>11</v>
+      </c>
+      <c r="C931" s="5">
+        <v>45967</v>
+      </c>
+      <c r="D931" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E931" s="6">
+        <v>33475000</v>
+      </c>
+      <c r="F931" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G931" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H931" s="1" t="s">
+        <v>2497</v>
+      </c>
+      <c r="I931" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J931" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K931" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L931" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="932" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A932" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B932" s="4">
+        <v>11</v>
+      </c>
+      <c r="C932" s="5">
+        <v>45979</v>
+      </c>
+      <c r="D932" s="1" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E932" s="6">
+        <v>1500000</v>
+      </c>
+      <c r="F932" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G932" s="7" t="s">
+        <v>2499</v>
+      </c>
+      <c r="H932" s="1" t="s">
+        <v>2500</v>
+      </c>
+      <c r="I932" s="1" t="s">
+        <v>2501</v>
+      </c>
+      <c r="J932" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K932" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L932" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="933" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A933" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B933" s="4">
+        <v>11</v>
+      </c>
+      <c r="C933" s="5">
+        <v>45972</v>
+      </c>
+      <c r="D933" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E933" s="6">
+        <v>1458400</v>
+      </c>
+      <c r="F933" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G933" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H933" s="1" t="s">
+        <v>2502</v>
+      </c>
+      <c r="I933" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J933" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K933" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L933" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="934" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A934" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B934" s="4">
+        <v>11</v>
+      </c>
+      <c r="C934" s="5">
+        <v>45972</v>
+      </c>
+      <c r="D934" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E934" s="6">
+        <v>12849480</v>
+      </c>
+      <c r="F934" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G934" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H934" s="1" t="s">
+        <v>2503</v>
+      </c>
+      <c r="I934" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J934" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K934" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L934" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="935" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A935" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B935" s="4">
+        <v>11</v>
+      </c>
+      <c r="C935" s="5">
+        <v>45972</v>
+      </c>
+      <c r="D935" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E935" s="6">
+        <v>39245322</v>
+      </c>
+      <c r="F935" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G935" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H935" s="1" t="s">
+        <v>2504</v>
+      </c>
+      <c r="I935" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J935" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K935" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L935" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="936" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A936" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B936" s="4">
+        <v>11</v>
+      </c>
+      <c r="C936" s="5">
+        <v>45971</v>
+      </c>
+      <c r="D936" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E936" s="6">
+        <v>11010946</v>
+      </c>
+      <c r="F936" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G936" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H936" s="1" t="s">
+        <v>2505</v>
+      </c>
+      <c r="I936" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J936" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K936" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L936" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="937" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A937" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B937" s="4">
+        <v>11</v>
+      </c>
+      <c r="C937" s="5">
+        <v>45978</v>
+      </c>
+      <c r="D937" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E937" s="6">
+        <v>301070</v>
+      </c>
+      <c r="F937" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G937" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H937" s="1" t="s">
+        <v>2506</v>
+      </c>
+      <c r="I937" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="J937" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K937" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L937" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="938" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A938" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B938" s="4">
+        <v>11</v>
+      </c>
+      <c r="C938" s="5">
+        <v>45989</v>
+      </c>
+      <c r="D938" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E938" s="6">
+        <v>1984825</v>
+      </c>
+      <c r="F938" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G938" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H938" s="1" t="s">
+        <v>2507</v>
+      </c>
+      <c r="I938" s="1" t="s">
+        <v>2508</v>
+      </c>
+      <c r="J938" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K938" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L938" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="939" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A939" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B939" s="4">
+        <v>11</v>
+      </c>
+      <c r="C939" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D939" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E939" s="6">
+        <v>110156</v>
+      </c>
+      <c r="F939" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G939" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H939" s="1" t="s">
+        <v>2509</v>
+      </c>
+      <c r="I939" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J939" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K939" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L939" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="940" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A940" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B940" s="4">
+        <v>11</v>
+      </c>
+      <c r="C940" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D940" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E940" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F940" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G940" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H940" s="1" t="s">
+        <v>2510</v>
+      </c>
+      <c r="I940" s="1" t="s">
+        <v>2511</v>
+      </c>
+      <c r="J940" s="8" t="s">
+        <v>2512</v>
+      </c>
+      <c r="K940" s="8" t="s">
+        <v>1039</v>
+      </c>
+      <c r="L940" s="8" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="941" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A941" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B941" s="4">
+        <v>11</v>
+      </c>
+      <c r="C941" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D941" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E941" s="6">
+        <v>116000</v>
+      </c>
+      <c r="F941" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G941" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H941" s="1" t="s">
+        <v>2513</v>
+      </c>
+      <c r="I941" s="1" t="s">
+        <v>2514</v>
+      </c>
+      <c r="J941" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="K941" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L941" s="8" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="942" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A942" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B942" s="4">
+        <v>11</v>
+      </c>
+      <c r="C942" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D942" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E942" s="6">
+        <v>130000</v>
+      </c>
+      <c r="F942" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G942" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H942" s="1" t="s">
+        <v>2515</v>
+      </c>
+      <c r="I942" s="1" t="s">
+        <v>2516</v>
+      </c>
+      <c r="J942" s="8" t="s">
+        <v>2517</v>
+      </c>
+      <c r="K942" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L942" s="8" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="943" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A943" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B943" s="4">
+        <v>11</v>
+      </c>
+      <c r="C943" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D943" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E943" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F943" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G943" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H943" s="1" t="s">
+        <v>2518</v>
+      </c>
+      <c r="I943" s="1" t="s">
+        <v>2519</v>
+      </c>
+      <c r="J943" s="8" t="s">
+        <v>2520</v>
+      </c>
+      <c r="K943" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="L943" s="8" t="s">
+        <v>2521</v>
+      </c>
+    </row>
+    <row r="944" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A944" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B944" s="4">
+        <v>11</v>
+      </c>
+      <c r="C944" s="5">
+        <v>45980</v>
+      </c>
+      <c r="D944" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E944" s="6">
+        <v>250000</v>
+      </c>
+      <c r="F944" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G944" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H944" s="1" t="s">
+        <v>2522</v>
+      </c>
+      <c r="I944" s="1" t="s">
+        <v>2523</v>
+      </c>
+      <c r="J944" s="8" t="s">
+        <v>501</v>
+      </c>
+      <c r="K944" s="8" t="s">
+        <v>2524</v>
+      </c>
+      <c r="L944" s="8" t="s">
+        <v>2356</v>
+      </c>
+    </row>
+    <row r="945" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A945" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B945" s="4">
+        <v>11</v>
+      </c>
+      <c r="C945" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D945" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E945" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F945" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G945" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H945" s="1" t="s">
+        <v>2525</v>
+      </c>
+      <c r="I945" s="1" t="s">
+        <v>2526</v>
+      </c>
+      <c r="J945" s="8" t="s">
+        <v>2527</v>
+      </c>
+      <c r="K945" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="L945" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="946" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A946" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B946" s="4">
+        <v>11</v>
+      </c>
+      <c r="C946" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D946" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E946" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F946" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G946" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H946" s="1" t="s">
+        <v>2528</v>
+      </c>
+      <c r="I946" s="1" t="s">
+        <v>2529</v>
+      </c>
+      <c r="J946" s="8" t="s">
+        <v>2530</v>
+      </c>
+      <c r="K946" s="8" t="s">
+        <v>433</v>
+      </c>
+      <c r="L946" s="8" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="947" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A947" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B947" s="4">
+        <v>11</v>
+      </c>
+      <c r="C947" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D947" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E947" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F947" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G947" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H947" s="1" t="s">
+        <v>2531</v>
+      </c>
+      <c r="I947" s="1" t="s">
+        <v>2532</v>
+      </c>
+      <c r="J947" s="8" t="s">
+        <v>2533</v>
+      </c>
+      <c r="K947" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="L947" s="8" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="948" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A948" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B948" s="4">
+        <v>11</v>
+      </c>
+      <c r="C948" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D948" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E948" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F948" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G948" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H948" s="1" t="s">
+        <v>2534</v>
+      </c>
+      <c r="I948" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="J948" s="8" t="s">
+        <v>692</v>
+      </c>
+      <c r="K948" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="L948" s="8" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="949" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A949" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B949" s="4">
+        <v>11</v>
+      </c>
+      <c r="C949" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D949" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E949" s="6">
+        <v>180000</v>
+      </c>
+      <c r="F949" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G949" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H949" s="1" t="s">
+        <v>2535</v>
+      </c>
+      <c r="I949" s="1" t="s">
+        <v>2536</v>
+      </c>
+      <c r="J949" s="8" t="s">
+        <v>2537</v>
+      </c>
+      <c r="K949" s="8" t="s">
+        <v>523</v>
+      </c>
+      <c r="L949" s="8" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="950" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A950" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B950" s="4">
+        <v>11</v>
+      </c>
+      <c r="C950" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D950" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E950" s="6">
         <v>100000</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" s="6" t="s">
+      <c r="F950" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G950" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H950" s="1" t="s">
+        <v>2538</v>
+      </c>
+      <c r="I950" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="J950" s="8" t="s">
+        <v>1230</v>
+      </c>
+      <c r="K950" s="8" t="s">
+        <v>652</v>
+      </c>
+      <c r="L950" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="951" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A951" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B951" s="4">
+        <v>11</v>
+      </c>
+      <c r="C951" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D951" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E951" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F951" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G951" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H951" s="1" t="s">
+        <v>2539</v>
+      </c>
+      <c r="I951" s="1" t="s">
+        <v>2540</v>
+      </c>
+      <c r="J951" s="8" t="s">
+        <v>2541</v>
+      </c>
+      <c r="K951" s="8" t="s">
+        <v>362</v>
+      </c>
+      <c r="L951" s="8" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="952" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A952" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B952" s="4">
+        <v>11</v>
+      </c>
+      <c r="C952" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D952" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E952" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F952" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G952" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H952" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="I952" s="1" t="s">
+        <v>2543</v>
+      </c>
+      <c r="J952" s="8" t="s">
+        <v>2544</v>
+      </c>
+      <c r="K952" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="L952" s="8" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="953" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A953" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B953" s="4">
+        <v>11</v>
+      </c>
+      <c r="C953" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D953" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E953" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F953" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G953" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H953" s="1" t="s">
+        <v>2545</v>
+      </c>
+      <c r="I953" s="1" t="s">
+        <v>2546</v>
+      </c>
+      <c r="J953" s="8" t="s">
+        <v>2547</v>
+      </c>
+      <c r="K953" s="8" t="s">
+        <v>2548</v>
+      </c>
+      <c r="L953" s="8" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="954" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A954" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B954" s="4">
+        <v>11</v>
+      </c>
+      <c r="C954" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D954" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E954" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F954" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G954" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H954" s="1" t="s">
+        <v>2549</v>
+      </c>
+      <c r="I954" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="J954" s="8" t="s">
+        <v>505</v>
+      </c>
+      <c r="K954" s="8" t="s">
+        <v>506</v>
+      </c>
+      <c r="L954" s="8" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="955" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A955" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B955" s="4">
+        <v>11</v>
+      </c>
+      <c r="C955" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D955" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E955" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F955" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G955" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H955" s="1" t="s">
+        <v>2550</v>
+      </c>
+      <c r="I955" s="1" t="s">
+        <v>2551</v>
+      </c>
+      <c r="J955" s="8" t="s">
+        <v>2552</v>
+      </c>
+      <c r="K955" s="8" t="s">
+        <v>851</v>
+      </c>
+      <c r="L955" s="8" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="956" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A956" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B956" s="4">
+        <v>11</v>
+      </c>
+      <c r="C956" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D956" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E956" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F956" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G956" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H956" s="1" t="s">
+        <v>2553</v>
+      </c>
+      <c r="I956" s="1" t="s">
+        <v>2554</v>
+      </c>
+      <c r="J956" s="8" t="s">
+        <v>2555</v>
+      </c>
+      <c r="K956" s="8" t="s">
+        <v>305</v>
+      </c>
+      <c r="L956" s="8" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="957" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A957" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B957" s="4">
+        <v>11</v>
+      </c>
+      <c r="C957" s="5">
+        <v>45974</v>
+      </c>
+      <c r="D957" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E957" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F957" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G957" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H957" s="1" t="s">
+        <v>2556</v>
+      </c>
+      <c r="I957" s="1" t="s">
+        <v>2557</v>
+      </c>
+      <c r="J957" s="8" t="s">
+        <v>2558</v>
+      </c>
+      <c r="K957" s="8" t="s">
+        <v>2167</v>
+      </c>
+      <c r="L957" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="958" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A958" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B958" s="4">
+        <v>11</v>
+      </c>
+      <c r="C958" s="5">
+        <v>45980</v>
+      </c>
+      <c r="D958" s="1" t="s">
+        <v>2559</v>
+      </c>
+      <c r="E958" s="6">
+        <v>1200000</v>
+      </c>
+      <c r="F958" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G958" s="7" t="s">
+        <v>2560</v>
+      </c>
+      <c r="H958" s="1" t="s">
+        <v>2561</v>
+      </c>
+      <c r="I958" s="1" t="s">
+        <v>2562</v>
+      </c>
+      <c r="J958" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K958" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L958" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="959" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A959" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B959" s="4">
+        <v>11</v>
+      </c>
+      <c r="C959" s="5">
+        <v>45975</v>
+      </c>
+      <c r="D959" s="1" t="s">
+        <v>2563</v>
+      </c>
+      <c r="E959" s="6">
+        <v>500000</v>
+      </c>
+      <c r="F959" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G959" s="7" t="s">
+        <v>2564</v>
+      </c>
+      <c r="H959" s="1" t="s">
+        <v>2565</v>
+      </c>
+      <c r="I959" s="1" t="s">
+        <v>2566</v>
+      </c>
+      <c r="J959" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K959" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L959" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="960" spans="1:12" ht="75" x14ac:dyDescent="0.25">
+      <c r="A960" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B960" s="4">
+        <v>11</v>
+      </c>
+      <c r="C960" s="5">
+        <v>45978</v>
+      </c>
+      <c r="D960" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E960" s="6">
+        <v>49274884</v>
+      </c>
+      <c r="F960" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G960" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="H11" t="s">
+      <c r="H960" s="1" t="s">
+        <v>2567</v>
+      </c>
+      <c r="I960" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J960" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K960" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L960" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="961" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A961" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B961" s="4">
+        <v>11</v>
+      </c>
+      <c r="C961" s="5">
+        <v>45985</v>
+      </c>
+      <c r="D961" s="1" t="s">
+        <v>2568</v>
+      </c>
+      <c r="E961" s="6">
+        <v>3000000</v>
+      </c>
+      <c r="F961" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G961" s="7" t="s">
+        <v>2569</v>
+      </c>
+      <c r="H961" s="1" t="s">
+        <v>2570</v>
+      </c>
+      <c r="I961" s="1" t="s">
+        <v>2571</v>
+      </c>
+      <c r="J961" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K961" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L961" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="962" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A962" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B962" s="4">
+        <v>11</v>
+      </c>
+      <c r="C962" s="5">
+        <v>45981</v>
+      </c>
+      <c r="D962" s="1" t="s">
+        <v>2224</v>
+      </c>
+      <c r="E962" s="6">
+        <v>15750000</v>
+      </c>
+      <c r="F962" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G962" s="7" t="s">
+        <v>2225</v>
+      </c>
+      <c r="H962" s="1" t="s">
+        <v>2572</v>
+      </c>
+      <c r="I962" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J962" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K962" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L962" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="963" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A963" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B963" s="4">
+        <v>11</v>
+      </c>
+      <c r="C963" s="5">
+        <v>45979</v>
+      </c>
+      <c r="D963" s="1" t="s">
+        <v>2573</v>
+      </c>
+      <c r="E963" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F963" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G963" s="7" t="s">
+        <v>2574</v>
+      </c>
+      <c r="H963" s="1" t="s">
+        <v>2575</v>
+      </c>
+      <c r="I963" s="1" t="s">
+        <v>2576</v>
+      </c>
+      <c r="J963" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K963" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L963" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="964" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A964" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B964" s="4">
+        <v>11</v>
+      </c>
+      <c r="C964" s="5">
+        <v>45979</v>
+      </c>
+      <c r="D964" s="1" t="s">
+        <v>2577</v>
+      </c>
+      <c r="E964" s="6">
+        <v>500000</v>
+      </c>
+      <c r="F964" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G964" s="7" t="s">
+        <v>2578</v>
+      </c>
+      <c r="H964" s="1" t="s">
+        <v>2579</v>
+      </c>
+      <c r="I964" s="1" t="s">
+        <v>2580</v>
+      </c>
+      <c r="J964" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K964" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L964" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="965" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A965" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B965" s="4">
+        <v>11</v>
+      </c>
+      <c r="C965" s="5">
+        <v>45979</v>
+      </c>
+      <c r="D965" s="1" t="s">
+        <v>2581</v>
+      </c>
+      <c r="E965" s="6">
+        <v>1390000</v>
+      </c>
+      <c r="F965" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G965" s="7" t="s">
+        <v>2582</v>
+      </c>
+      <c r="H965" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="I965" s="1" t="s">
+        <v>2584</v>
+      </c>
+      <c r="J965" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K965" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L965" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="966" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A966" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B966" s="4">
+        <v>11</v>
+      </c>
+      <c r="C966" s="5">
+        <v>45979</v>
+      </c>
+      <c r="D966" s="1" t="s">
+        <v>2585</v>
+      </c>
+      <c r="E966" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F966" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G966" s="7" t="s">
+        <v>2586</v>
+      </c>
+      <c r="H966" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="I966" s="1" t="s">
+        <v>2588</v>
+      </c>
+      <c r="J966" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K966" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L966" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="967" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A967" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B967" s="4">
+        <v>11</v>
+      </c>
+      <c r="C967" s="5">
+        <v>45978</v>
+      </c>
+      <c r="D967" s="1" t="s">
+        <v>2589</v>
+      </c>
+      <c r="E967" s="6">
+        <v>3500000</v>
+      </c>
+      <c r="F967" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G967" s="7" t="s">
+        <v>2590</v>
+      </c>
+      <c r="H967" s="1" t="s">
+        <v>2591</v>
+      </c>
+      <c r="I967" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="J967" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K967" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L967" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="968" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A968" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B968" s="4">
+        <v>11</v>
+      </c>
+      <c r="C968" s="5">
+        <v>46003</v>
+      </c>
+      <c r="D968" s="1" t="s">
+        <v>2592</v>
+      </c>
+      <c r="E968" s="6">
+        <v>4708200</v>
+      </c>
+      <c r="F968" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G968" s="7" t="s">
+        <v>2593</v>
+      </c>
+      <c r="H968" s="1" t="s">
+        <v>2594</v>
+      </c>
+      <c r="I968" s="1" t="s">
+        <v>2595</v>
+      </c>
+      <c r="J968" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K968" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L968" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="969" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A969" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B969" s="4">
+        <v>11</v>
+      </c>
+      <c r="C969" s="5">
+        <v>45980</v>
+      </c>
+      <c r="D969" s="1" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E969" s="6">
+        <v>1300000</v>
+      </c>
+      <c r="F969" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G969" s="7" t="s">
+        <v>2597</v>
+      </c>
+      <c r="H969" s="1" t="s">
+        <v>2598</v>
+      </c>
+      <c r="I969" s="1" t="s">
+        <v>2599</v>
+      </c>
+      <c r="J969" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K969" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L969" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="970" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A970" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B970" s="4">
+        <v>11</v>
+      </c>
+      <c r="C970" s="5">
+        <v>45982</v>
+      </c>
+      <c r="D970" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="E970" s="6">
+        <v>4750000</v>
+      </c>
+      <c r="F970" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G970" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="H970" s="1" t="s">
+        <v>2600</v>
+      </c>
+      <c r="I970" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="J970" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K970" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L970" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="971" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A971" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B971" s="4">
+        <v>11</v>
+      </c>
+      <c r="C971" s="5">
+        <v>45986</v>
+      </c>
+      <c r="D971" s="1" t="s">
+        <v>2601</v>
+      </c>
+      <c r="E971" s="6">
+        <v>4000000</v>
+      </c>
+      <c r="F971" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G971" s="7" t="s">
+        <v>2602</v>
+      </c>
+      <c r="H971" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="I971" s="1" t="s">
+        <v>2604</v>
+      </c>
+      <c r="J971" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K971" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L971" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="972" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A972" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B972" s="4">
+        <v>11</v>
+      </c>
+      <c r="C972" s="5">
+        <v>45986</v>
+      </c>
+      <c r="D972" s="1" t="s">
+        <v>2605</v>
+      </c>
+      <c r="E972" s="6">
+        <v>910000</v>
+      </c>
+      <c r="F972" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G972" s="7" t="s">
+        <v>2606</v>
+      </c>
+      <c r="H972" s="1" t="s">
+        <v>2607</v>
+      </c>
+      <c r="I972" s="1" t="s">
+        <v>2608</v>
+      </c>
+      <c r="J972" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K972" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L972" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="973" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A973" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B973" s="4">
+        <v>11</v>
+      </c>
+      <c r="C973" s="5">
+        <v>45987</v>
+      </c>
+      <c r="D973" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E973" s="6">
+        <v>73500000</v>
+      </c>
+      <c r="F973" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G973" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H973" s="1" t="s">
+        <v>2609</v>
+      </c>
+      <c r="I973" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J973" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K973" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L973" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="974" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A974" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B974" s="4">
+        <v>11</v>
+      </c>
+      <c r="C974" s="5">
+        <v>45986</v>
+      </c>
+      <c r="D974" s="1" t="s">
+        <v>2610</v>
+      </c>
+      <c r="E974" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F974" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G974" s="7" t="s">
+        <v>2611</v>
+      </c>
+      <c r="H974" s="1" t="s">
+        <v>2612</v>
+      </c>
+      <c r="I974" s="1" t="s">
+        <v>2317</v>
+      </c>
+      <c r="J974" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K974" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L974" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="975" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A975" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B975" s="4">
+        <v>11</v>
+      </c>
+      <c r="C975" s="5">
+        <v>45986</v>
+      </c>
+      <c r="D975" s="1" t="s">
+        <v>2613</v>
+      </c>
+      <c r="E975" s="6">
+        <v>1500000</v>
+      </c>
+      <c r="F975" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G975" s="7" t="s">
+        <v>2614</v>
+      </c>
+      <c r="H975" s="1" t="s">
+        <v>2615</v>
+      </c>
+      <c r="I975" s="1" t="s">
+        <v>2616</v>
+      </c>
+      <c r="J975" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K975" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L975" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="976" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A976" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B976" s="4">
+        <v>11</v>
+      </c>
+      <c r="C976" s="5">
+        <v>45982</v>
+      </c>
+      <c r="D976" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="I11" t="s">
+      <c r="E976" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F976" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G976" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="J11" t="s">
-[...19 lines deleted...]
-      <c r="D12" t="s">
+      <c r="H976" s="1" t="s">
+        <v>2617</v>
+      </c>
+      <c r="I976" s="1" t="s">
+        <v>2618</v>
+      </c>
+      <c r="J976" s="8" t="s">
+        <v>2619</v>
+      </c>
+      <c r="K976" s="8" t="s">
+        <v>1140</v>
+      </c>
+      <c r="L976" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="977" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A977" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B977" s="4">
+        <v>11</v>
+      </c>
+      <c r="C977" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D977" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E977" s="6">
+        <v>13699021</v>
+      </c>
+      <c r="F977" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G977" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H977" s="1" t="s">
+        <v>2620</v>
+      </c>
+      <c r="I977" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J977" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K977" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L977" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="978" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A978" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B978" s="4">
+        <v>11</v>
+      </c>
+      <c r="C978" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D978" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E978" s="6">
+        <v>15551585</v>
+      </c>
+      <c r="F978" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G978" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H978" s="1" t="s">
+        <v>2621</v>
+      </c>
+      <c r="I978" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J978" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K978" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L978" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="979" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A979" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B979" s="4">
+        <v>11</v>
+      </c>
+      <c r="C979" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D979" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E979" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F979" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G979" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H979" s="1" t="s">
+        <v>2622</v>
+      </c>
+      <c r="I979" s="1" t="s">
+        <v>2623</v>
+      </c>
+      <c r="J979" s="8" t="s">
+        <v>599</v>
+      </c>
+      <c r="K979" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L979" s="8" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="980" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A980" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B980" s="4">
+        <v>11</v>
+      </c>
+      <c r="C980" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D980" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E980" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F980" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G980" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H980" s="1" t="s">
+        <v>2624</v>
+      </c>
+      <c r="I980" s="1" t="s">
+        <v>2625</v>
+      </c>
+      <c r="J980" s="8" t="s">
+        <v>2626</v>
+      </c>
+      <c r="K980" s="8" t="s">
+        <v>2627</v>
+      </c>
+      <c r="L980" s="8" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="981" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A981" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B981" s="4">
+        <v>11</v>
+      </c>
+      <c r="C981" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D981" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E981" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F981" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G981" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H981" s="1" t="s">
+        <v>2628</v>
+      </c>
+      <c r="I981" s="1" t="s">
+        <v>2629</v>
+      </c>
+      <c r="J981" s="8" t="s">
+        <v>2630</v>
+      </c>
+      <c r="K981" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="L981" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="982" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A982" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B982" s="4">
+        <v>11</v>
+      </c>
+      <c r="C982" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D982" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E982" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F982" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G982" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H982" s="1" t="s">
+        <v>2631</v>
+      </c>
+      <c r="I982" s="1" t="s">
+        <v>2632</v>
+      </c>
+      <c r="J982" s="8" t="s">
+        <v>2633</v>
+      </c>
+      <c r="K982" s="8" t="s">
+        <v>2634</v>
+      </c>
+      <c r="L982" s="8" t="s">
+        <v>2634</v>
+      </c>
+    </row>
+    <row r="983" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A983" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B983" s="4">
+        <v>11</v>
+      </c>
+      <c r="C983" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D983" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E983" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F983" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G983" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H983" s="1" t="s">
+        <v>2635</v>
+      </c>
+      <c r="I983" s="1" t="s">
+        <v>2636</v>
+      </c>
+      <c r="J983" s="8" t="s">
+        <v>2637</v>
+      </c>
+      <c r="K983" s="8" t="s">
+        <v>432</v>
+      </c>
+      <c r="L983" s="8" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="984" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A984" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B984" s="4">
+        <v>11</v>
+      </c>
+      <c r="C984" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D984" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E984" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F984" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G984" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H984" s="1" t="s">
+        <v>2638</v>
+      </c>
+      <c r="I984" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="J984" s="8" t="s">
+        <v>719</v>
+      </c>
+      <c r="K984" s="8" t="s">
+        <v>720</v>
+      </c>
+      <c r="L984" s="8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="985" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A985" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B985" s="4">
+        <v>11</v>
+      </c>
+      <c r="C985" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D985" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E985" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F985" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G985" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H985" s="1" t="s">
+        <v>2639</v>
+      </c>
+      <c r="I985" s="1" t="s">
+        <v>2640</v>
+      </c>
+      <c r="J985" s="8" t="s">
+        <v>2641</v>
+      </c>
+      <c r="K985" s="8" t="s">
+        <v>1612</v>
+      </c>
+      <c r="L985" s="8" t="s">
+        <v>2642</v>
+      </c>
+    </row>
+    <row r="986" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A986" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B986" s="4">
+        <v>11</v>
+      </c>
+      <c r="C986" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D986" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E986" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F986" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G986" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H986" s="1" t="s">
+        <v>2643</v>
+      </c>
+      <c r="I986" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="J986" s="8" t="s">
+        <v>2645</v>
+      </c>
+      <c r="K986" s="8" t="s">
+        <v>146</v>
+      </c>
+      <c r="L986" s="8" t="s">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="987" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A987" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B987" s="4">
+        <v>11</v>
+      </c>
+      <c r="C987" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D987" s="1" t="s">
+        <v>2647</v>
+      </c>
+      <c r="E987" s="6">
+        <v>2980000</v>
+      </c>
+      <c r="F987" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G987" s="7" t="s">
+        <v>2648</v>
+      </c>
+      <c r="H987" s="1" t="s">
+        <v>2649</v>
+      </c>
+      <c r="I987" s="1" t="s">
+        <v>2650</v>
+      </c>
+      <c r="J987" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K987" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L987" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="988" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A988" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B988" s="4">
+        <v>11</v>
+      </c>
+      <c r="C988" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D988" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E988" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F988" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G988" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H988" s="1" t="s">
+        <v>2651</v>
+      </c>
+      <c r="I988" s="1" t="s">
+        <v>2652</v>
+      </c>
+      <c r="J988" s="8" t="s">
+        <v>2653</v>
+      </c>
+      <c r="K988" s="8" t="s">
+        <v>2460</v>
+      </c>
+      <c r="L988" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="989" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A989" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B989" s="4">
+        <v>11</v>
+      </c>
+      <c r="C989" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D989" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E989" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F989" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G989" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H989" s="1" t="s">
+        <v>2654</v>
+      </c>
+      <c r="I989" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="J989" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="K989" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L989" s="8" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="990" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A990" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B990" s="4">
+        <v>11</v>
+      </c>
+      <c r="C990" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D990" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E990" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F990" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G990" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H990" s="1" t="s">
+        <v>2655</v>
+      </c>
+      <c r="I990" s="1" t="s">
+        <v>2656</v>
+      </c>
+      <c r="J990" s="8" t="s">
+        <v>2657</v>
+      </c>
+      <c r="K990" s="8" t="s">
+        <v>566</v>
+      </c>
+      <c r="L990" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="991" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A991" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B991" s="4">
+        <v>11</v>
+      </c>
+      <c r="C991" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D991" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E991" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F991" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G991" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H991" s="1" t="s">
+        <v>2658</v>
+      </c>
+      <c r="I991" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="J991" s="8" t="s">
+        <v>683</v>
+      </c>
+      <c r="K991" s="8" t="s">
+        <v>684</v>
+      </c>
+      <c r="L991" s="8" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="992" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A992" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B992" s="4">
+        <v>11</v>
+      </c>
+      <c r="C992" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D992" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E992" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F992" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G992" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H992" s="1" t="s">
+        <v>2659</v>
+      </c>
+      <c r="I992" s="1" t="s">
+        <v>2660</v>
+      </c>
+      <c r="J992" s="8" t="s">
+        <v>2661</v>
+      </c>
+      <c r="K992" s="8" t="s">
+        <v>1612</v>
+      </c>
+      <c r="L992" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="993" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A993" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B993" s="4">
+        <v>11</v>
+      </c>
+      <c r="C993" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D993" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E993" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F993" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G993" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H993" s="1" t="s">
+        <v>2662</v>
+      </c>
+      <c r="I993" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="J993" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K993" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="L993" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="994" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A994" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B994" s="4">
+        <v>11</v>
+      </c>
+      <c r="C994" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D994" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E994" s="6">
+        <v>149940</v>
+      </c>
+      <c r="F994" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G994" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H994" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="I994" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="J994" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K994" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L994" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="995" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A995" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B995" s="4">
+        <v>11</v>
+      </c>
+      <c r="C995" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D995" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E995" s="6">
+        <v>387321</v>
+      </c>
+      <c r="F995" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G995" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H995" s="1" t="s">
+        <v>2664</v>
+      </c>
+      <c r="I995" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="J995" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K995" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L995" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="996" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A996" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B996" s="4">
+        <v>11</v>
+      </c>
+      <c r="C996" s="5">
+        <v>46000</v>
+      </c>
+      <c r="D996" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E996" s="6">
+        <v>151844</v>
+      </c>
+      <c r="F996" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G996" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H996" s="1" t="s">
+        <v>2665</v>
+      </c>
+      <c r="I996" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="J996" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K996" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L996" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="997" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A997" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B997" s="4">
+        <v>11</v>
+      </c>
+      <c r="C997" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D997" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E997" s="6">
+        <v>130000</v>
+      </c>
+      <c r="F997" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G997" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H997" s="1" t="s">
+        <v>2666</v>
+      </c>
+      <c r="I997" s="1" t="s">
+        <v>2667</v>
+      </c>
+      <c r="J997" s="8" t="s">
+        <v>2668</v>
+      </c>
+      <c r="K997" s="8" t="s">
+        <v>305</v>
+      </c>
+      <c r="L997" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="998" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A998" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B998" s="4">
+        <v>11</v>
+      </c>
+      <c r="C998" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D998" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E998" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F998" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G998" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H998" s="1" t="s">
+        <v>2669</v>
+      </c>
+      <c r="I998" s="1" t="s">
+        <v>2670</v>
+      </c>
+      <c r="J998" s="8" t="s">
+        <v>2671</v>
+      </c>
+      <c r="K998" s="8" t="s">
+        <v>2460</v>
+      </c>
+      <c r="L998" s="8" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="999" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A999" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B999" s="4">
+        <v>11</v>
+      </c>
+      <c r="C999" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D999" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E999" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F999" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G999" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H999" s="1" t="s">
+        <v>2672</v>
+      </c>
+      <c r="I999" s="1" t="s">
+        <v>2673</v>
+      </c>
+      <c r="J999" s="8" t="s">
+        <v>2674</v>
+      </c>
+      <c r="K999" s="8" t="s">
+        <v>429</v>
+      </c>
+      <c r="L999" s="8" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1000" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1000" s="4">
+        <v>11</v>
+      </c>
+      <c r="C1000" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D1000" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1000" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F1000" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1000" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1000" s="1" t="s">
+        <v>2675</v>
+      </c>
+      <c r="I1000" s="1" t="s">
+        <v>2676</v>
+      </c>
+      <c r="J1000" s="8" t="s">
+        <v>2677</v>
+      </c>
+      <c r="K1000" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="L1000" s="8" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1001" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1001" s="4">
+        <v>11</v>
+      </c>
+      <c r="C1001" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D1001" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1001" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F1001" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1001" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1001" s="1" t="s">
+        <v>2678</v>
+      </c>
+      <c r="I1001" s="1" t="s">
+        <v>2679</v>
+      </c>
+      <c r="J1001" s="8" t="s">
+        <v>2680</v>
+      </c>
+      <c r="K1001" s="8" t="s">
+        <v>1067</v>
+      </c>
+      <c r="L1001" s="8" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1002" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1002" s="4">
+        <v>11</v>
+      </c>
+      <c r="C1002" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D1002" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1002" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1002" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1002" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1002" s="1" t="s">
+        <v>2681</v>
+      </c>
+      <c r="I1002" s="1" t="s">
+        <v>2682</v>
+      </c>
+      <c r="J1002" s="8" t="s">
+        <v>2683</v>
+      </c>
+      <c r="K1002" s="8" t="s">
+        <v>444</v>
+      </c>
+      <c r="L1002" s="8" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1003" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1003" s="4">
+        <v>11</v>
+      </c>
+      <c r="C1003" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D1003" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1003" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F1003" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1003" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1003" s="1" t="s">
+        <v>2684</v>
+      </c>
+      <c r="I1003" s="1" t="s">
+        <v>2685</v>
+      </c>
+      <c r="J1003" s="8" t="s">
+        <v>2686</v>
+      </c>
+      <c r="K1003" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="L1003" s="8" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1004" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1004" s="4">
+        <v>11</v>
+      </c>
+      <c r="C1004" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D1004" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1004" s="6">
+        <v>3000000</v>
+      </c>
+      <c r="F1004" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1004" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1004" s="1" t="s">
+        <v>2687</v>
+      </c>
+      <c r="I1004" s="1" t="s">
+        <v>2108</v>
+      </c>
+      <c r="J1004" s="8" t="s">
+        <v>2109</v>
+      </c>
+      <c r="K1004" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="L1004" s="8" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1005" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1005" s="4">
+        <v>11</v>
+      </c>
+      <c r="C1005" s="5">
+        <v>45988</v>
+      </c>
+      <c r="D1005" s="1" t="s">
+        <v>2688</v>
+      </c>
+      <c r="E1005" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F1005" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1005" s="7" t="s">
+        <v>2689</v>
+      </c>
+      <c r="H1005" s="1" t="s">
+        <v>2690</v>
+      </c>
+      <c r="I1005" s="1" t="s">
+        <v>2691</v>
+      </c>
+      <c r="J1005" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1005" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1005" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1006" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1006" s="4">
+        <v>11</v>
+      </c>
+      <c r="C1006" s="5">
+        <v>45988</v>
+      </c>
+      <c r="D1006" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E1006" s="6">
+        <v>23106000</v>
+      </c>
+      <c r="F1006" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1006" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H1006" s="1" t="s">
+        <v>2692</v>
+      </c>
+      <c r="I1006" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1006" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1006" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1006" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1007" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1007" s="4">
+        <v>11</v>
+      </c>
+      <c r="C1007" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D1007" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1007" s="6">
+        <v>122808</v>
+      </c>
+      <c r="F1007" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1007" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1007" s="1" t="s">
+        <v>2693</v>
+      </c>
+      <c r="I1007" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="J1007" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="K1007" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="L1007" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1008" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1008" s="4">
+        <v>11</v>
+      </c>
+      <c r="C1008" s="5">
+        <v>45992</v>
+      </c>
+      <c r="D1008" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1008" s="6">
+        <v>123046</v>
+      </c>
+      <c r="F1008" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1008" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1008" s="1" t="s">
+        <v>2694</v>
+      </c>
+      <c r="I1008" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="J1008" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="K1008" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="L1008" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1009" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1009" s="4">
+        <v>11</v>
+      </c>
+      <c r="C1009" s="5">
+        <v>45988</v>
+      </c>
+      <c r="D1009" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E1009" s="6">
+        <v>850656537</v>
+      </c>
+      <c r="F1009" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1009" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H1009" s="1" t="s">
+        <v>2695</v>
+      </c>
+      <c r="I1009" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1009" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1009" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1009" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1010" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1010" s="4">
+        <v>11</v>
+      </c>
+      <c r="C1010" s="5">
+        <v>45993</v>
+      </c>
+      <c r="D1010" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E1010" s="6">
+        <v>35388339</v>
+      </c>
+      <c r="F1010" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1010" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H1010" s="1" t="s">
+        <v>2696</v>
+      </c>
+      <c r="I1010" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1010" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1010" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1010" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1011" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1011" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1011" s="5">
+        <v>45995</v>
+      </c>
+      <c r="D1011" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E1011" s="6">
+        <v>79286092</v>
+      </c>
+      <c r="F1011" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1011" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H1011" s="1" t="s">
+        <v>2697</v>
+      </c>
+      <c r="I1011" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1011" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1011" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1011" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1012" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1012" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1012" s="5">
+        <v>46006</v>
+      </c>
+      <c r="D1012" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1012" s="6">
+        <v>110156</v>
+      </c>
+      <c r="F1012" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1012" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1012" s="1" t="s">
+        <v>2698</v>
+      </c>
+      <c r="I1012" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J1012" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1012" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1012" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1013" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1013" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1013" s="5">
+        <v>46006</v>
+      </c>
+      <c r="D1013" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1013" s="6">
+        <v>184755</v>
+      </c>
+      <c r="F1013" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1013" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1013" s="1" t="s">
+        <v>2699</v>
+      </c>
+      <c r="I1013" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J1013" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1013" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1013" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1014" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1014" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1014" s="5">
+        <v>46006</v>
+      </c>
+      <c r="D1014" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1014" s="6">
+        <v>113615</v>
+      </c>
+      <c r="F1014" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1014" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1014" s="1" t="s">
+        <v>2700</v>
+      </c>
+      <c r="I1014" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J1014" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1014" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1014" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1015" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1015" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1015" s="5">
+        <v>45995</v>
+      </c>
+      <c r="D1015" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E1015" s="6">
+        <v>36161</v>
+      </c>
+      <c r="F1015" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1015" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H1015" s="1" t="s">
+        <v>2701</v>
+      </c>
+      <c r="I1015" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J1015" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1015" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1015" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1016" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1016" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1016" s="5">
+        <v>45994</v>
+      </c>
+      <c r="D1016" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E1016" s="6">
+        <v>14805758</v>
+      </c>
+      <c r="F1016" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1016" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="H1016" s="1" t="s">
+        <v>2702</v>
+      </c>
+      <c r="I1016" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J1016" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1016" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1016" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1017" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1017" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1017" s="5">
+        <v>45994</v>
+      </c>
+      <c r="D1017" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1017" s="6">
+        <v>243394</v>
+      </c>
+      <c r="F1017" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1017" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H1017" s="1" t="s">
+        <v>2702</v>
+      </c>
+      <c r="I1017" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J1017" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1017" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1017" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:12" ht="75" x14ac:dyDescent="0.25">
+      <c r="A1018" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1018" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1018" s="5">
+        <v>45995</v>
+      </c>
+      <c r="D1018" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E1018" s="6">
+        <v>78684957</v>
+      </c>
+      <c r="F1018" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1018" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H1018" s="1" t="s">
+        <v>2703</v>
+      </c>
+      <c r="I1018" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1018" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1018" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1018" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1019" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1019" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1019" s="5">
+        <v>45995</v>
+      </c>
+      <c r="D1019" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E1019" s="6">
+        <v>20956104</v>
+      </c>
+      <c r="F1019" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1019" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H1019" s="1" t="s">
+        <v>2704</v>
+      </c>
+      <c r="I1019" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1019" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1019" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1019" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1020" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1020" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1020" s="5">
+        <v>46000</v>
+      </c>
+      <c r="D1020" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1020" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F1020" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1020" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1020" s="1" t="s">
+        <v>2705</v>
+      </c>
+      <c r="I1020" s="1" t="s">
+        <v>2706</v>
+      </c>
+      <c r="J1020" s="8" t="s">
+        <v>2213</v>
+      </c>
+      <c r="K1020" s="8" t="s">
+        <v>538</v>
+      </c>
+      <c r="L1020" s="8" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1021" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1021" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1021" s="5">
+        <v>45996</v>
+      </c>
+      <c r="D1021" s="1" t="s">
+        <v>2707</v>
+      </c>
+      <c r="E1021" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F1021" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1021" s="7" t="s">
+        <v>2708</v>
+      </c>
+      <c r="H1021" s="1" t="s">
+        <v>2709</v>
+      </c>
+      <c r="I1021" s="1" t="s">
+        <v>2710</v>
+      </c>
+      <c r="J1021" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1021" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1021" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1022" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1022" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1022" s="5">
+        <v>46001</v>
+      </c>
+      <c r="D1022" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="E1022" s="6">
+        <v>1456116</v>
+      </c>
+      <c r="F1022" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1022" s="7" t="s">
+        <v>639</v>
+      </c>
+      <c r="H1022" s="1" t="s">
+        <v>2711</v>
+      </c>
+      <c r="I1022" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="J1022" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1022" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1022" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1023" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1023" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1023" s="5">
+        <v>45995</v>
+      </c>
+      <c r="D1023" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E1023" s="6">
+        <v>16500000</v>
+      </c>
+      <c r="F1023" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1023" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H1023" s="1" t="s">
+        <v>2712</v>
+      </c>
+      <c r="I1023" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1023" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1023" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1023" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1024" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1024" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1024" s="5">
+        <v>45995</v>
+      </c>
+      <c r="D1024" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E1024" s="6">
+        <v>11940000</v>
+      </c>
+      <c r="F1024" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1024" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H1024" s="1" t="s">
+        <v>2713</v>
+      </c>
+      <c r="I1024" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1024" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1024" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1024" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1025" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1025" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1025" s="5">
+        <v>46006</v>
+      </c>
+      <c r="D1025" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E1025" s="6">
+        <v>152915</v>
+      </c>
+      <c r="F1025" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1025" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H1025" s="1" t="s">
+        <v>2714</v>
+      </c>
+      <c r="I1025" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="J1025" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1025" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1025" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1026" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1026" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1026" s="5">
+        <v>46003</v>
+      </c>
+      <c r="D1026" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1026" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F1026" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1026" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1026" s="1" t="s">
+        <v>2715</v>
+      </c>
+      <c r="I1026" s="1" t="s">
+        <v>2716</v>
+      </c>
+      <c r="J1026" s="8" t="s">
+        <v>2717</v>
+      </c>
+      <c r="K1026" s="8" t="s">
+        <v>2718</v>
+      </c>
+      <c r="L1026" s="8" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1027" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1027" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1027" s="5">
+        <v>46003</v>
+      </c>
+      <c r="D1027" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1027" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1027" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1027" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1027" s="1" t="s">
+        <v>2719</v>
+      </c>
+      <c r="I1027" s="1" t="s">
+        <v>2219</v>
+      </c>
+      <c r="J1027" s="8" t="s">
+        <v>2220</v>
+      </c>
+      <c r="K1027" s="8" t="s">
+        <v>2221</v>
+      </c>
+      <c r="L1027" s="8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1028" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1028" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1028" s="5">
+        <v>46003</v>
+      </c>
+      <c r="D1028" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1028" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F1028" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1028" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1028" s="1" t="s">
+        <v>2720</v>
+      </c>
+      <c r="I1028" s="1" t="s">
+        <v>2721</v>
+      </c>
+      <c r="J1028" s="8" t="s">
+        <v>2722</v>
+      </c>
+      <c r="K1028" s="8" t="s">
+        <v>1383</v>
+      </c>
+      <c r="L1028" s="8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1029" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1029" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1029" s="5">
+        <v>46003</v>
+      </c>
+      <c r="D1029" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1029" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1029" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1029" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1029" s="1" t="s">
+        <v>2723</v>
+      </c>
+      <c r="I1029" s="1" t="s">
+        <v>2724</v>
+      </c>
+      <c r="J1029" s="8" t="s">
+        <v>2725</v>
+      </c>
+      <c r="K1029" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="L1029" s="8" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1030" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1030" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1030" s="5">
+        <v>46003</v>
+      </c>
+      <c r="D1030" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1030" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1030" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1030" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1030" s="1" t="s">
+        <v>2726</v>
+      </c>
+      <c r="I1030" s="1" t="s">
+        <v>2727</v>
+      </c>
+      <c r="J1030" s="8" t="s">
+        <v>2728</v>
+      </c>
+      <c r="K1030" s="8" t="s">
+        <v>2252</v>
+      </c>
+      <c r="L1030" s="8" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1031" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1031" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1031" s="5">
+        <v>46003</v>
+      </c>
+      <c r="D1031" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E1031" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F1031" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1031" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H1031" s="1" t="s">
+        <v>2729</v>
+      </c>
+      <c r="I1031" s="1" t="s">
+        <v>2730</v>
+      </c>
+      <c r="J1031" s="8" t="s">
+        <v>2731</v>
+      </c>
+      <c r="K1031" s="8" t="s">
+        <v>1140</v>
+      </c>
+      <c r="L1031" s="8" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1032" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1032" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1032" s="5">
+        <v>46003</v>
+      </c>
+      <c r="D1032" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1032" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F1032" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1032" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1032" s="1" t="s">
+        <v>2732</v>
+      </c>
+      <c r="I1032" s="1" t="s">
+        <v>2733</v>
+      </c>
+      <c r="J1032" s="8" t="s">
+        <v>2734</v>
+      </c>
+      <c r="K1032" s="8" t="s">
+        <v>432</v>
+      </c>
+      <c r="L1032" s="8" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1033" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1033" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1033" s="5">
+        <v>46003</v>
+      </c>
+      <c r="D1033" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E1033" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F1033" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1033" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H1033" s="1" t="s">
+        <v>2735</v>
+      </c>
+      <c r="I1033" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="J1033" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="K1033" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L1033" s="8" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1034" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1034" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1034" s="5">
+        <v>46003</v>
+      </c>
+      <c r="D1034" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1034" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1034" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1034" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1034" s="1" t="s">
+        <v>2736</v>
+      </c>
+      <c r="I1034" s="1" t="s">
+        <v>2737</v>
+      </c>
+      <c r="J1034" s="8" t="s">
+        <v>2738</v>
+      </c>
+      <c r="K1034" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="L1034" s="8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1035" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1035" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1035" s="5">
+        <v>46003</v>
+      </c>
+      <c r="D1035" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1035" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1035" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1035" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1035" s="1" t="s">
+        <v>2739</v>
+      </c>
+      <c r="I1035" s="1" t="s">
+        <v>2740</v>
+      </c>
+      <c r="J1035" s="8" t="s">
+        <v>2741</v>
+      </c>
+      <c r="K1035" s="8" t="s">
+        <v>464</v>
+      </c>
+      <c r="L1035" s="8" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1036" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1036" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1036" s="5">
+        <v>46003</v>
+      </c>
+      <c r="D1036" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E1036" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F1036" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1036" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H1036" s="1" t="s">
+        <v>2742</v>
+      </c>
+      <c r="I1036" s="1" t="s">
+        <v>2743</v>
+      </c>
+      <c r="J1036" s="8" t="s">
+        <v>2744</v>
+      </c>
+      <c r="K1036" s="8" t="s">
+        <v>495</v>
+      </c>
+      <c r="L1036" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1037" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1037" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1037" s="5">
+        <v>46003</v>
+      </c>
+      <c r="D1037" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E1037" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1037" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1037" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="H1037" s="1" t="s">
+        <v>2745</v>
+      </c>
+      <c r="I1037" s="1" t="s">
+        <v>2746</v>
+      </c>
+      <c r="J1037" s="8" t="s">
+        <v>2747</v>
+      </c>
+      <c r="K1037" s="8" t="s">
+        <v>1071</v>
+      </c>
+      <c r="L1037" s="8" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1038" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1038" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1038" s="5">
+        <v>46003</v>
+      </c>
+      <c r="D1038" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1038" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1038" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1038" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1038" s="1" t="s">
+        <v>2748</v>
+      </c>
+      <c r="I1038" s="1" t="s">
+        <v>2749</v>
+      </c>
+      <c r="J1038" s="8" t="s">
+        <v>2750</v>
+      </c>
+      <c r="K1038" s="8" t="s">
+        <v>1235</v>
+      </c>
+      <c r="L1038" s="8" t="s">
+        <v>2751</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1039" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1039" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1039" s="5">
+        <v>46003</v>
+      </c>
+      <c r="D1039" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1039" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F1039" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1039" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1039" s="1" t="s">
+        <v>2752</v>
+      </c>
+      <c r="I1039" s="1" t="s">
+        <v>2753</v>
+      </c>
+      <c r="J1039" s="8" t="s">
+        <v>2754</v>
+      </c>
+      <c r="K1039" s="8" t="s">
+        <v>2755</v>
+      </c>
+      <c r="L1039" s="8" t="s">
+        <v>2756</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1040" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1040" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1040" s="5">
+        <v>46003</v>
+      </c>
+      <c r="D1040" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="E1040" s="6">
+        <v>311688</v>
+      </c>
+      <c r="F1040" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1040" s="7" t="s">
+        <v>476</v>
+      </c>
+      <c r="H1040" s="1" t="s">
+        <v>2757</v>
+      </c>
+      <c r="I1040" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J1040" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1040" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1040" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1041" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1041" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1041" s="5">
+        <v>46007</v>
+      </c>
+      <c r="D1041" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="E1041" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F1041" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1041" s="7" t="s">
+        <v>2759</v>
+      </c>
+      <c r="H1041" s="1" t="s">
+        <v>2760</v>
+      </c>
+      <c r="I1041" s="1" t="s">
+        <v>2761</v>
+      </c>
+      <c r="J1041" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1041" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1041" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1042" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1042" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1042" s="5">
+        <v>46007</v>
+      </c>
+      <c r="D1042" s="1" t="s">
+        <v>2762</v>
+      </c>
+      <c r="E1042" s="6">
+        <v>3000000</v>
+      </c>
+      <c r="F1042" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1042" s="7" t="s">
+        <v>2763</v>
+      </c>
+      <c r="H1042" s="1" t="s">
+        <v>2764</v>
+      </c>
+      <c r="I1042" s="1" t="s">
+        <v>2765</v>
+      </c>
+      <c r="J1042" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1042" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1042" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1043" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1043" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1043" s="5">
+        <v>46008</v>
+      </c>
+      <c r="D1043" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E1043" s="6">
+        <v>243950</v>
+      </c>
+      <c r="F1043" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1043" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H1043" s="1" t="s">
+        <v>2766</v>
+      </c>
+      <c r="I1043" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="J1043" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1043" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1043" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1044" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1044" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1044" s="5">
+        <v>46009</v>
+      </c>
+      <c r="D1044" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E1044" s="6">
+        <v>137400</v>
+      </c>
+      <c r="F1044" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1044" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H1044" s="1" t="s">
+        <v>2767</v>
+      </c>
+      <c r="I1044" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="J1044" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1044" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1044" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1045" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1045" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1045" s="5">
+        <v>46009</v>
+      </c>
+      <c r="D1045" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1045" s="6">
+        <v>119700</v>
+      </c>
+      <c r="F1045" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1045" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1045" s="1" t="s">
+        <v>2768</v>
+      </c>
+      <c r="I1045" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J1045" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1045" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1045" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1046" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1046" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1046" s="5">
+        <v>46009</v>
+      </c>
+      <c r="D1046" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1046" s="6">
+        <v>227885</v>
+      </c>
+      <c r="F1046" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1046" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1046" s="1" t="s">
+        <v>2769</v>
+      </c>
+      <c r="I1046" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J1046" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1046" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1046" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1047" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1047" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1047" s="5">
+        <v>46006</v>
+      </c>
+      <c r="D1047" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1047" s="6">
+        <v>194922</v>
+      </c>
+      <c r="F1047" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1047" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1047" s="1" t="s">
+        <v>2770</v>
+      </c>
+      <c r="I1047" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J1047" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1047" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1047" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1048" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1048" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1048" s="5">
+        <v>46006</v>
+      </c>
+      <c r="D1048" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1048" s="6">
+        <v>190400</v>
+      </c>
+      <c r="F1048" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1048" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1048" s="1" t="s">
+        <v>2771</v>
+      </c>
+      <c r="I1048" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J1048" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1048" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1048" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1049" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1049" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1049" s="5">
+        <v>46006</v>
+      </c>
+      <c r="D1049" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1049" s="6">
+        <v>166600</v>
+      </c>
+      <c r="F1049" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1049" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1049" s="1" t="s">
+        <v>2772</v>
+      </c>
+      <c r="I1049" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J1049" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1049" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1049" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1050" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1050" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1050" s="5">
+        <v>46006</v>
+      </c>
+      <c r="D1050" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1050" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1050" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1050" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1050" s="1" t="s">
+        <v>2773</v>
+      </c>
+      <c r="I1050" s="1" t="s">
+        <v>2774</v>
+      </c>
+      <c r="J1050" s="8" t="s">
+        <v>2775</v>
+      </c>
+      <c r="K1050" s="8" t="s">
+        <v>407</v>
+      </c>
+      <c r="L1050" s="8" t="s">
+        <v>2776</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1051" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1051" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1051" s="5">
+        <v>46009</v>
+      </c>
+      <c r="D1051" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1051" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1051" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1051" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1051" s="1" t="s">
+        <v>2777</v>
+      </c>
+      <c r="I1051" s="1" t="s">
+        <v>2778</v>
+      </c>
+      <c r="J1051" s="8" t="s">
+        <v>2779</v>
+      </c>
+      <c r="K1051" s="8" t="s">
+        <v>2780</v>
+      </c>
+      <c r="L1051" s="8" t="s">
+        <v>2781</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1052" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1052" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1052" s="5">
+        <v>46007</v>
+      </c>
+      <c r="D1052" s="1" t="s">
+        <v>2782</v>
+      </c>
+      <c r="E1052" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F1052" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1052" s="7" t="s">
+        <v>2783</v>
+      </c>
+      <c r="H1052" s="1" t="s">
+        <v>2784</v>
+      </c>
+      <c r="I1052" s="1" t="s">
+        <v>2785</v>
+      </c>
+      <c r="J1052" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1052" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1052" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1053" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1053" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1053" s="5">
+        <v>46008</v>
+      </c>
+      <c r="D1053" s="1" t="s">
+        <v>2786</v>
+      </c>
+      <c r="E1053" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F1053" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1053" s="7" t="s">
+        <v>2787</v>
+      </c>
+      <c r="H1053" s="1" t="s">
+        <v>2788</v>
+      </c>
+      <c r="I1053" s="1" t="s">
+        <v>2789</v>
+      </c>
+      <c r="J1053" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1053" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1053" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1054" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1054" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1054" s="5">
+        <v>46009</v>
+      </c>
+      <c r="D1054" s="1" t="s">
+        <v>2790</v>
+      </c>
+      <c r="E1054" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F1054" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1054" s="7" t="s">
+        <v>2791</v>
+      </c>
+      <c r="H1054" s="1" t="s">
+        <v>2792</v>
+      </c>
+      <c r="I1054" s="1" t="s">
+        <v>2793</v>
+      </c>
+      <c r="J1054" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1054" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1054" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1055" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1055" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1055" s="5">
+        <v>46010</v>
+      </c>
+      <c r="D1055" s="1" t="s">
+        <v>2794</v>
+      </c>
+      <c r="E1055" s="6">
+        <v>1000000</v>
+      </c>
+      <c r="F1055" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1055" s="7" t="s">
+        <v>2795</v>
+      </c>
+      <c r="H1055" s="1" t="s">
+        <v>2796</v>
+      </c>
+      <c r="I1055" s="1" t="s">
+        <v>2797</v>
+      </c>
+      <c r="J1055" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1055" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1055" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1056" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1056" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1056" s="5">
+        <v>46010</v>
+      </c>
+      <c r="D1056" s="1" t="s">
+        <v>2798</v>
+      </c>
+      <c r="E1056" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F1056" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1056" s="7" t="s">
+        <v>2799</v>
+      </c>
+      <c r="H1056" s="1" t="s">
+        <v>2800</v>
+      </c>
+      <c r="I1056" s="1" t="s">
+        <v>2801</v>
+      </c>
+      <c r="J1056" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1056" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1056" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1057" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1057" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1057" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1057" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1057" s="6">
+        <v>151725</v>
+      </c>
+      <c r="F1057" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1057" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1057" s="1" t="s">
+        <v>2802</v>
+      </c>
+      <c r="I1057" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="J1057" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="K1057" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="L1057" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1058" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1058" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1058" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1058" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1058" s="6">
+        <v>138778</v>
+      </c>
+      <c r="F1058" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1058" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1058" s="1" t="s">
+        <v>2803</v>
+      </c>
+      <c r="I1058" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="J1058" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="K1058" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="L1058" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:12" ht="75" x14ac:dyDescent="0.25">
+      <c r="A1059" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1059" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1059" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1059" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1059" s="6">
+        <v>187068</v>
+      </c>
+      <c r="F1059" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1059" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1059" s="1" t="s">
+        <v>2804</v>
+      </c>
+      <c r="I1059" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="J1059" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="K1059" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="L1059" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1060" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1060" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1060" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1060" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1060" s="6">
+        <v>192661</v>
+      </c>
+      <c r="F1060" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1060" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1060" s="1" t="s">
+        <v>2805</v>
+      </c>
+      <c r="I1060" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="J1060" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="K1060" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="L1060" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1061" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1061" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1061" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1061" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1061" s="6">
+        <v>188734</v>
+      </c>
+      <c r="F1061" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1061" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1061" s="1" t="s">
+        <v>2806</v>
+      </c>
+      <c r="I1061" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="J1061" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="K1061" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="L1061" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1062" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1062" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1062" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1062" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1062" s="6">
+        <v>74970</v>
+      </c>
+      <c r="F1062" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1062" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1062" s="1" t="s">
+        <v>2807</v>
+      </c>
+      <c r="I1062" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="J1062" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1062" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1062" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1063" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1063" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1063" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1063" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1063" s="6">
+        <v>95855</v>
+      </c>
+      <c r="F1063" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1063" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1063" s="1" t="s">
+        <v>2808</v>
+      </c>
+      <c r="I1063" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J1063" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1063" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1063" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1064" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1064" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1064" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1064" s="1" t="s">
+        <v>2809</v>
+      </c>
+      <c r="E1064" s="6">
+        <v>21504490</v>
+      </c>
+      <c r="F1064" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1064" s="7" t="s">
+        <v>2810</v>
+      </c>
+      <c r="H1064" s="1" t="s">
+        <v>2811</v>
+      </c>
+      <c r="I1064" s="1" t="s">
+        <v>2812</v>
+      </c>
+      <c r="J1064" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1064" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1064" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1065" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1065" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1065" s="5">
+        <v>46010</v>
+      </c>
+      <c r="D1065" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E1065" s="6">
+        <v>28718234</v>
+      </c>
+      <c r="F1065" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1065" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H1065" s="1" t="s">
+        <v>2813</v>
+      </c>
+      <c r="I1065" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1065" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1065" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1065" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1066" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1066" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1066" s="5">
+        <v>46010</v>
+      </c>
+      <c r="D1066" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="E1066" s="6">
+        <v>1500000</v>
+      </c>
+      <c r="F1066" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1066" s="7" t="s">
+        <v>797</v>
+      </c>
+      <c r="H1066" s="1" t="s">
+        <v>2814</v>
+      </c>
+      <c r="I1066" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="J1066" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1066" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1066" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1067" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1067" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1067" s="5">
+        <v>46010</v>
+      </c>
+      <c r="D1067" s="1" t="s">
+        <v>2815</v>
+      </c>
+      <c r="E1067" s="6">
+        <v>1309000</v>
+      </c>
+      <c r="F1067" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1067" s="7" t="s">
+        <v>2816</v>
+      </c>
+      <c r="H1067" s="1" t="s">
+        <v>2817</v>
+      </c>
+      <c r="I1067" s="1" t="s">
+        <v>2818</v>
+      </c>
+      <c r="J1067" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1067" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1067" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1068" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1068" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1068" s="5">
+        <v>46010</v>
+      </c>
+      <c r="D1068" s="1" t="s">
+        <v>2819</v>
+      </c>
+      <c r="E1068" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F1068" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1068" s="7" t="s">
+        <v>2820</v>
+      </c>
+      <c r="H1068" s="1" t="s">
+        <v>2821</v>
+      </c>
+      <c r="I1068" s="1" t="s">
+        <v>2822</v>
+      </c>
+      <c r="J1068" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1068" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1068" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1069" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1069" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1069" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1069" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E1069" s="6">
+        <v>500000</v>
+      </c>
+      <c r="F1069" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1069" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H1069" s="1" t="s">
+        <v>2823</v>
+      </c>
+      <c r="I1069" s="1" t="s">
+        <v>2824</v>
+      </c>
+      <c r="J1069" s="8" t="s">
+        <v>1322</v>
+      </c>
+      <c r="K1069" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="L1069" s="8" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1070" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1070" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1070" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1070" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1070" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F1070" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1070" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1070" s="1" t="s">
+        <v>2825</v>
+      </c>
+      <c r="I1070" s="1" t="s">
+        <v>1707</v>
+      </c>
+      <c r="J1070" s="8" t="s">
+        <v>1708</v>
+      </c>
+      <c r="K1070" s="8" t="s">
+        <v>464</v>
+      </c>
+      <c r="L1070" s="8" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1071" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1071" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1071" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1071" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1071" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1071" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1071" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1071" s="1" t="s">
+        <v>2826</v>
+      </c>
+      <c r="I1071" s="1" t="s">
+        <v>2827</v>
+      </c>
+      <c r="J1071" s="8" t="s">
+        <v>2828</v>
+      </c>
+      <c r="K1071" s="8" t="s">
+        <v>2829</v>
+      </c>
+      <c r="L1071" s="8" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1072" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1072" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1072" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1072" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1072" s="6">
+        <v>70000</v>
+      </c>
+      <c r="F1072" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1072" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1072" s="1" t="s">
+        <v>2830</v>
+      </c>
+      <c r="I1072" s="1" t="s">
+        <v>2831</v>
+      </c>
+      <c r="J1072" s="8" t="s">
+        <v>2832</v>
+      </c>
+      <c r="K1072" s="8" t="s">
+        <v>270</v>
+      </c>
+      <c r="L1072" s="8" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1073" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1073" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1073" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1073" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1073" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F1073" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1073" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1073" s="1" t="s">
+        <v>2833</v>
+      </c>
+      <c r="I1073" s="1" t="s">
+        <v>2421</v>
+      </c>
+      <c r="J1073" s="8" t="s">
+        <v>2422</v>
+      </c>
+      <c r="K1073" s="8" t="s">
+        <v>1253</v>
+      </c>
+      <c r="L1073" s="8" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1074" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1074" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1074" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1074" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1074" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1074" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1074" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1074" s="1" t="s">
+        <v>2834</v>
+      </c>
+      <c r="I1074" s="1" t="s">
+        <v>2158</v>
+      </c>
+      <c r="J1074" s="8" t="s">
+        <v>2159</v>
+      </c>
+      <c r="K1074" s="8" t="s">
+        <v>2160</v>
+      </c>
+      <c r="L1074" s="8" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1075" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1075" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1075" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1075" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1075" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1075" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1075" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1075" s="1" t="s">
+        <v>2835</v>
+      </c>
+      <c r="I1075" s="1" t="s">
+        <v>2836</v>
+      </c>
+      <c r="J1075" s="8" t="s">
+        <v>2837</v>
+      </c>
+      <c r="K1075" s="8" t="s">
+        <v>888</v>
+      </c>
+      <c r="L1075" s="8" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1076" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1076" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1076" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1076" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1076" s="6">
+        <v>60000</v>
+      </c>
+      <c r="F1076" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1076" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1076" s="1" t="s">
+        <v>2838</v>
+      </c>
+      <c r="I1076" s="1" t="s">
+        <v>2839</v>
+      </c>
+      <c r="J1076" s="8" t="s">
+        <v>2840</v>
+      </c>
+      <c r="K1076" s="8" t="s">
+        <v>297</v>
+      </c>
+      <c r="L1076" s="8" t="s">
+        <v>2841</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1077" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1077" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1077" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1077" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1077" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F1077" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1077" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1077" s="1" t="s">
+        <v>2842</v>
+      </c>
+      <c r="I1077" s="1" t="s">
+        <v>2843</v>
+      </c>
+      <c r="J1077" s="8" t="s">
+        <v>2661</v>
+      </c>
+      <c r="K1077" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="L1077" s="8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1078" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1078" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1078" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1078" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1078" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1078" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1078" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1078" s="1" t="s">
+        <v>2844</v>
+      </c>
+      <c r="I1078" s="1" t="s">
+        <v>2845</v>
+      </c>
+      <c r="J1078" s="8" t="s">
+        <v>2846</v>
+      </c>
+      <c r="K1078" s="8" t="s">
+        <v>2847</v>
+      </c>
+      <c r="L1078" s="8" t="s">
+        <v>2848</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1079" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1079" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1079" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1079" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1079" s="6">
+        <v>80000</v>
+      </c>
+      <c r="F1079" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1079" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1079" s="1" t="s">
+        <v>2849</v>
+      </c>
+      <c r="I1079" s="1" t="s">
+        <v>2850</v>
+      </c>
+      <c r="J1079" s="8" t="s">
+        <v>2851</v>
+      </c>
+      <c r="K1079" s="8" t="s">
+        <v>2852</v>
+      </c>
+      <c r="L1079" s="8" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1080" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1080" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1080" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1080" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1080" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F1080" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1080" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1080" s="1" t="s">
+        <v>2853</v>
+      </c>
+      <c r="I1080" s="1" t="s">
+        <v>2854</v>
+      </c>
+      <c r="J1080" s="8" t="s">
+        <v>2855</v>
+      </c>
+      <c r="K1080" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="L1080" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1081" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1081" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1081" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1081" s="1" t="s">
+        <v>2856</v>
+      </c>
+      <c r="E1081" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F1081" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1081" s="7" t="s">
+        <v>2857</v>
+      </c>
+      <c r="H1081" s="1" t="s">
+        <v>2858</v>
+      </c>
+      <c r="I1081" s="1" t="s">
+        <v>2859</v>
+      </c>
+      <c r="J1081" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1081" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1081" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1082" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1082" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1082" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1082" s="1" t="s">
+        <v>2860</v>
+      </c>
+      <c r="E1082" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F1082" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1082" s="7" t="s">
+        <v>2861</v>
+      </c>
+      <c r="H1082" s="1" t="s">
+        <v>2862</v>
+      </c>
+      <c r="I1082" s="1" t="s">
+        <v>2863</v>
+      </c>
+      <c r="J1082" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1082" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1082" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1083" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1083" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1083" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1083" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E1083" s="6">
+        <v>13756893</v>
+      </c>
+      <c r="F1083" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1083" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H1083" s="1" t="s">
+        <v>2864</v>
+      </c>
+      <c r="I1083" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1083" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1083" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1083" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1084" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1084" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1084" s="5">
+        <v>46010</v>
+      </c>
+      <c r="D1084" s="1" t="s">
+        <v>2865</v>
+      </c>
+      <c r="E1084" s="6">
+        <v>1020000</v>
+      </c>
+      <c r="F1084" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1084" s="7" t="s">
+        <v>2866</v>
+      </c>
+      <c r="H1084" s="1" t="s">
+        <v>2867</v>
+      </c>
+      <c r="I1084" s="1" t="s">
+        <v>2868</v>
+      </c>
+      <c r="J1084" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1084" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1084" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1085" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1085" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1085" s="5">
+        <v>46010</v>
+      </c>
+      <c r="D1085" s="1" t="s">
+        <v>2869</v>
+      </c>
+      <c r="E1085" s="6">
+        <v>1500000</v>
+      </c>
+      <c r="F1085" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1085" s="7" t="s">
+        <v>2870</v>
+      </c>
+      <c r="H1085" s="1" t="s">
+        <v>2871</v>
+      </c>
+      <c r="I1085" s="1" t="s">
+        <v>2872</v>
+      </c>
+      <c r="J1085" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1085" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1085" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1086" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1086" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1086" s="5">
+        <v>46010</v>
+      </c>
+      <c r="D1086" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E1086" s="6">
+        <v>326122978</v>
+      </c>
+      <c r="F1086" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1086" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H1086" s="1" t="s">
+        <v>2873</v>
+      </c>
+      <c r="I1086" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1086" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1086" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1086" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1087" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1087" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1087" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1087" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1087" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F1087" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1087" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1087" s="1" t="s">
+        <v>2874</v>
+      </c>
+      <c r="I1087" s="1" t="s">
+        <v>2875</v>
+      </c>
+      <c r="J1087" s="8" t="s">
+        <v>2876</v>
+      </c>
+      <c r="K1087" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L1087" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1088" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1088" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1088" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1088" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1088" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1088" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1088" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1088" s="1" t="s">
+        <v>2877</v>
+      </c>
+      <c r="I1088" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="J1088" s="8" t="s">
+        <v>1032</v>
+      </c>
+      <c r="K1088" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="E12" s="5">
-[...8 lines deleted...]
-      <c r="H12" t="s">
+      <c r="L1088" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1089" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1089" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1089" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1089" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="E1089" s="6">
+        <v>1200000</v>
+      </c>
+      <c r="F1089" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1089" s="7" t="s">
+        <v>2878</v>
+      </c>
+      <c r="H1089" s="1" t="s">
+        <v>2879</v>
+      </c>
+      <c r="I1089" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="J1089" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1089" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1089" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1090" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1090" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1090" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1090" s="1" t="s">
+        <v>2880</v>
+      </c>
+      <c r="E1090" s="6">
+        <v>5000000</v>
+      </c>
+      <c r="F1090" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1090" s="7" t="s">
+        <v>2881</v>
+      </c>
+      <c r="H1090" s="1" t="s">
+        <v>2882</v>
+      </c>
+      <c r="I1090" s="1" t="s">
+        <v>2883</v>
+      </c>
+      <c r="J1090" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1090" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1090" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1091" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1091" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1091" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1091" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1091" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F1091" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1091" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1091" s="1" t="s">
+        <v>2884</v>
+      </c>
+      <c r="I1091" s="1" t="s">
+        <v>2885</v>
+      </c>
+      <c r="J1091" s="8" t="s">
+        <v>428</v>
+      </c>
+      <c r="K1091" s="8" t="s">
+        <v>495</v>
+      </c>
+      <c r="L1091" s="8" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1092" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1092" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1092" s="5">
+        <v>46015</v>
+      </c>
+      <c r="D1092" s="1" t="s">
+        <v>2224</v>
+      </c>
+      <c r="E1092" s="6">
+        <v>6600000</v>
+      </c>
+      <c r="F1092" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1092" s="7" t="s">
+        <v>2225</v>
+      </c>
+      <c r="H1092" s="1" t="s">
+        <v>2886</v>
+      </c>
+      <c r="I1092" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="J1092" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1092" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1092" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1093" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1093" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1093" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1093" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1093" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1093" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1093" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1093" s="1" t="s">
+        <v>2887</v>
+      </c>
+      <c r="I1093" s="1" t="s">
+        <v>2888</v>
+      </c>
+      <c r="J1093" s="8" t="s">
+        <v>2889</v>
+      </c>
+      <c r="K1093" s="8" t="s">
+        <v>2890</v>
+      </c>
+      <c r="L1093" s="8" t="s">
+        <v>2342</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1094" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1094" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1094" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1094" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E1094" s="6">
+        <v>500000</v>
+      </c>
+      <c r="F1094" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1094" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H1094" s="1" t="s">
+        <v>2891</v>
+      </c>
+      <c r="I1094" s="1" t="s">
+        <v>2892</v>
+      </c>
+      <c r="J1094" s="8" t="s">
+        <v>2893</v>
+      </c>
+      <c r="K1094" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L1094" s="8" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1095" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1095" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1095" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1095" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1095" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F1095" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1095" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1095" s="1" t="s">
+        <v>2894</v>
+      </c>
+      <c r="I1095" s="1" t="s">
+        <v>2895</v>
+      </c>
+      <c r="J1095" s="8" t="s">
+        <v>2896</v>
+      </c>
+      <c r="K1095" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="L1095" s="8" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1096" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1096" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1096" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1096" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1096" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1096" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1096" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1096" s="1" t="s">
+        <v>2897</v>
+      </c>
+      <c r="I1096" s="1" t="s">
+        <v>2898</v>
+      </c>
+      <c r="J1096" s="8" t="s">
+        <v>2899</v>
+      </c>
+      <c r="K1096" s="8" t="s">
+        <v>236</v>
+      </c>
+      <c r="L1096" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1097" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1097" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1097" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1097" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1097" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1097" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1097" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1097" s="1" t="s">
+        <v>2900</v>
+      </c>
+      <c r="I1097" s="1" t="s">
+        <v>2901</v>
+      </c>
+      <c r="J1097" s="8" t="s">
+        <v>2520</v>
+      </c>
+      <c r="K1097" s="8" t="s">
+        <v>672</v>
+      </c>
+      <c r="L1097" s="8" t="s">
+        <v>2902</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1098" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1098" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1098" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1098" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1098" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F1098" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1098" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1098" s="1" t="s">
+        <v>2903</v>
+      </c>
+      <c r="I1098" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="J1098" s="8" t="s">
+        <v>1703</v>
+      </c>
+      <c r="K1098" s="8" t="s">
+        <v>1704</v>
+      </c>
+      <c r="L1098" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1099" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1099" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1099" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1099" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1099" s="6">
+        <v>150000</v>
+      </c>
+      <c r="F1099" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1099" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1099" s="1" t="s">
+        <v>2904</v>
+      </c>
+      <c r="I1099" s="1" t="s">
+        <v>2905</v>
+      </c>
+      <c r="J1099" s="8" t="s">
+        <v>2906</v>
+      </c>
+      <c r="K1099" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="L1099" s="8" t="s">
+        <v>2907</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1100" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1100" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1100" s="5">
+        <v>46017</v>
+      </c>
+      <c r="D1100" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1100" s="6">
+        <v>120000</v>
+      </c>
+      <c r="F1100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1100" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1100" s="1" t="s">
+        <v>2908</v>
+      </c>
+      <c r="I1100" s="1" t="s">
+        <v>2909</v>
+      </c>
+      <c r="J1100" s="8" t="s">
+        <v>2910</v>
+      </c>
+      <c r="K1100" s="8" t="s">
+        <v>1971</v>
+      </c>
+      <c r="L1100" s="8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1101" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1101" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1101" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1101" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1101" s="6">
+        <v>100000</v>
+      </c>
+      <c r="F1101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1101" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1101" s="1" t="s">
+        <v>2911</v>
+      </c>
+      <c r="I1101" s="1" t="s">
+        <v>2912</v>
+      </c>
+      <c r="J1101" s="8" t="s">
+        <v>2913</v>
+      </c>
+      <c r="K1101" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="L1101" s="8" t="s">
+        <v>2914</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1102" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1102" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1102" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1102" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E1102" s="6">
+        <v>844169408</v>
+      </c>
+      <c r="F1102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1102" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H1102" s="1" t="s">
+        <v>2915</v>
+      </c>
+      <c r="I1102" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1102" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1102" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1102" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1103" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1103" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1103" s="5">
+        <v>46014</v>
+      </c>
+      <c r="D1103" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E1103" s="6">
+        <v>69604887</v>
+      </c>
+      <c r="F1103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1103" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="H1103" s="1" t="s">
+        <v>2916</v>
+      </c>
+      <c r="I1103" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1103" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1103" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1103" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1104" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1104" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1104" s="5">
+        <v>46021</v>
+      </c>
+      <c r="D1104" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1104" s="6">
+        <v>200000</v>
+      </c>
+      <c r="F1104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1104" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1104" s="1" t="s">
+        <v>2917</v>
+      </c>
+      <c r="I1104" s="1" t="s">
+        <v>2918</v>
+      </c>
+      <c r="J1104" s="8" t="s">
+        <v>2919</v>
+      </c>
+      <c r="K1104" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="L1104" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1105" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1105" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1105" s="5">
+        <v>46017</v>
+      </c>
+      <c r="D1105" s="1" t="s">
+        <v>2920</v>
+      </c>
+      <c r="E1105" s="6">
+        <v>500000</v>
+      </c>
+      <c r="F1105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1105" s="7" t="s">
+        <v>2921</v>
+      </c>
+      <c r="H1105" s="1" t="s">
+        <v>2922</v>
+      </c>
+      <c r="I1105" s="1" t="s">
+        <v>2923</v>
+      </c>
+      <c r="J1105" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1105" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1105" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1106" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1106" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1106" s="5">
+        <v>46017</v>
+      </c>
+      <c r="D1106" s="1" t="s">
+        <v>2924</v>
+      </c>
+      <c r="E1106" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F1106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1106" s="7" t="s">
+        <v>2925</v>
+      </c>
+      <c r="H1106" s="1" t="s">
+        <v>2926</v>
+      </c>
+      <c r="I1106" s="1" t="s">
+        <v>2927</v>
+      </c>
+      <c r="J1106" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1106" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1106" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1107" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1107" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1107" s="5">
+        <v>46017</v>
+      </c>
+      <c r="D1107" s="1" t="s">
+        <v>2928</v>
+      </c>
+      <c r="E1107" s="6">
+        <v>380000</v>
+      </c>
+      <c r="F1107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1107" s="7" t="s">
+        <v>2929</v>
+      </c>
+      <c r="H1107" s="1" t="s">
+        <v>2930</v>
+      </c>
+      <c r="I1107" s="1" t="s">
+        <v>2931</v>
+      </c>
+      <c r="J1107" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1107" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1107" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1108" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1108" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1108" s="5">
+        <v>46020</v>
+      </c>
+      <c r="D1108" s="1" t="s">
+        <v>2932</v>
+      </c>
+      <c r="E1108" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F1108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1108" s="7" t="s">
+        <v>2933</v>
+      </c>
+      <c r="H1108" s="1" t="s">
+        <v>2934</v>
+      </c>
+      <c r="I1108" s="1" t="s">
+        <v>2935</v>
+      </c>
+      <c r="J1108" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1108" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1108" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1109" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1109" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1109" s="5">
+        <v>46017</v>
+      </c>
+      <c r="D1109" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="I12" t="s">
+      <c r="E1109" s="6">
+        <v>45000000</v>
+      </c>
+      <c r="F1109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1109" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="J12" t="s">
-[...2 lines deleted...]
-      <c r="K12" t="s">
+      <c r="H1109" s="1" t="s">
+        <v>2936</v>
+      </c>
+      <c r="I1109" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="L12" t="s">
-[...16 lines deleted...]
-      <c r="E13" s="5">
+      <c r="J1109" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1109" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1109" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1110" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1110" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1110" s="5">
+        <v>46020</v>
+      </c>
+      <c r="D1110" s="1" t="s">
+        <v>2937</v>
+      </c>
+      <c r="E1110" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F1110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1110" s="7" t="s">
+        <v>2938</v>
+      </c>
+      <c r="H1110" s="1" t="s">
+        <v>2939</v>
+      </c>
+      <c r="I1110" s="1" t="s">
+        <v>2940</v>
+      </c>
+      <c r="J1110" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1110" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1110" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1111" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1111" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1111" s="5">
+        <v>46020</v>
+      </c>
+      <c r="D1111" s="1" t="s">
+        <v>2941</v>
+      </c>
+      <c r="E1111" s="6">
+        <v>1500000</v>
+      </c>
+      <c r="F1111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1111" s="7" t="s">
+        <v>2942</v>
+      </c>
+      <c r="H1111" s="1" t="s">
+        <v>2943</v>
+      </c>
+      <c r="I1111" s="1" t="s">
+        <v>2944</v>
+      </c>
+      <c r="J1111" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1111" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1111" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1112" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1112" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1112" s="5">
+        <v>46020</v>
+      </c>
+      <c r="D1112" s="1" t="s">
+        <v>2945</v>
+      </c>
+      <c r="E1112" s="6">
         <v>500000</v>
       </c>
-      <c r="F13" t="s">
-[...31 lines deleted...]
-      <c r="D14" t="s">
+      <c r="F1112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1112" s="7" t="s">
+        <v>2946</v>
+      </c>
+      <c r="H1112" s="1" t="s">
+        <v>2947</v>
+      </c>
+      <c r="I1112" s="1" t="s">
+        <v>2948</v>
+      </c>
+      <c r="J1112" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1112" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1112" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1113" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1113" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1113" s="5">
+        <v>46020</v>
+      </c>
+      <c r="D1113" s="1" t="s">
+        <v>2949</v>
+      </c>
+      <c r="E1113" s="6">
+        <v>600000</v>
+      </c>
+      <c r="F1113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1113" s="7" t="s">
+        <v>2950</v>
+      </c>
+      <c r="H1113" s="1" t="s">
+        <v>2951</v>
+      </c>
+      <c r="I1113" s="1" t="s">
+        <v>2952</v>
+      </c>
+      <c r="J1113" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1113" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1113" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1114" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1114" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1114" s="5">
+        <v>46020</v>
+      </c>
+      <c r="D1114" s="1" t="s">
+        <v>2953</v>
+      </c>
+      <c r="E1114" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F1114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1114" s="7" t="s">
+        <v>2954</v>
+      </c>
+      <c r="H1114" s="1" t="s">
+        <v>2955</v>
+      </c>
+      <c r="I1114" s="1" t="s">
+        <v>2956</v>
+      </c>
+      <c r="J1114" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1114" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1114" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1115" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1115" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1115" s="5">
+        <v>46021</v>
+      </c>
+      <c r="D1115" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E1115" s="6">
+        <v>642600</v>
+      </c>
+      <c r="F1115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1115" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H1115" s="1" t="s">
+        <v>2957</v>
+      </c>
+      <c r="I1115" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J1115" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1115" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1115" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1116" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1116" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1116" s="5">
+        <v>46021</v>
+      </c>
+      <c r="D1116" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1116" s="6">
+        <v>144896</v>
+      </c>
+      <c r="F1116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1116" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1116" s="1" t="s">
+        <v>2958</v>
+      </c>
+      <c r="I1116" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J1116" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1116" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1116" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1117" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1117" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1117" s="5">
+        <v>46021</v>
+      </c>
+      <c r="D1117" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1117" s="6">
+        <v>38291</v>
+      </c>
+      <c r="F1117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1117" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1117" s="1" t="s">
+        <v>2959</v>
+      </c>
+      <c r="I1117" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J1117" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1117" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1117" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1118" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1118" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1118" s="5">
+        <v>46021</v>
+      </c>
+      <c r="D1118" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1118" s="6">
+        <v>50694</v>
+      </c>
+      <c r="F1118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1118" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1118" s="1" t="s">
+        <v>2960</v>
+      </c>
+      <c r="I1118" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J1118" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1118" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1118" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1119" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1119" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1119" s="5">
+        <v>46021</v>
+      </c>
+      <c r="D1119" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1119" s="6">
+        <v>159163</v>
+      </c>
+      <c r="F1119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1119" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1119" s="1" t="s">
+        <v>2961</v>
+      </c>
+      <c r="I1119" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="J1119" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1119" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1119" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1120" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1120" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1120" s="5">
+        <v>46021</v>
+      </c>
+      <c r="D1120" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1120" s="6">
+        <v>151464</v>
+      </c>
+      <c r="F1120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1120" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1120" s="1" t="s">
+        <v>2962</v>
+      </c>
+      <c r="I1120" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J1120" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1120" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1120" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1121" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1121" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1121" s="5">
+        <v>46021</v>
+      </c>
+      <c r="D1121" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E1121" s="6">
+        <v>1729558</v>
+      </c>
+      <c r="F1121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1121" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H1121" s="1" t="s">
+        <v>2963</v>
+      </c>
+      <c r="I1121" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="J1121" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1121" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1121" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1122" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1122" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1122" s="5">
+        <v>46021</v>
+      </c>
+      <c r="D1122" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1122" s="6">
+        <v>197046</v>
+      </c>
+      <c r="F1122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1122" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1122" s="1" t="s">
+        <v>2964</v>
+      </c>
+      <c r="I1122" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J1122" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1122" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1122" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1123" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1123" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1123" s="5">
+        <v>46020</v>
+      </c>
+      <c r="D1123" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E1123" s="6">
+        <v>11939000</v>
+      </c>
+      <c r="F1123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1123" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H1123" s="1" t="s">
+        <v>2965</v>
+      </c>
+      <c r="I1123" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1123" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1123" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1123" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1124" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1124" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1124" s="5">
+        <v>46020</v>
+      </c>
+      <c r="D1124" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E1124" s="6">
+        <v>7993000</v>
+      </c>
+      <c r="F1124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1124" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H1124" s="1" t="s">
+        <v>2966</v>
+      </c>
+      <c r="I1124" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1124" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1124" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1124" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1125" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1125" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1125" s="5">
+        <v>46020</v>
+      </c>
+      <c r="D1125" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E1125" s="6">
+        <v>16500000</v>
+      </c>
+      <c r="F1125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1125" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="H1125" s="1" t="s">
+        <v>2967</v>
+      </c>
+      <c r="I1125" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1125" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1125" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1125" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1126" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1126" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1126" s="5">
+        <v>46022</v>
+      </c>
+      <c r="D1126" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1126" s="6">
+        <v>68847</v>
+      </c>
+      <c r="F1126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1126" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1126" s="1" t="s">
+        <v>2968</v>
+      </c>
+      <c r="I1126" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J1126" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1126" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1126" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1127" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1127" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1127" s="5">
+        <v>46022</v>
+      </c>
+      <c r="D1127" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1127" s="6">
+        <v>101745</v>
+      </c>
+      <c r="F1127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1127" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1127" s="1" t="s">
+        <v>2969</v>
+      </c>
+      <c r="I1127" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J1127" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1127" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1127" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1128" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1128" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1128" s="5">
+        <v>46022</v>
+      </c>
+      <c r="D1128" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1128" s="6">
+        <v>119000</v>
+      </c>
+      <c r="F1128" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1128" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1128" s="1" t="s">
+        <v>2970</v>
+      </c>
+      <c r="I1128" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="J1128" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="K1128" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="L1128" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1129" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1129" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1129" s="5">
+        <v>46022</v>
+      </c>
+      <c r="D1129" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E1129" s="6">
+        <v>1035300</v>
+      </c>
+      <c r="F1129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1129" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="H1129" s="1" t="s">
+        <v>2971</v>
+      </c>
+      <c r="I1129" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="J1129" s="8" t="s">
+        <v>489</v>
+      </c>
+      <c r="K1129" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="L1129" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1130" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1130" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1130" s="5">
+        <v>46021</v>
+      </c>
+      <c r="D1130" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E14" s="5">
-[...5 lines deleted...]
-      <c r="G14" s="6" t="s">
+      <c r="E1130" s="6">
+        <v>44491500</v>
+      </c>
+      <c r="F1130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1130" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="H14" t="s">
-[...25 lines deleted...]
-      <c r="D15" t="s">
+      <c r="H1130" s="1" t="s">
+        <v>2972</v>
+      </c>
+      <c r="I1130" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1130" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1130" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1130" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1131" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1131" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1131" s="5">
+        <v>46021</v>
+      </c>
+      <c r="D1131" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E15" s="5">
-[...5 lines deleted...]
-      <c r="G15" s="6" t="s">
+      <c r="E1131" s="6">
+        <v>461419375</v>
+      </c>
+      <c r="F1131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1131" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="H15" t="s">
-[...25 lines deleted...]
-      <c r="D16" t="s">
+      <c r="H1131" s="1" t="s">
+        <v>2973</v>
+      </c>
+      <c r="I1131" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1131" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1131" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1131" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1132" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1132" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1132" s="5">
+        <v>46021</v>
+      </c>
+      <c r="D1132" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="E1132" s="6">
+        <v>2500000</v>
+      </c>
+      <c r="F1132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1132" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="H1132" s="1" t="s">
+        <v>2974</v>
+      </c>
+      <c r="I1132" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="J1132" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1132" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1132" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1133" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1133" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1133" s="5">
+        <v>46021</v>
+      </c>
+      <c r="D1133" s="1" t="s">
+        <v>2975</v>
+      </c>
+      <c r="E1133" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F1133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1133" s="7" t="s">
+        <v>2976</v>
+      </c>
+      <c r="H1133" s="1" t="s">
+        <v>2977</v>
+      </c>
+      <c r="I1133" s="1" t="s">
+        <v>2978</v>
+      </c>
+      <c r="J1133" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1133" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1133" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+      <c r="A1134" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1134" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1134" s="5">
+        <v>46021</v>
+      </c>
+      <c r="D1134" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E1134" s="6">
+        <v>790089</v>
+      </c>
+      <c r="F1134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1134" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="H1134" s="1" t="s">
+        <v>2979</v>
+      </c>
+      <c r="I1134" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="J1134" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="K1134" s="8" t="s">
+        <v>495</v>
+      </c>
+      <c r="L1134" s="8" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1135" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1135" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1135" s="5">
+        <v>46021</v>
+      </c>
+      <c r="D1135" s="1" t="s">
+        <v>2980</v>
+      </c>
+      <c r="E1135" s="6">
+        <v>500000</v>
+      </c>
+      <c r="F1135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1135" s="7" t="s">
+        <v>2981</v>
+      </c>
+      <c r="H1135" s="1" t="s">
+        <v>2982</v>
+      </c>
+      <c r="I1135" s="1" t="s">
+        <v>2983</v>
+      </c>
+      <c r="J1135" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1135" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1135" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1136" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1136" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1136" s="5">
+        <v>46021</v>
+      </c>
+      <c r="D1136" s="1" t="s">
+        <v>2984</v>
+      </c>
+      <c r="E1136" s="6">
+        <v>2000000</v>
+      </c>
+      <c r="F1136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1136" s="7" t="s">
+        <v>2985</v>
+      </c>
+      <c r="H1136" s="1" t="s">
+        <v>2986</v>
+      </c>
+      <c r="I1136" s="1" t="s">
+        <v>2987</v>
+      </c>
+      <c r="J1136" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1136" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1136" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1137" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1137" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1137" s="5">
+        <v>46021</v>
+      </c>
+      <c r="D1137" s="1" t="s">
+        <v>2988</v>
+      </c>
+      <c r="E1137" s="6">
+        <v>4000000</v>
+      </c>
+      <c r="F1137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1137" s="7" t="s">
+        <v>2989</v>
+      </c>
+      <c r="H1137" s="1" t="s">
+        <v>2990</v>
+      </c>
+      <c r="I1137" s="1" t="s">
+        <v>2991</v>
+      </c>
+      <c r="J1137" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1137" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1137" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1138" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1138" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1138" s="5">
+        <v>46022</v>
+      </c>
+      <c r="D1138" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E16" s="5">
-[...5 lines deleted...]
-      <c r="G16" s="6" t="s">
+      <c r="E1138" s="6">
+        <v>109302331</v>
+      </c>
+      <c r="F1138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1138" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="H16" t="s">
-[...25 lines deleted...]
-      <c r="D17" t="s">
+      <c r="H1138" s="1" t="s">
+        <v>2992</v>
+      </c>
+      <c r="I1138" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1138" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1138" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1138" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1139" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1139" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1139" s="5">
+        <v>46022</v>
+      </c>
+      <c r="D1139" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E17" s="5">
-[...5 lines deleted...]
-      <c r="G17" s="6" t="s">
+      <c r="E1139" s="6">
+        <v>30645561</v>
+      </c>
+      <c r="F1139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1139" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="H17" t="s">
-[...3851 lines deleted...]
-      <c r="L128" t="s">
+      <c r="H1139" s="1" t="s">
+        <v>2993</v>
+      </c>
+      <c r="I1139" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1139" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1139" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1139" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1140" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1140" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1140" s="5">
+        <v>46022</v>
+      </c>
+      <c r="D1140" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="E1140" s="6">
+        <v>715929</v>
+      </c>
+      <c r="F1140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1140" s="7" t="s">
+        <v>639</v>
+      </c>
+      <c r="H1140" s="1" t="s">
+        <v>2994</v>
+      </c>
+      <c r="I1140" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="J1140" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1140" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1140" s="8" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1141" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B1141" s="4">
+        <v>12</v>
+      </c>
+      <c r="C1141" s="5">
+        <v>46022</v>
+      </c>
+      <c r="D1141" s="1" t="s">
         <v>475</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H129" t="s">
+      <c r="E1141" s="6">
+        <v>34771</v>
+      </c>
+      <c r="F1141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1141" s="7" t="s">
         <v>476</v>
       </c>
-      <c r="I129" t="s">
-[...2 lines deleted...]
-      <c r="J129" t="s">
+      <c r="H1141" s="1" t="s">
+        <v>2995</v>
+      </c>
+      <c r="I1141" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="K129" t="s">
-[...26508 lines deleted...]
-        <v>2211</v>
+      <c r="J1141" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="K1141" s="8" t="s">
+        <v>2996</v>
+      </c>
+      <c r="L1141" s="8" t="s">
+        <v>2996</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hoja1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gloria Villarroel Barría</dc:creator>
+  <dc:creator>Jonathan Valdivia Faulbaum</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>