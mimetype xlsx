--- v0 (2025-10-14)
+++ v1 (2025-12-04)
@@ -1,142 +1,137 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29227"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mahernandez\Downloads\116 BIS C\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mahernandez\Desktop\116 BIS C\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{DD48C34D-EFD8-4B9E-B57A-0BB1F7A23B3C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12315" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12315"/>
   </bookViews>
   <sheets>
     <sheet name="PP0260_DOM_permisos_autorizacio" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191028"/>
-[...15 lines deleted...]
-  </extLst>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="22">
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Mes</t>
   </si>
   <si>
     <t>Número de resolución</t>
   </si>
   <si>
     <t>Fecha resolución</t>
   </si>
   <si>
     <t>Denominación</t>
   </si>
   <si>
     <t>Descripción del objeto del acto</t>
   </si>
   <si>
     <t>Fecha de la publicación en Transparencia Activa</t>
   </si>
   <si>
     <t>Enlace a resolución</t>
   </si>
   <si>
+    <t>Res.Ex. 001 Permisos</t>
+  </si>
+  <si>
+    <t>Resolucion informa permisos según Ley 21.718 sobre agilizacion de permisos</t>
+  </si>
+  <si>
+    <t>Enlace</t>
+  </si>
+  <si>
     <t>Mayo</t>
   </si>
   <si>
-    <t>Res.Ex. 001 Permisos</t>
-[...7 lines deleted...]
-  <si>
     <t>junio</t>
   </si>
   <si>
     <t>Res.Ex. 002 Permisos</t>
   </si>
   <si>
     <t>julio</t>
   </si>
   <si>
     <t>Res.Ex. 003 Permisos</t>
   </si>
   <si>
     <t>agosto</t>
   </si>
   <si>
     <t>Res.Ex. 004 Permisos</t>
+  </si>
+  <si>
+    <t>septiembre</t>
+  </si>
+  <si>
+    <t>Res.Ex. 005 Permisos</t>
+  </si>
+  <si>
+    <t>Res.Ex. 006 Permisos</t>
+  </si>
+  <si>
+    <t>octubre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="19">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
@@ -637,51 +632,51 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="43">
     <cellStyle name="20% - Énfasis1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis6" xfId="41" builtinId="52" customBuiltin="1"/>
-    <cellStyle name="Bueno" xfId="6" builtinId="26" customBuiltin="1"/>
+    <cellStyle name="Buena" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Cálculo" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Celda de comprobación" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Celda vinculada" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Encabezado 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Encabezado 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Énfasis1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Énfasis2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Énfasis3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Énfasis4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Énfasis5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Énfasis6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Entrada" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Hipervínculo" xfId="42" builtinId="8"/>
     <cellStyle name="Incorrecto" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Notas" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Salida" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Texto de advertencia" xfId="14" builtinId="11" customBuiltin="1"/>
     <cellStyle name="Texto explicativo" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Título" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Título 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Título 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
   </cellStyles>
@@ -996,211 +991,275 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/08/resolucion-003-JULIO-ley21718-art-116-bis-c-LGUC-2.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/07/resolucion-002-JUNIO-ley21718-art-116-bis-c-LGUC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/06/resolucion-001-mayo-ley21718-art-116-bis-c-LGUC_compressed-1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/09/resolucion-004-agosto-ley21718-art-116-bis-c-LGUC.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/08/resolucion-003-JULIO-ley21718-art-116-bis-c-LGUC-2.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/07/resolucion-002-JUNIO-ley21718-art-116-bis-c-LGUC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/06/resolucion-001-mayo-ley21718-art-116-bis-c-LGUC_compressed-1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/11/resolucion-006-OCTUBRE-ley21718-art-116-bis-c-LGUC_compressed.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/10/resolucion-005-SEPTIEMBRE-ley21718-art-116-bis-c-LGUC_compressed.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/09/resolucion-004-agosto-ley21718-art-116-bis-c-LGUC.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H5"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I14" sqref="I14"/>
+      <selection activeCell="I7" sqref="I7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="23.42578125" defaultRowHeight="14.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="23.375" defaultRowHeight="14.25"/>
   <cols>
-    <col min="1" max="3" width="10.7109375" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="23.42578125" style="1"/>
+    <col min="1" max="3" width="10.75" style="1" customWidth="1"/>
+    <col min="4" max="7" width="23.375" style="1"/>
+    <col min="8" max="8" width="15.75" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="23.375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="30">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="5" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="5" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="57">
       <c r="A2" s="2">
         <v>2025</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C2" s="2">
         <v>1</v>
       </c>
       <c r="D2" s="3">
         <v>45811</v>
       </c>
       <c r="E2" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="F2" s="2" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="G2" s="3">
         <v>45814</v>
       </c>
       <c r="H2" s="4" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="57">
       <c r="A3" s="2">
         <v>2025</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="2">
         <v>2</v>
       </c>
       <c r="D3" s="3">
         <v>45839</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G3" s="3">
         <v>45841</v>
       </c>
       <c r="H3" s="4" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="57">
       <c r="A4" s="2">
         <v>2025</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="2">
         <v>3</v>
       </c>
       <c r="D4" s="3">
         <v>45873</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="3">
         <v>45874</v>
       </c>
       <c r="H4" s="4" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="57">
       <c r="A5" s="2">
         <v>2025</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="2">
         <v>4</v>
       </c>
       <c r="D5" s="3">
         <v>45901</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G5" s="3">
         <v>45905</v>
       </c>
       <c r="H5" s="4" t="s">
-        <v>11</v>
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="57">
+      <c r="A6" s="2">
+        <v>2025</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" s="2">
+        <v>5</v>
+      </c>
+      <c r="D6" s="3">
+        <v>45931</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G6" s="3">
+        <v>45905</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="57">
+      <c r="A7" s="2">
+        <v>2025</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" s="2">
+        <v>6</v>
+      </c>
+      <c r="D7" s="3">
+        <v>45964</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G7" s="3">
+        <v>45906</v>
+      </c>
+      <c r="H7" s="4" t="s">
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="H2" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...2 lines deleted...]
-    <hyperlink ref="H5" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="H2" r:id="rId1"/>
+    <hyperlink ref="H3" r:id="rId2"/>
+    <hyperlink ref="H4" r:id="rId3"/>
+    <hyperlink ref="H5" r:id="rId4"/>
+    <hyperlink ref="H6" r:id="rId5"/>
+    <hyperlink ref="H7" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId5"/>
+  <pageSetup orientation="portrait" r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
-[...2 lines deleted...]
-  <HyperlinkBase/>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Hojas de cálculo</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>PP0260_DOM_permisos_autorizacio</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Mario Hernandez</dc:creator>
-  <cp:keywords/>
-[...2 lines deleted...]
-  <cp:revision/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>