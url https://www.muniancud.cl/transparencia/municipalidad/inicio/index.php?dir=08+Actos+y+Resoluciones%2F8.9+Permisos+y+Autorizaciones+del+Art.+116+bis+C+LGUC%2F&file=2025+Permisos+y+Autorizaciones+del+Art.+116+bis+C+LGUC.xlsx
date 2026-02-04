--- v1 (2025-12-04)
+++ v2 (2026-02-04)
@@ -1,137 +1,166 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29704"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mahernandez\Desktop\116 BIS C\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mahernandez\Desktop\116 BIS C\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E7B43F0E-2F74-472C-AF68-CEE0A58A86BA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12315"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12315" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="PP0260_DOM_permisos_autorizacio" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="0"/>
+  <calcPr calcId="191028"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="26">
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Mes</t>
   </si>
   <si>
     <t>Número de resolución</t>
   </si>
   <si>
     <t>Fecha resolución</t>
   </si>
   <si>
     <t>Denominación</t>
   </si>
   <si>
     <t>Descripción del objeto del acto</t>
   </si>
   <si>
     <t>Fecha de la publicación en Transparencia Activa</t>
   </si>
   <si>
     <t>Enlace a resolución</t>
   </si>
   <si>
+    <t>Mayo</t>
+  </si>
+  <si>
     <t>Res.Ex. 001 Permisos</t>
   </si>
   <si>
     <t>Resolucion informa permisos según Ley 21.718 sobre agilizacion de permisos</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
-    <t>Mayo</t>
-[...1 lines deleted...]
-  <si>
     <t>junio</t>
   </si>
   <si>
     <t>Res.Ex. 002 Permisos</t>
   </si>
   <si>
     <t>julio</t>
   </si>
   <si>
     <t>Res.Ex. 003 Permisos</t>
   </si>
   <si>
     <t>agosto</t>
   </si>
   <si>
     <t>Res.Ex. 004 Permisos</t>
   </si>
   <si>
     <t>septiembre</t>
   </si>
   <si>
     <t>Res.Ex. 005 Permisos</t>
   </si>
   <si>
+    <t>octubre</t>
+  </si>
+  <si>
     <t>Res.Ex. 006 Permisos</t>
   </si>
   <si>
-    <t>octubre</t>
+    <t>noviembre</t>
+  </si>
+  <si>
+    <t>Res.Ex. 007 Permisos</t>
+  </si>
+  <si>
+    <t>diciembre</t>
+  </si>
+  <si>
+    <t>Res.Ex. 008 Permisos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="19">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
@@ -632,51 +661,51 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="43">
     <cellStyle name="20% - Énfasis1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis6" xfId="41" builtinId="52" customBuiltin="1"/>
-    <cellStyle name="Buena" xfId="6" builtinId="26" customBuiltin="1"/>
+    <cellStyle name="Bueno" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Cálculo" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Celda de comprobación" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Celda vinculada" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Encabezado 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Encabezado 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Énfasis1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Énfasis2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Énfasis3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Énfasis4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Énfasis5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Énfasis6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Entrada" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Hipervínculo" xfId="42" builtinId="8"/>
     <cellStyle name="Incorrecto" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Notas" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Salida" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Texto de advertencia" xfId="14" builtinId="11" customBuiltin="1"/>
     <cellStyle name="Texto explicativo" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Título" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Título 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Título 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
   </cellStyles>
@@ -991,275 +1020,319 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/08/resolucion-003-JULIO-ley21718-art-116-bis-c-LGUC-2.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/07/resolucion-002-JUNIO-ley21718-art-116-bis-c-LGUC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/06/resolucion-001-mayo-ley21718-art-116-bis-c-LGUC_compressed-1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/11/resolucion-006-OCTUBRE-ley21718-art-116-bis-c-LGUC_compressed.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/10/resolucion-005-SEPTIEMBRE-ley21718-art-116-bis-c-LGUC_compressed.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/09/resolucion-004-agosto-ley21718-art-116-bis-c-LGUC.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2026/01/resolucion-008-Diciembre-ley21718-art-116-bis-c-LGUC_compressed.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/08/resolucion-003-JULIO-ley21718-art-116-bis-c-LGUC-2.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/12/resolucion-007-noviembre-ley21718-art-116-bis-c-LGUC.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/07/resolucion-002-JUNIO-ley21718-art-116-bis-c-LGUC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/06/resolucion-001-mayo-ley21718-art-116-bis-c-LGUC_compressed-1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/11/resolucion-006-OCTUBRE-ley21718-art-116-bis-c-LGUC_compressed.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/10/resolucion-005-SEPTIEMBRE-ley21718-art-116-bis-c-LGUC_compressed.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transparencia.muniancud.cl/docs/wp-content/uploads/2025/09/resolucion-004-agosto-ley21718-art-116-bis-c-LGUC.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H7"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I7" sqref="I7"/>
+      <selection activeCell="H9" sqref="H9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="23.375" defaultRowHeight="14.25"/>
+  <sheetFormatPr defaultColWidth="23.42578125" defaultRowHeight="14.25"/>
   <cols>
-    <col min="1" max="3" width="10.75" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="23.375" style="1"/>
+    <col min="1" max="3" width="10.7109375" style="1" customWidth="1"/>
+    <col min="4" max="7" width="23.42578125" style="1"/>
+    <col min="8" max="8" width="15.7109375" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="23.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="30">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="5" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="5" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="57">
       <c r="A2" s="2">
         <v>2025</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C2" s="2">
         <v>1</v>
       </c>
       <c r="D2" s="3">
         <v>45811</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G2" s="3">
         <v>45814</v>
       </c>
       <c r="H2" s="4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="57">
       <c r="A3" s="2">
         <v>2025</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="2">
         <v>2</v>
       </c>
       <c r="D3" s="3">
         <v>45839</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G3" s="3">
         <v>45841</v>
       </c>
       <c r="H3" s="4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="57">
       <c r="A4" s="2">
         <v>2025</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="2">
         <v>3</v>
       </c>
       <c r="D4" s="3">
         <v>45873</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G4" s="3">
         <v>45874</v>
       </c>
       <c r="H4" s="4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="57">
       <c r="A5" s="2">
         <v>2025</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="2">
         <v>4</v>
       </c>
       <c r="D5" s="3">
         <v>45901</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G5" s="3">
         <v>45905</v>
       </c>
       <c r="H5" s="4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:8" ht="57">
       <c r="A6" s="2">
         <v>2025</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="2">
         <v>5</v>
       </c>
       <c r="D6" s="3">
         <v>45931</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G6" s="3">
         <v>45905</v>
       </c>
       <c r="H6" s="4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="57">
       <c r="A7" s="2">
         <v>2025</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C7" s="2">
         <v>6</v>
       </c>
       <c r="D7" s="3">
         <v>45964</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G7" s="3">
         <v>45906</v>
       </c>
       <c r="H7" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="57">
+      <c r="A8" s="2">
+        <v>2025</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="2">
+        <v>7</v>
+      </c>
+      <c r="D8" s="3">
+        <v>45992</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>10</v>
+      </c>
+      <c r="G8" s="3">
+        <v>45996</v>
+      </c>
+      <c r="H8" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="57">
+      <c r="A9" s="2">
+        <v>2025</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="2">
+        <v>8</v>
+      </c>
+      <c r="D9" s="3">
+        <v>45993</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" s="3">
+        <v>45996</v>
+      </c>
+      <c r="H9" s="4" t="s">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="H2" r:id="rId1"/>
-[...4 lines deleted...]
-    <hyperlink ref="H7" r:id="rId6"/>
+    <hyperlink ref="H2" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="H3" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="H4" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="H5" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="H6" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="H7" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="H8" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="H9" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId7"/>
+  <pageSetup orientation="portrait" r:id="rId9"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...19 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <Application>Microsoft Excel Online</Application>
+  <Manager/>
+  <Company/>
+  <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Mario Hernandez</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy/>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>